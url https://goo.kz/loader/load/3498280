--- v0 (2025-12-14)
+++ v1 (2026-03-01)
@@ -1,18128 +1,22673 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="16C8311C" w14:textId="77777777" w:rsidR="002672E4" w:rsidRDefault="002672E4" w:rsidP="005C6349">
+    <w:p w14:paraId="16AACEF9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:outlineLvl w:val="0"/>
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="39"/>
           <w:szCs w:val="39"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
+        <w:t>рсету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183D524D" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="31D2E82C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 июня 2020 года № 20883.</w:t>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="666666"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 маусымда № 20883 болып тіркелді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038B213A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="00000000" w:rsidP="005C6349">
+    <w:p w14:paraId="03219EEE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="005C6349" w:rsidRPr="005C6349">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="5"/>
             <w:kern w:val="0"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Текст</w:t>
+          <w:t>Мәтін</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B866BF7" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="3BDAB3C1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="777777"/>
           <w:spacing w:val="5"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Официальная публикация</w:t>
+        <w:t>Ресми жарияланым</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE8978E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="00000000" w:rsidP="005C6349">
+    <w:p w14:paraId="502EBBCC" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="005C6349" w:rsidRPr="005C6349">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:kern w:val="0"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Информация</w:t>
+          <w:t>Ақпарат</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C0AFE98" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="00000000" w:rsidP="005C6349">
+    <w:p w14:paraId="2BE752EF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="005C6349" w:rsidRPr="005C6349">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:kern w:val="0"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>История изменений</w:t>
+          <w:t>Өзгерістер тарихы</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CD60F85" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="00000000" w:rsidP="005C6349">
+    <w:p w14:paraId="64655BC9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="005C6349" w:rsidRPr="005C6349">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:kern w:val="0"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Ссылки</w:t>
+          <w:t>Сілтемелер</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B1E365C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="00000000" w:rsidP="005C6349">
+    <w:p w14:paraId="1F7F1A5E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="005C6349" w:rsidRPr="005C6349">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1E1E1E"/>
             <w:spacing w:val="5"/>
             <w:kern w:val="0"/>
             <w:sz w:val="23"/>
             <w:szCs w:val="23"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Скачать</w:t>
+          <w:t>Көшіру</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6118477A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="6A2354A6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="225" w:lineRule="atLeast"/>
-        <w:ind w:left="975"/>
+        <w:ind w:left="255"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Прочее</w:t>
+        <w:t>Басқа</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7B0E46" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="68734F9A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      "Мемлекеттік қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>статьи 10</w:t>
+          <w:t>10-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADF9668" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="2AC1A4FB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1. Қоса берілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отырған Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z11" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Правила</w:t>
+          <w:t>қағидалары</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> оказания государственных услуг в сфере дошкольного образования.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E99DABD" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="61E30973" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z58" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению</w:t>
+          <w:t>қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к настоящему приказу.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарының күші жойылсын.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F695F06" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="5DEE5991" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3. Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіпте:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="686F4544" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="1BEEF2E2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC1249D" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="38E88E76" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) осы бұйрықты Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA64584" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="4CAE0DD9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>2)-тармақшаларында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C561486" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ң Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C5D8C8" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="1D5E3897" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...39 lines deleted...]
-        <w:t>      5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>олданыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblInd w:w="-918" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8182"/>
-        <w:gridCol w:w="1599"/>
+        <w:gridCol w:w="8702"/>
+        <w:gridCol w:w="4678"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C6349" w:rsidRPr="005C6349" w14:paraId="62AE1BEA" w14:textId="77777777" w:rsidTr="005C6349">
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="6B40809F" w14:textId="77777777" w:rsidTr="00104723">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FFC4392" w14:textId="242941AE" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+          <w:p w14:paraId="42ADBF83" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C6349">
+            <w:r w:rsidRPr="00104723">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>      </w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005C6349">
+              <w:t>      Қазақстан Республикасыны</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министр образования и </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005C6349">
+              <w:t>ң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>нау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005C6349">
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:br/>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>ілім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1079" w:type="dxa"/>
+            <w:tcW w:w="4678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BB8FC26" w14:textId="0328A4F3" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+          <w:p w14:paraId="1E98E972" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="005C6349">
+            <w:r w:rsidRPr="00104723">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>А.Аймагамбетов</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>А. Аймагамбетов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72B8698C" w14:textId="77777777" w:rsidR="0054661F" w:rsidRDefault="0054661F"/>
-[...9 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2493352C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13380"/>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C6349" w:rsidRPr="005C6349" w14:paraId="0635DC04" w14:textId="77777777" w:rsidTr="005C6349">
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="23B71417" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6B918E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7040EFA1" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+          <w:p w14:paraId="3FBBD3BF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C6349">
-[...14 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:bookmarkStart w:id="0" w:name="z10"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
-              <w:t>Министра образования и науки</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
-              <w:t>Республики Казахстан</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>2020 жылғы 19 маусымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:br/>
-              <w:t>от 19 июня 2020 года № 254</w:t>
+              <w:t>№ 254 Бұйрықпен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>бекітілді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B4647EA" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="418A77B1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Правила оказания государственных услуг в сфере дошкольного образования</w:t>
+        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>рсету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3241BA45" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="781EAA1F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Глава 1. Общие положения</w:t>
+        <w:t>1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E93AFE0" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4B716BE2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1. Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – Қағидалар) Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Конституцией</w:t>
+          <w:t>Конституциясы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"Об образовании"</w:t>
+          <w:t>Білім туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z22" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О статусе педагога"</w:t>
+          <w:t>Педагог мәртебесі туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О специальных социальных услугах"</w:t>
+          <w:t>Арнаулы әлеуметтік қызметтер туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О правах ребенка в Республике Казахстан"</w:t>
+          <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями"</w:t>
+          <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О воинской службе и статусе военнослужащих"</w:t>
+          <w:t>Әскери қызмет және әскери қызметшілердің мәртебесі туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>"О специальных государственных органах Республики Казахстан"</w:t>
+          <w:t>Қазақстан Республикасының арнаулы мемлекеттік органдары туралы</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>" заңдарына, "Мемлекеттік қызметтер көрсету туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>статьи 10</w:t>
+          <w:t>10-бабының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 1) тармақшасына, "Неке (ерл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>зайыптылық) және отбасы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Кодексом</w:t>
+          <w:t>Кодексіне</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес әзірленген.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CEF0CE" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5944AA45" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2. Қағидалар тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>іне, меншік нысанына және ведомстволық бағыныстылығына қарамастан мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдардағы бос орындарға мектеп жасына дейінгі балаларды қабылдау (кезекке қою, жолдамаларды беру, құжаттарды қабылдау, мектепке дейінгі ұйымға қабылдау) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77F8CCCC" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3A450BDB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3. В настоящих Правилах используются основные понятия:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ED5B6A2" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="05E4B4E4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) архив - мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CC1688" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="31FC4A9F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) блокчейн технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәйкестендіруге мүмкіндік беретін белгілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B89234B" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="36C78DA7" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, топтың тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і (жалпы дамытушы, арнайы), жұмыс тәртібі (толық күн болатын, жарты күн болатын, тәулік бойы болатын), қабылдау тәртібі (жалпыға бірдей белгіленген, ерте брондау, уақытша болу), мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға баратын күні бойынша шектеулердің болуын және қабылдаудың басталатын күні көрсетілген бос орын туралы ақпарат;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171BBD74" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="20921BFB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4) босаған орындар бюллетені – кезектілікті басқару жүйесі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>не б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E3FD060" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="20483DA2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      5) принцип "одного заявления" – форма оказания государственной услуги, предусматривающая совокупность нескольких государственных услуг, оказываемых на основании одного заявления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      5) "бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1129C66C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="0E713457" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      6) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға бірдей белгіленген қабылдау тәртібіндегі бос орын - жолдама алғаннан кейін жолдаманың қолданылу мерзімі бірден есептелетін бос орын;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AADE505" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="27F1A1D5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...11 lines deleted...]
-        <w:t>      7) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) ерте брондау тәртібіндегі бос орын – орын нақты босағанға дейін ерте жолдама алуға болатын бос орын; жолдаманың қолданылуын есептеу мерзімі және мектепке дейінгі ұйымға қабылдау </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>әсімі орын нақты босатылғаннан кейін басталады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C37A4BE" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7BDA3301" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8) кезектілікті басқару жүйесі – мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға кезекке қоюға және орындарды бөлуге өтініштерді қабылдаудың бизнес-процестерінің автоматты орындалуын қамтамасыз ететін көрсетілетін қызметті берушінің ақпараттық жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB7E225" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7CE3AA44" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      9) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      9) кезектілік нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – осы кезекте басқа да өтініштерге қатысты кезектегі өтініштер реті;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626B661A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4507EB1D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      10) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      10) кері қайтарылып алынған орындар бюллетені – кезектілікті басқару жүйесіне мектепке дейінгі ұйымдардан бұрын бөлуге берілген орындарды қайтару (кері қайтарып алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хронологиясын күн сайын тіркейтін хаттама;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D38EA48" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5BD38D7A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      11) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      11) мектепке дейінгі ұйымға қабылдауға жолдама (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – жолдама) – мектепке дейінгі ұйымға қабылдау және тиісті құжаттарды рәсімдеу кезеңінде мектепке дейінгі ұйымнан өтініш берушіге орынның уақытша сақталуы туралы хабарлама;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B80A925" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5DE76845" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      12) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      12) өтініштер кезегі (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – кезек) - кезектілікті басқару жүйесінде табысты тіркелген және осы Қағидаларға сәйкес бір-біріне қатысты реттелген мектепке дейінгі ұйымға қабылдауға арналған өтініштер;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E5B3E1" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="11980EF0" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13) проактивті көрсетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>індетті түрде қажет болатын, электрондық нысанда көрсетілетін мемлекеттік қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5432847F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1181C7EF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      14) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      14) тоқтату парағы – өтініш берушілер тарапынан жіберілген тәрті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұзушылық анықталған жағдайда жолдама алу мүмкіндігі тоқтатылған, кезектен алынған өтініштер орналастырылатын уақытша архив;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3111DA19" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3ADFDEE3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      15) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      15) уақытша </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға арналған бос орын – уақытша кеткен тәрбиеленушінің мектепке дейінгі ұйымда сақталатын бос орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E8C262" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="397673BF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      16) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      16) хабарлама – өтініш берушіге мектепке дейінгі ұйымнан орын алудың белгіленген кезең</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>дерінен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өткені туралы хабарлау мақсатында кезектілікті басқару жүйесімен жолданған электронды мәтіндік хабарлама.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4075E026" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="10433298" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 3-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0524F4A4" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7CF89A47" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Глава 2. Порядок оказания государственных услуг</w:t>
+        <w:t>2-тарау. Мемлекеттік қызметтерді көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C9DB17" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6843844F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Параграф 1. Порядок оказания государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</w:t>
+        <w:t>1-параграф. "Мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE7054E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="0137C7E9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4. Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кезекке қою жөніндегі мемлекеттік қызмет) республикалық маңызы бар қалалардың және астананың білім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C3563B" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="53FCD6C3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08CFE78F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="25C7DB9F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Кезекке қою жөніндегі мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і - портал) арқылы Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к Правилам, а также документы, указанные в пункте 8 Перечня основных требований к оказанию государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Перечень требований).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес өтініш, сондай-ақ "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – Талаптар тізілімі) 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF30F6C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7F412D76" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі мемлекеттік қызметтің ерекшеліктері ескерілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қа мәліметтер осы Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:anchor="z54" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению 2</w:t>
+          <w:t>2-қосымшасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к Правилам.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес Талаптар тізілімінде берілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A37E19" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="027A0BBF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20295316" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1F2145E0" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...41 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:anchor="z52" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению 1</w:t>
+          <w:t>1-қосымшаға</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес нысан бойынша өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і қабылдауды жүзеге асырады және көрсетілетін қызметті алушыдан алынған құжаттардың дұрыстығын тексере отырып, тіркейді; көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда кезекке қою жөнінде кезектілік нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і көрсетілген хабарлама (ерікті түрде) беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6529D6" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5A8271A6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушы Талаптар тізілімінің 8-тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і қабылдаудан бас тартады және Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:anchor="z55" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению 3</w:t>
+          <w:t>3-қосымшасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к Правилам.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес нысанда құжаттарды қабылдаудан бас тарту жөнінде қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0002F573" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="594EE4E4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і мемлекеттік ақпараттық жүйелерден алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8EF640" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="42AFD4C5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...52 lines deleted...]
-        <w:t>удостоверяющего личность (либо ее представителя по нотариально заверенной доверенности).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6389B4F0" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="6E827084" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 5-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34EF51FF" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1D2367D3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      6. Портал арқылы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C297934" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7252C478" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> в течение 30 минут проверяет на полноту представленные документы. В случае </w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтіні</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>не полноты</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат түрінде жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E1BAA5D" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6C481FFC" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...94 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші кезекке қою жөнінде кезектілік нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і көрсетілген хабарламаны (ерікті түрде) дайындайды және көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинеті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>не" ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46638FE5" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="25FFF212" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...150 lines deleted...]
-        <w:t xml:space="preserve"> на веб-портале "электронного правительства" www.egov.kz и включать в себя:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7. Кезекке қою жөніндегі мемлекеттік қызмет көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасымен көрсетілетін қызметті берушінің және мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>органдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ң ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7494236C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="66F66930" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>алушы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721FE144" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="162E4FAD" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...122 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) проактивті қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>н алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C11D16F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="09B34F48" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      8. Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш" қағидасы бойынша көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629C602C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3EF52FCF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушылар:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24225173" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5F37E9F2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> в доступной форме полную и достоверную информацию о порядке предоставления государственной услуги;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) көрсетілетін қызметті берушіден мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті ұсыну тәртібі туралы толық және анық ақпаратты қолжетімді нысанда алады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539B7DF8" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7F16C945" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2) получают государственную услугу в бумажной и (или) электронной форме;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті қағаз және (немесе) электрондық нысанда алады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F3C8117" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="28344C89" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) участвуют в публичных обсуждениях проектов подзаконных нормативных правовых актов, определяющих порядок оказания государственных услуг;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) мемлекеттік қызметтер көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілердің жобаларын жария талқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ылаулар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F311BB6" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7968EFF8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...11 lines deleted...]
-        <w:t>      4) обращаются в суд с иском о защите нарушенных прав, законных интересов в сфере оказания государственных услуг;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) мемлекеттік қызметтер көрсету саласында бұзылған құқықтарды, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мүдделерді қорғау туралы талап арызбен сотқа жүгінеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A00CC1E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="49CAF2E1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      5) используют электронные документы в отношении себя и несовершеннолетних членов семьи из сервиса цифровых документов.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) цифрлық құжаттар сервисінен өзіне және отбасының кәмелетке толмаған </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>үшелеріне қатысты электрондық құжаттарды пайдаланады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA35AD0" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="09D49043" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызметтер көрсету кезінде көрсетілетін қызметтерді алушылардан:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DFB514" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3AAF0ABF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) документов и сведений, которые могут быть получены из информационных систем;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) ақпараттық жүйелерден </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға болатын құжаттар мен мәліметтерді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2532A01A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="683C01E6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) көрсетілетін қызметті берушінің салыстырып-тексеруі үшін тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ұсқалары ұсынылған құжаттардың нотариат куәландырған көшірмелерін талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2234C523" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6121BD74" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 69-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:anchor="z371" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>подпунктом 3)</w:t>
+          <w:t>3-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының 4-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:anchor="z40" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункту 3</w:t>
+          <w:t>1-тармағының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 69 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 3) тармақшасында көзделген өтініштер есепке алуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7B9253" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="666DF05E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 8-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A96659" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="22AB2F33" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...41 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      9. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының 5-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункта 2</w:t>
+          <w:t>2-тармағының</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45C84943" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1C3E8455" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...66 lines deleted...]
-        <w:t>, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">індегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FAF5C84" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="25676B53" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының 25-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пунктом 2</w:t>
+          <w:t>2-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757D113C" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="0B8D1CB5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на интернет-ресурсе корпорации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация қызметкерінің әрекеттеріне (әрекетсіздігіне) берілген шағым корпорацияның интернет-ресурсында көрсетілген мекен-жай бойынша Мемлекеттік корпорацияның басшысына жолданады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0B3078" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3F92FF28" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...66 lines deleted...]
-        <w:t>, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      11. Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4F473A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="05536C3D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...66 lines deleted...]
-        <w:t xml:space="preserve"> (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      12. Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6C81E4" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6C6C174E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...11 lines deleted...]
-        <w:t>      Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығы арқылы алуға болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BFF18E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="09C6FF8E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A29360" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="32469393" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кезекке қою жөніндегі көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28FCABF5" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="58982F97" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілігі бойынша, балалардың туған жылы бойынша және әрбір туған жылы үшін өз кезегі қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="005DA6EE" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="61668EBE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көру қабілеті, есту қабілеті бұзылған, сөйлеу қабілеті ауыр түрде бұзылған, тіре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қимыл аппараты, зияткерлік дамуы бұзылған, психикалық дамуы тежелген балаларға арналған арнайы мектепке дейінгі ұйымдарға (арнайы бөбекжай-бақшаларға, арнайы балабақшаларға) және мектепке дейінгі ұйымдардағы арнайы топтарға, денсаулығы нашарлаған балалардың барлық санаттарын біріктіретін арнайы мектепке дейінгі ұйымдарға және мектепке дейінгі ұйымдардағы арнайы топтарға кезекке тұру "Тиісті үлгідегі және түрдегі білім беру ұйымдары қызметінің үлгілік қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>лім және ғылым министрінің 2022 жылғы 31 тамыздағы № 385 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>Типовых правил</w:t>
+          <w:t>бұйрығымен</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> деятельности специальных организаций образования, утвержденных приказом Министра образования и науки Республики Казахстан от 31 августа 2022 года № 385 "Об утверждении Типовых правил деятельности организаций образования соответствующих типов и видов") (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 29329) формируется внутри населенного пункта по году рождения детей, для каждого года рождения отдельно.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> бекітілген Арнайы білім беру ұйымдары қызметінің үлгілік қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29329) сәйкес елді мекеннің ішінде балалардың туған жылы бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туған жылы үшін жеке қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D9B288" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="367EF587" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Туған жылдары бойынша кезектің ішіндегі кезек балаларда бар бұзылыстардың түрлері бойынша бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A2DC7A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3F9E021A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      Очередь в санаторные дошкольные организации формируется внутри населенного пункта по году рождения детей для каждого года рождения отдельно по видам реабилитации/профилактики.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Санаториялық мектепке дейінгі ұйымдарға кезек елді мекеннің ішінде балалардың туған жылы бойынша ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туған жылы үшін жеке оңалту/алдын алу түрлері бойынша қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF13114" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="2BC372EB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 13-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F49060" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="041C6230" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14. Кезектердегі өтініштер өтініш берушінің өтініш берген күні мен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қыты бойынша орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B5390FC" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4FEF837C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более трех раз за период дошкольного возраста.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      15. Баланың ата-анасы немесе заңды өкілі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> елді мекенде мектеп жасына дейінгі кезеңде кезекке кемінде 3 (үш) рет тұра алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FEDF2C7" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="329400CB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного месяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16. Мемлекеттік мектепке дейінгі ұйымға кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе бірінші кезекте жолдама алған баланың ата-анасы немесе заңды өкілі басқа мектепке дейінгі ұйымды таңдағанда бір ай өткен соң жалпы кезекке тұрады және жекеменшік мектепке дейінгі ұйымға жолдама алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6687B766" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="72EF2FEE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...11 lines deleted...]
-        <w:t>      17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очередях – общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      17. Ерекше білім берілуіне қажеттілігі бар баланың ата-анасы немесе заңды өкілі растайтын құжаттары болған жағдайда бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мезгілде бірнеше кезекте – жалпы кезекте, арнайы, санаториялық мектепке дейінгі ұйымға кезекте тұра алады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F93AEAD" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5D0EA28A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      18. Для подачи заявления и нахождения в очереди возраст ребенка не превышает 6 лет на 1 сентября текущего календарного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы жылғы 1 қыркүйекте 6 жастан аспайды (психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FA10EE5" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="157E6353" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 18-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:anchor="z12" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C53E55" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2CB51CCD" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      19. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19. Басқа мектепке дейінгі ұйымды таңдағанда, бала мектепке дейінгі ұйымнан шығарылады және баланың ата-анасы немесе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілі мектепке дейінгі ұйымға жолдама алуға кезекке тұру үшін өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F5263B" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3B1EC069" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      20. Очередь заявлений обновляется при:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      20. Кезектегі өтініштер:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC8A016" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="25C8511D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңының 52-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:anchor="z670" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункту 3</w:t>
+          <w:t>3-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, "Арнаулы мемлекеттік органдар туралы" Қазақстан Республикасының Заңының 78-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:anchor="z984" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункту 8</w:t>
+          <w:t>8-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, "Құқық қорғау қызметі туралы" Қазақстан Республикасының Заңының 64-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId43" w:anchor="z950" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункту 5</w:t>
+          <w:t>5-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 64 Закона Республики Казахстан "О правоохранительной службе";</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мектепке дейінгі ұйымдардан кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орын алуға құқығы бар балалардың ата-аналарының немесе заңды өкілдерінің өтініштері келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскенде;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B27975" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="10DC9EA1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункту 3</w:t>
+          <w:t>3-тармағына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 12 Закона Республики Казахстан "О статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми образовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес педагогтердің балаларының; заңды өкілдері мүгедектер болып табылатын балалардың; ата-анасының қамқорлығынсыз қалған балалардың және жетім балалардың; кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалы отбасылардан шыққан балалардың; ерекше білім беруді қажет ететін балалардың; мүгедек баласы бар отбасындағы балалардың ата-аналарының немесе заңды өкілдерінің мектепке дейінгі ұйымдардан бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інші кезекте орын алу үшін өтініштері келіп түскенде;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EA54F2" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7ABE38D6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) изменении льготного статуса заявления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ің жеңілдік мәртебесі өзгергенде;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC9A0C8" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6E976C57" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      4) исключении заявления из очереди в результате отзыва заявления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4) өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і кері қайтарып алу нәтижесінде кезектен алынғанда;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E29DC78" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="42243686" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      5) выдаче направления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      5) жолдама берілгенде;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46FBA9D5" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="024C8255" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      6) помещении заявления в стоп-лист, архив;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      6) өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і тоқтату парағына, архивке орналастырғанда;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAF19BC" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4C30AD93" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      7) отсутствии заинтересованности заявителя в получении места в дошкольную организацию.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      7) өтініш беруші мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға орын алуға мүдделі болмаған жағдайда жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B7B1478" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="027FD12D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 20-тармаққа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId45" w:anchor="z14" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BCD0AE5" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7C885D9F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      21. Кезектердегі өтініштер әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топтың ішінде бір-біріне қатысты өтініш берген күні мен уақыты бойынша орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0427E217" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="167C9866" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...11 lines deleted...]
-        <w:t>      Заявления по внеочередному получению места располагаются перед заявлениями первоочередного получения места.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орын алу бойынша өтініштер бірінші кезекте орын алу бойынша өтініштердің алдына қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0919393E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="44EF4038" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получению места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інші кезекте орын алу бойынша өтініштер жалпы негізде берілген өтініштердің арасында "үшеуге біреу" арақатынасында бөлінеді, яғни (басымдығы бар өтініш (бірінші кезекте құқығы) жалпы негізде берілген үш өтініштен кейін орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B5AB6F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="297F82E8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеочередного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачисление в дошкольную организацию.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      22. Өтініш берушінің, баланың жеке басын куәландыратын, заңды өкілдің, бала мен өтініш берушінің арасындағы құқықтарының болуын растайтын барлық ақпаратты, мектепке дейінгі ұйымға орын алудың кезектен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе бірінші кезекті орын алуға құқығын растайтын ақпаратты көрсетілетін қызметті беруші басқа тәртіпті белгілмеген жағдайда кезекке қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ою</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға жаңа өтініш тіркелген сәтте және мектепке дейінгі ұйымға қабылдауға жолдама алғаннан кейін екі рет тексереді және растайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7E85BB" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1BCDBA9A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...94 lines deleted...]
-        <w:t xml:space="preserve"> ежемесячно отправляет сводные запросы в уполномоченный орган и аннулирует заявления и направления при получении отрицательного заключения.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Бұл жағдайда өтініш беруші көрсетілетін қызметті берушіге тексеру үшін тексерілетін құжаттардың тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>пн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсқаларын тіркеуге өтініш жіберген немесе қабылдауға жолдама алған сәттен бастап 5 жұмыс күнінен кешіктірмей ұсынуы тиіс. Көрсетілетін қызметті беруші ұсынылған құжаттардың дұрыстығын олар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ұсынылған сәттен бастап 30 минуттан кешіктірмей, яғни кезекке </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>тұру</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібімен растауы тиіс. Тек құжаттар расталғаннан кейін өтініш кезекте тіркеледі, өз кезектілігін алады, ал жолдама бойынша қабылдауға бөлінген кезеңді есептеу басталады жә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>не ол</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мектепке дейінгі ұйымға қолжетімді болады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DD50EB" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3E7C61E3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      23. Заявителю предоставляется возможность:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      23. Өтініш берушіге:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C76161F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="44C4274B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) подачи заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулировать направление на зачисление в дошкольную организацию, продлевать срок действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) кезекке қоюға өтініш беру, берілген өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і өзгерту, кезектен өтінішті қайтарып алу, мектепке дейінгі ұйымға берілген жолдаманы алу және жою, жолдаманың қолданылу мерзімін ұзарту, өтініш пен жолдаманың өзгеруі туралы хабарламаны алу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693B796D" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="34243C51" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2) подтверждения заинтересованности в получении места в дошкольную организацию;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) жылына бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет мектепке дейінгі ұйымға орын алуға мүдделілігін растау;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AE4675" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6D2AC19F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) изучения информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) босаған орындар </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты зерделеу және мектепке дейінгі ұйымға қабылдауға электрондық жолдаманы алу;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD1B3A6" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="1C52D492" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      4) сохранения учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4) кезектілікті басқару жүйесінде жеке кабинеттегі есептік мәліметтерді сақтау және үшінші тұлғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға бермеу мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E5A32D" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="30B1966B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      24. Система управления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      24. Тә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ік бойы жұмыс істейтін және жаңа бос орындардың пайда болуына қарай өтініш берушілер арасында бос орындарды бөлудің үздіксіз процесін жүзеге асыратын кезектілікті басқару жүйесі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B1ADD8" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="27E4553F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) регистрирует (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в стоп-лист, рассматривает отказы в зачислении по выданным направлениям со стороны дошкольных организаций;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) кезекке қоюға өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і тіркейді (немесе тіркеуден бас тартады), өтінішті тоқтату парағына орналастырады, берілген жолдамалар бойынша мектепке дейінгі ұйымдар тарапынан қабылдаудан бас тартуды қарастырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F670FA9" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7DA72B93" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2) ежедневно принимает информацию от дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) күн сайын мектепке дейінгі ұйымдардан жас тобы көрсетілген бос орындардың пайда болуы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаратты қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FD09837" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="113F9081" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...39 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) күн сайын сағат 18:00-де (он сегізде) мамандандырылған интернет-ресурста </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>боса</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ған орындар бюллетенін жариялайды (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306C5D4F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="4E976022" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для первых заявителей (всем одновременно) на ограниченный срок – 3 (три) рабочих дня;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4) күн сайын таңғы сағат 07:00-де (жетіде) ұсынады (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін, алайда күнделікті сағат 23:59-дан кешікті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілмеуі тиіс), бірінші өтініш берушілер (барлығына бір уақытта) үшін ғана шектеулі мерзімге - 3 (үш) жұмыс күніне жолдама </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға басым қолжетімділікті ашады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484465C2" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="204FC5D4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      5) предоставляет возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      5) өтініш берушілерге өздері таңдаған мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға бару үшін электрондық жолдама алуға мүмкіндік береді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="030096F3" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2F6528D0" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      6) автоматически меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) ерте брондалған орын белгіленген мерзімнен ерте босатылса, оның мәртебесін автоматты түрде </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орын мәртебесіне өзгертеді;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48ABA917" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="56DB8263" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех заявлений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) жинақталатын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ұқсатсыз араласудан қорғауды қамтамасыз ету үшін барлық өтініштер тізіліміне, барлық жолдамалар тізіліміне, босаған орындар бюллетеньдерінің тізіліміне блокчейн технологиясы қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C82B5C4" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3E25ED1A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      8) публикует на специализированном интернет-ресурсе и актуализирует информацию о заявлениях;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      8) мамандандырылған интернет-ресурста өтініштер туралы ақпаратты жариялайды және белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D840BF3" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5005CFD1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с особыми образовательными потребностями, имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет) и помещает его в архив по причине достижения максимально возможного возраста;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      9) 6 (алты) жасқа толған баланың өтінішін (психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан, ағымдағы жылдың 1 қыркүйегіне дейін 6 жасқа толмаған балалардан басқа) кезектен алып тастайды және оны барынша мүмкін болатын жасқа жетуіне байланысты архивке орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DCB4AEA" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="0A0268CF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      10) после трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      10) 3 (үш) күннен кейін бөлуден қалған бос орындарды кезектегі бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інші 1000 (бір мың) өтініш берушілер үшін ашады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B059A1F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="197B858C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      25. Дошкольным организациям предоставляется возможность:</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      25. Мектепке дейінгі ұйымдарға:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30F66A0F" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="32BF161D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      1) отзывать свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закрытие);</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) ішкі қажеттіліктерге байланысты міндетті түрде себептерін (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>үрделі жөндеу, карантин, мемлекеттік тапсырыстың күшінің жойылуы, жабылу) көрсете отырып, бұрын бюллетеньде жарияланған, оның ішінде ерте брондалған бос орындарды және уақытша болатын бос орындарды қайтару;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="784F9045" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="67C03099" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      2) аннулировать выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) өтініш берушіге хабарлама жібере отырып және өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і кезекке қайтару арқылы кері қайтарылған бос орындарға берілген жолдаманың күшін жою;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5EAA91" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="53154428" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      3) публиковать в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государственный образовательный заказ);</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) бос орындар бюллетенінде ерте брондау орындарын жариялау (мемлекеттік бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ім беру тапсырысы орналастырылған мектепке дейінгі ұйымдарға);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC24E20" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="71E4A5EB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...24 lines deleted...]
-        <w:t>очередь ребенка, получившего направление на временное пребывание, сохраняется.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) бос орындар бюллетенінде баланың мектепке дейінгі ұйымнан шығарылу мерзімін көрсете отырып, уақытша болу мерзімінің өтуіне байланысты уақытша болу орындарын жариялау, сонымен бірге уақытша </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға жолдама алған баланың кезегін сақтау мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723BE61B" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6BBE1E15" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      26. Жалпы кезек үшін жолдама өтініш берушінің бастамасы бойынша кезектілікке, баланың жасына сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF79AC2" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="7794F340" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      27. Для очереди в специальную и санаторную дошкольную организацию направление выдается в соответствии с очередностью заявлений.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      27. Арнайы және санаториялық мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға кезек үшін жолдама өтініштердің кезектілігіне сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF8F58A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2844E68C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      28. При выдаче направления возраст детей учитывается на календарный год, кроме детей, чей возраст не превышает 6 лет на 1 сентября текущего календарного года и детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      28. Ағымдағы жылғы 1 қыркүйекте 6 жастан аспайтын және психологиялы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан басқа балаларға жолдама беру кезінде баланың жасы күнтізбелік жылғы толық жасы бойынша есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F0B316" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="764D4BEB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...6 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 28-тармақ жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId46" w:anchor="z16" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
-            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="073A5E"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>№ 464</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65130185" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="0E666605" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      29. Заявителю, подавшему заявления на нескольких детей в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в этой организации в момент получения направления.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      29. Жалпы кезекте бірнеше балаға өтініш берген өтініш берушіге мектепке дейінгі ұйымға жолдама алған сәтте бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мезгілде барлық балаларға бірдей осы ұйымда қажетті орын саны болған жағдайда жолдама алуға мүмкіндік беріледі (өтініш берушінің қалауы бойынша);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252E43CE" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="096473A9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t>      30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      30. Өтініш берушіге жолдама берілген сәттен бастап бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәуліктен кешіктірмей, берілген жолдаманың күшін өз бастамасы бойынша жоюға, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>белгіленген мерзімде мектепке дейінгі ұйымға келуге мүмкіндігі болмаған жағдайда (ауруы, емделуі, іссапар, демелыс) қосымша 30 (отыз) күнтізбелік күнге дейін бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рет ұзарту мүмкіндігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEBEC4E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="6DB5C374" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="1E1E1E"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Параграф 2. Порядок оказания государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
+        <w:t>2-параграф. "Мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47D56E90" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="711827A8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      31. "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін (бұдан ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і – балаларды қабылдау жөніндегі мемлекеттік қызмет) барлық түрлердегі мектепке дейінгі ұйымдар (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61FF5876" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="46B6553D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32. Балаларды қабылдау бойынша мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId47" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложения 4</w:t>
+          <w:t>4-қосымшаның</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к Правилам.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 8-тармағында сәйкес құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BF19204" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="5BF0CCB7" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...13 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің ерекшеліктері ескерілген </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қа мәліметтер Қағидалардың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>приложению 4</w:t>
+          <w:t>4-қосымшасына</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> к Правилам.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес "Мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йымдар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінде берілген.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D7B738E" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="3FEA743A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> отображается информация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушының "жеке кабинетінде" балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інеді, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240CC8BB" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...557 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="2079B68E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...41 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті берушінің кеңсесі </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId49" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пункта 2</w:t>
+          <w:t>4-қосымшаның</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 8-тармағында көрсетілген тізбеге сәйкес құжаттарды қабылдауды жүзеге асырады, ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда мектепке дейінгі ұйым мен ата-анасының біреуі немесе баланың заңды өкілі арасында жасалған келісім шарт негізінде көрсетілетін қызметті беруші баланы мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="729E7713" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
-[...264 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="785D251F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005C6349">
-[...69 lines deleted...]
-        <w:r w:rsidRPr="005C6349">
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті алушы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қағидаларға </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50" w:anchor="z57" w:history="1">
+        <w:r w:rsidRPr="00104723">
           <w:rPr>
             <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:kern w:val="0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="ru-RU"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
-          <w:t>пунктом 2</w:t>
+          <w:t>4-қосымшаның</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005C6349">
-[...10 lines deleted...]
-        <w:t> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 8-тармағында көрсетілген тізбеге сәйкес сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29AB7DAA" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
+    <w:p w14:paraId="286617AA" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Портал арқылы жү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA6A2E8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат тұрінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C4896D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші электронды сұранымды толтырады және құжаттардың электронды көшірмелерін тіркейді; электронды сұранымды өңдегеннен (тексергеннен, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>тіркеуден) кейін көрсетілетін қызметті алушыға электронды сұранымның мәртебесі, балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мерзімі, ЭЦ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>мен қол қойылған электронды құжат түріндегі балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің нәтижесін – баланы мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға қабылдауды немесе мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD91110" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 32-тармаққа өзгеріс енгізілді - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId51" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="073A5E"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>№ 464</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E704CF5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      33. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының 5-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId52" w:anchor="z42" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>2-тармағының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45452B0B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      34. Көрсетілетін қызметті беруші келесі себептермен баланы қабылдамайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09912F40" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) өтініш беруші келісім шарт жасау үшін талап етілетін құжаттарды ұсынбаған немесе құжаттардың қолданылу мерзімі өтіп кетсе (баланың денсаулық паспорты және келісім шарт жасалған күннен 3 (үш) күнтізбелік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>үннен кешіктірмей берілген баланың денсаулық жағдайы туралы анықтама ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>сынбауы);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="21CE4D18" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) талап етілген құ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>жаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға сәйкес балада мектепке дейінгі ұйымға қабылдау үшін медициналық қарсы көрсетілімдері болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027056F5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) растайтын құжаттарды ұсынуда өзге де себептердің болуына байланысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC4A230" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      35. Мектепке дейінгі ұйымдарда тұрақты немесе уақытша </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға құжаттарды қабылдау және балаларды қабылдау оларда бос орындар болған жағдайда жыл бойы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548ED338" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      36. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөн</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">індегі уәкілетті </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0649FCA4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының 25-бабының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:anchor="z75" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>2-тармағына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F6DC544" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>і өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1135A98F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B67CFC" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE5A591" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>сот</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>қа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9714" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7588"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="1063E832" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0D733C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="550A8A2E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z52"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызметтер кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="302DBB0A" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63CF85B4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B49256E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>мекенжайында тұратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(бар болса</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>)(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>бұдан әрі – Т.А.Ә.)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағаз түрінде толтырған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(жеке сәйкестендіру нөмірі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(бұдан әрі – ЖСН)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="656D2C72" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өтініш.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="284F0C00" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8C15C4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      қала (кенті, ауылы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482C0221" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      елдімекені аумағында тұратын, ЖСН _________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5A847A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A992A04" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      (баланың Т.А.Ә. (бар болса) қағаз тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>інде толтырған жағдайда)(бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20EDB24C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      ______________________ жылы туған баламды мектепке дейінгі ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>йым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға жолдама алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DDD517" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      үшін кезекке қоюды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E44B823" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Хабардар етемін, бала (керегін көрсету):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D58D5F5" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) әскери қызметшінің, оның ішінде қызмет атқару кезінде қаза тапқанның, қайтыс болғанның немесе хабар-ошарсыз кеткеннің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7414D72A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) арнаулы мемлекетті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметкерінің, оның iшiнде қызмет атқару кезінде қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкердің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8F6B2E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өкілдері мүгедек болып табылатындардың баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0FA664" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      4) ерекше бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ім берілуіне қажеттілігі бар бала (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566F2CA2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      5) ата-анасының қамқорлығынсыз қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ған бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="021028AF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      6) жетім бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F56F48" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      7) кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> балалы отбасыдан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BAEF5B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      8) педагогтің баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787D4A80" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      9) мүгедек баласы бар отбасынан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A00589" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      10) жоғарыда аталған санаттардың біреуіне қатысты емес болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B014E56" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мені берген өтінішімнің жағдайындағы өзгерістер туралы төмендегідей әдістермен хабардар етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C26EC91" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) мобильді телефондардың мынадай нөмі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>іне ерікті нысанда жазылған электронды смс(sms)-хабарлама (екі нөмірден көп емес):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4E60C7" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E36D90" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) ерікті нысанда жазылған электронды email хабарлама: __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70EEFAC9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B17EA2E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      (Өмірлік жағдайлар өзгергенде, кезектегі өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>шт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ің жай-күйі өзгеруі мүмкін. Кезектегі өтініштер баланың туған жылына (күнтізбелік жыл) қарай өтініш берілген күннің басымдығы тәртібінде топтастырылады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7FB59B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ақпараттық жүйедегі заңмен қорғалатын құпиядан тұратын мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға келісім беретіндігімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616705C6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________ К</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>үні _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10773" w:type="dxa"/>
+        <w:tblInd w:w="-1059" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="2353"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="667E68F0" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4855708B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2353" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10CB68C1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z54"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>беру саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызметтер кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A8C9B34" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 2-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>№ 464</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9998" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="3224"/>
+        <w:gridCol w:w="6379"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="4865DD33" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9998" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2ACF77" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"Мектепке дейінгі ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>йымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="05E06E7D" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06E3C69F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B47741C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3E58C6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Республикалық маңызы бар қалалардың және астананың бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ім басқармалары, аудандардың, облыстық маңызы бар қалалардың білім бөлімдері.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="0A29A042" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFB5AA0" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED05BDA" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A60AF16" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Өтіні</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>шт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) "электрондық үкіметтің" веб-порталы: www. egov. kz (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і – портал) арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="34D0D66F" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79F5BF77" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63BF40F9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2C7D54" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>портал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға жүгінген сәтінен бастап – 30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="24A88F9A" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABF2EC6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23724297" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71715A78" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>"Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өтініш" қағидаты бойынша көрсетілетін электрондық (ішінара автоматтандырылған)/қағаз түрінде/ проактивті.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="3C443C8A" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7199D0E6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34EFEC1C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсетудің нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7341BEDE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе осы "Мектепке дейінгі ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>йымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімінің 9-тармағында белгіленген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="14727133" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20D35792" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66D342EB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын тө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>лем м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51BB2B21" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет жеке тұлғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>алар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға тегін көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="32A05424" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="056D6DB3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52161A08" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34F192FA" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушіде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-ға дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>н ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>үзеге асырылады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) Мемлекеттік корпорацияда жә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>не</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпарат объектілерінде: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қабылдау "электронды" кезек тәртібінде жеделдеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсетусіз көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы броньдауға болады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) www. gov4c. kz Мемлекеттік корпорациясында;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) www. egov. kz порталында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="3AAF20A5" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC8C251" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD38413" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>әліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="207EC743" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінген кезде:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і - Қағидалар) 1 және 5-қосымшаларға сәйкес нысан бойынша өтініштер;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) көрсетілетін қызметті алушының (ата-анасының бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>інің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> басылған және уәкілетті тұлғаның қолы қойылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>анықтама (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) білім беру ұйымы басшысының мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>імен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>6) ерекше білім беруді қажет ететін балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болған жағдайда);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7) фтизиатр-дә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ігердің қорытындысы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>8) мектепке дейінгі ұйымға бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>інші кезекте орын алу құқығын растайтын құжаттар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>нде</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Порталға жүгінген жағдайда:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1) Қағидаларға 1 және 5-қосымшаларға сәйкес нысан бойынша мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініштері;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болған жағдайда) (берілген күннен бастап бір ай ішінде жарамды) сканерленген көшірмесі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) білім беру ұйымы басшысының мө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>імен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) ерекше білім беруді қажет ететін балалар үшін психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>медициналық-педагогикалық консультация қорытындысының (бар болғанда) сканерленген көшірмесі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) фтизиатр дәрігердің жолдамасы.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Порталға жүгінген кезде: электронды сұрау салу көрсетілетін қызметті алушының ЭЦ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>мен куәландырылған электрондық құжат нысанында немесе бір реттік пароль енгізу арқылы жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">інші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="4C34FF8A" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B842278" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="472B4F34" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="638A503C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) көрсетілетін қызметті алушының мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>аңының </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:anchor="z18" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>8-бабына</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1) мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>аңының </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:anchor="z18" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>8-бабына</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кеткен құжаттарды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ұсыну.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="71045E7B" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="283C20A2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3224" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25BCB5FA" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="539E0A77" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ұқсат етілген ең ұзақ уақыты – 30 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінген, организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушыларға мемлекеттік қызметті көрсету үшін құжат қабылдауды Мемлекеттік корпорацияның қызметкері олардың тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Егер баланың мектепке дейінгі ұйымда болуына кедергі келтіретін медициналық қарсы көрсетілімдер болса, онда ол мектепке дейінгі ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>йым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға қабылданбайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпаратты қашықтықтан қол жеткізу тәртібінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызметті көрсету мәселелері жөніндегі анықтама қызметтері, сондай-ақ бірыңғай байланыс орталығы арқылы алады. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Көрсетілетін қызметті алушының таңдауы бойынша мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілері жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметімен жиынтықта "бір өтініш" қағидаты бойынша көрсетіледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>үктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4FA97A10" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10140" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7872"/>
+        <w:gridCol w:w="2268"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="0D75BD56" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33BC8883" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62CDD51E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z55"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>беру саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызметтер кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="23AB8E1A" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7872" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78ED531F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="439AC605" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(бар болғанда)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>алушының мекен-жайы)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="07773E96" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A8AA62" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 3-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId58" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>№ 464</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559D1351" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="z24" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>20-бабының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына 2-қосымшаның 8-тармағында қарастырылған тізбеге сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>іздің толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызға, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FB0097" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0952657E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390C54F0" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29233D93" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      байланысты ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FE07B2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777A0297" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (мемлекеттік </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>өрсетілетін қызметтің атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC24D46" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      мемлекеттік қызметті көрсетуге құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1B37FF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Осы қолхат ә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тарапқа бір-біреуден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="723FE2A3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Орындаушы: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E67F7A" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="00B53355" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Қолы _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427EE659" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Телефон _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1957AD17" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Қабылдады: ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5398189B" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0CF4D691" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Қолы __________________ "____" _________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10281" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8155"/>
+        <w:gridCol w:w="2126"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="2C347487" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27D82D81" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B566383" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z57"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызметтер кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73673402" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. 4-қосымша жаңа редакцияда - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId60" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>№ 464</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9998" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="3933"/>
+        <w:gridCol w:w="5670"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="019C2D81" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9998" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5943302E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>йымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізілімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="3C9D0FDC" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8A6AB4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2C681D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA2F4FB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйымдардың барлық түрлері (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і – көрсетілетін қызметті беруші)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="6A996E9E" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70763A1E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02A090E1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E2C481" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і - портал) арқылы жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="012E4193" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B358781" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9C2D1D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="557B95CA" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>30 минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="27949D17" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66965A0D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="310980A9" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5499B3D4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Электрондық (ішінара автоматтандырылған)/ қағаз тү</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>інде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="68C86551" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B5B435D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47340F9E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3347E928" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі ұйым мен баланың ата-анасының бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="4A25D4CF" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE3C0B2" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E645890" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын тө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>лем м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA6555F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет жеке тұлғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>алар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға тегін көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="0874A012" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2861E4FD" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9A84F1" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18EAF2E3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 09.00-ден 18.00-ге дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>н ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>үзеге асырылады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) порталда: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанан кейін жүгінген кезде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>абылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) Министрліктің www. edu. gov. kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) www. egov. kz. порталында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="1D9F733B" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2D8F74" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57E548D4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>әліметтердің тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1227D83E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>абылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:anchor="z1" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларына (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і - Қағидалар) 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) көрсетілетін қызметті алушының (ата-анасының бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>інің немесе заңды өкілінің) жеке басын куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) баланың туу туралы куәлігі немесе цифрлық құжаттар сервисінен алынған электрондық құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7) психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Порталға:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1) мектепке дейінгі ұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>йым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға қабылдауға арналған жолдама (берілген күннен бастап бес жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2) Қағидаларға 5-қосымшаға сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) ата-анасының немесе заңды өкілдерінің бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>інің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 065/е нысанды профилактикалық екпелердің картасы (электрондық көшірме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>6) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:anchor="z2" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>бұйрығымен</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген № 027/е нысанды анықтама (электрондық көшірме);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7) психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беруді қажет ететін балалар үшін) (бар болғанда сканерленген көшірмесі).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдайлар енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта тұратын көрсетілетін қызметті алушылар шектеу іс-шараларының алынуына, төтенше жағдайлар қолданысының тоқтатылуына қарай осы тармақтың бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">інші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Көрсетілетін қызметті берушілер цифрлық құжаттарды "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>і арқылы ұсынылған құжат иесінің келісімі болған жағдайда, іске асырылған интеграция арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе "электрондық үкімет" веб-порталының хабарламасына жауап ретінде қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ыс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қа мәтіндік хабарлама жіберу арқылы алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="42BE841F" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09145476" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BF8E4EB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4672F219" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) көрсетілетін қызметті алушының мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ға сәйкес келмеуі;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> З</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>аңының </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:anchor="z18" w:history="1">
+              <w:r w:rsidRPr="00104723">
+                <w:rPr>
+                  <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="2"/>
+                  <w:kern w:val="0"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="ru-RU"/>
+                  <w14:ligatures w14:val="none"/>
+                </w:rPr>
+                <w:t>8-бабына</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4) көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актіде көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған және (немесе) қолданылу мерзімі өті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кеткен құжаттарды ұсынған жағдайда.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="22179B47" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21DF6757" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="128C326D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27772D75" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды тапсыру үшін күтудің </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ұқсат етілген ең ұзақ уақыты – 15 минут. Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-а</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>қ Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www. edu. gov. kz интернет-ресурсында "Мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өрсетілетін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызмет" бөлімінде көрсетілген.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ай</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> байланыс орталығының телефондары: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді. Цифрлық құжатты пайдалану үшін электрондық-цифрлық қолтаңбаны немесе бір реттік парольді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>үктеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7EACA7FD" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:vanish/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9998" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7588"/>
+        <w:gridCol w:w="2410"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="442F777B" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7588" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40B593C4" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10F28D9D" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z88"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>саласында мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қызметтер кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>рсету</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6C079368" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Ескерту. Қағида 5-қосымшамен толықтырылды - Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оқу-ағарту министрінің 18.11.2022 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId67" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>№ 464</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AEE1EE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="4960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="1956D332" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="451E6FE8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB7E848" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(мектепке дейінгі ұйым)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(тегі, аты, әкесінің аты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="32F0F21E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Мен, ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60853147" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="70C05C76" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1) дербес деректерді үшінші тұлғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>алар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA81BBF" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2) дербес деректерді өңдеу процесінде оларды трансшекаралық беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323D320C" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3) дербес деректерді жалпыға қолжетімді көздерде таратуды қамти отырып, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> З</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>аңының </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68" w:anchor="z18" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>8-бабына</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> сәйкес мемлекеттік қызмет көрсету үшін талап етілетін, "Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>бұйрығымен</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20883 болып тіркелген) бекітілген Мектепке дейінгі білім беру саласында мемлекеттік қызметтер кө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>рсету</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қағидаларына 2 және 4-қосымшаларының 8-тармағына сәйкес қолжетімділігі шектеулі дербес деректерге қол жеткізу үшін келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B5D105" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мемлекеттік қызметтер көрсету кезінде ұсынылатын құжаттардың дұрыстығын растау үшін талап етілетін өзге де </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>әліметтерді қамтитын қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A20A4C8" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      Осы келісім мемлекеттік қызмет көрсету нәтижесін алғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ға дейін барлық кезең ішінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215E38CB" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _______________ _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B576B3" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>(қолы)             (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblInd w:w="-634" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8420"/>
+        <w:gridCol w:w="2354"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00104723" w:rsidRPr="00104723" w14:paraId="05C1E64C" w14:textId="77777777" w:rsidTr="00104723">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A977848" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2354" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEE5864" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z58"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ілім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2020 жылғы 19 маусымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>№ 254 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00104723">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7AACAFA6" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="1E1E1E"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарының тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDB5C6E" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      1. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>бұйрығы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 8 мамырда № 10981 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылы 8 мамырда, "Егемен Қазақстан" газетінде 2015 жылы 23 шілдеде № 138 (28616) жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7375BBCE" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      2. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаңтардағы № 58 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>бұйрығы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 25 ақпанда № 13255 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылы 10 наурызда жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B2B17F" w14:textId="77777777" w:rsidR="00104723" w:rsidRPr="00104723" w:rsidRDefault="00104723" w:rsidP="00104723">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>      3. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ілім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 11 қазандағы № 518 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00104723">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+            <w14:ligatures w14:val="none"/>
+          </w:rPr>
+          <w:t>бұйрығы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t> (Қазақстан Республикасының Әділет министрлігінде 2017 жылы 3 қарашада № 15966 тіркелген, Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00104723">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НҚА электрондық түрдегі эталондық бақылау банкінде 2017 жылы 15 қарашада жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C8311C" w14:textId="77777777" w:rsidR="002672E4" w:rsidRDefault="002672E4" w:rsidP="005C6349">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25DA1694" w14:textId="77777777" w:rsidR="00104723" w:rsidRDefault="00104723" w:rsidP="005C6349">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="444444"/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="39"/>
+          <w:szCs w:val="39"/>
+          <w:lang w:eastAsia="ru-RU"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FC12091" w14:textId="67001C61" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005C6349">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ru-RU"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">      При отправке жалобы через портал </w:t>
-[...201 lines deleted...]
-        <w:t xml:space="preserve"> обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+        <w:t>ке.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="20286" w:type="dxa"/>
+        <w:tblW w:w="13041" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="13041"/>
-        <w:gridCol w:w="7088"/>
-        <w:gridCol w:w="157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C6349" w:rsidRPr="005C6349" w14:paraId="69EC5642" w14:textId="77777777" w:rsidTr="00077560">
+      <w:tr w:rsidR="005C6349" w:rsidRPr="005C6349" w14:paraId="69EC5642" w14:textId="77777777" w:rsidTr="00104723">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="7245" w:type="dxa"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="13041" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E5E7CF3" w14:textId="06B714E6" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="005C6349">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6349" w:rsidRPr="005C6349" w14:paraId="058DECD1" w14:textId="77777777" w:rsidTr="00077560">
-[...343 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B96E40A" w14:textId="77777777" w:rsidR="005C6349" w:rsidRPr="005C6349" w:rsidRDefault="005C6349" w:rsidP="00077560">
-[...9173 lines deleted...]
-    </w:p>
     <w:p w14:paraId="48477A33" w14:textId="77777777" w:rsidR="00077560" w:rsidRPr="005C6349" w:rsidRDefault="00077560" w:rsidP="00077560">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3015"/>
         </w:tabs>
         <w:ind w:left="-1276" w:firstLine="1276"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00077560" w:rsidRPr="005C6349" w:rsidSect="00077560">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="40C7586F"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="087D4852"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E90AE628"/>
+    <w:tmpl w:val="6D722CBA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -18224,542 +22769,645 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="699665507">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="40C7586F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E90AE628"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50D02"/>
     <w:rsid w:val="00077560"/>
+    <w:rsid w:val="00104723"/>
     <w:rsid w:val="002672E4"/>
     <w:rsid w:val="0054661F"/>
     <w:rsid w:val="005C6349"/>
     <w:rsid w:val="0065116F"/>
     <w:rsid w:val="00B50D02"/>
     <w:rsid w:val="00F638FE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="33DC5021"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{CF2CA545-EA4E-43D7-B124-ECE905AC7528}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="185826160">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="641617143">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -18848,50 +23496,129 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1177038376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1276401013">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1909919004">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="310135565">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="545065862">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1491755344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="754472865">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1303265622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1349723414">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18908,51 +23635,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1992054982">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1700015966" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883/history" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883/info" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1500010981" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K2000000350" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883/download" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1100000518" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200029329" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883/links" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000020883" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030643" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1600013255" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z020000343_" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883/info" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1600013255" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000552" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z080000114_" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883/links" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1100000380" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000094" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883/history" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1700015966" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1100000518" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K2000000350" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200029329" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z020000345_" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000561" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2200030643" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1500010981" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000020883" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -19200,81 +23927,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>53315</Characters>
+  <Pages>26</Pages>
+  <Words>9700</Words>
+  <Characters>55290</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>444</Lines>
-  <Paragraphs>125</Paragraphs>
+  <Lines>460</Lines>
+  <Paragraphs>129</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62543</CharactersWithSpaces>
+  <CharactersWithSpaces>64861</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>