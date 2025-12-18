--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -2,7901 +2,23001 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00DA14B3" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="00DA14B3">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00D91271" w:rsidP="00D91271">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007A4FAB">
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени М.Ауэзова</w:t>
+        <w:t xml:space="preserve">«Павлодар қаласының М. Әуезов атындағы жалпы орта білім беретін мектебі» КММ </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A4FAB">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="007A4FAB">
+    </w:p>
+    <w:p w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00D91271" w:rsidP="00D91271">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>учителя русского языка и литературы с русским языком обучения</w:t>
-[...7 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD0AF2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>уақытша орыс тілінде оқытатын орыс тілі және әдебиет мұғалімі лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00AB4907" w:rsidP="00D91271">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="10031" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="387"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7325"/>
+        <w:gridCol w:w="336"/>
+        <w:gridCol w:w="1934"/>
+        <w:gridCol w:w="7761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, </w:t>
-[...17 lines deleted...]
-              <w:t>Ткачева, 15</w:t>
+              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
+            <w:r w:rsidR="00B45C50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
-            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта мекенжайлары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00590BAF" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="002732DF" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794" w:rsidP="00321427">
+          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="00B10582">
+          <w:p w:rsidR="002732DF" w:rsidRPr="002732DF" w:rsidRDefault="002732DF" w:rsidP="00AE3FC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> должность учителя  русского языка и литературы с русским языком обучения, нагрузка -16часов</w:t>
+            <w:r w:rsidRPr="002732DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уақытша орыс тілінде оқытатын орыс тілі және әдебиет мұғалімі, жүктеме -16 сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі атқарымдық міндеттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> с учетом специфики преподаваемого предмета, в соответствии с государственным общеобязательным стандартом образования;</w:t>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- мемлекеттік жалпыға міндетті білім беру стандартына сәйкес оқытылатын пәннің ерекшелігін ескере отырып, білім алушыларды оқытуды және тәрбиелеуді жүзеге асырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>-способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и содействует развитию индивидуальных способностей обучающихся;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал етеді, білім алушылардың жеке қабілеттерін анықтайды және дамытуға жәрдемдеседі;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   білім алушыда педагогқа құрметпен қарауға тәрбиелейді, педагогтың аты мен әкесінің аты бойынша сыпайы қарым-қатынас немесе "учитель/мұғалім" тікелей қарым-қатынас арқылы қарым-қатынастың іскерлік стилі мен сөйлеу этикетін сақтауға үйретеді;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="009A78AC" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>- использует новые подходы, эффективные формы, методы и средства обучения с учетом индивидуальных потребностей обучающихся; </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  білім алушылардың жеке қажеттіліктерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді нысандарын, әдістері мен құралдарын қолданады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть;</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>  пәндер бойынша қысқа мерзімді және орта мерзімді (күнтізбелік-тақырыптық) жоспарлар, бөлім үшін жиынтық бағалау және тоқсан үшін жиынтық бағалау үшін тапсырмалар жасайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00654040" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> оценивания за четверть с комментариями;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім бойынша жиынтық бағалауды және тоқсан бойынша жиынтық бағалауды өткізу қорытындысы бойынша талдау жүргізеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t> -  заполняет журналы (бумажные или электронные);</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>журналдарды (қағазнемесеэлектрондық)толтырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A78AC" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="006D0F7D" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-              <w:t>, предметных результатов обучающимися и воспитанниками не ниже уровня, предусмотренного государственным общеобязательным стандартом образования;</w:t>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үрдісінде</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>заманауи</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D0F7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="006D0F7D" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>  -участвует в разработке и выполнении учебных программ, в том числе программ дляобучающихся с особыми образовательными потребностями, обеспечивает реализацию их в полном объеме в соответствии с учебным планом и графиком учебного процесса;</w:t>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарапайым</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етуді</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпараттық-коммуникациялық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологиялардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымшаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдаланады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t> -  изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников;</w:t>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білімалушылар мен тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпыға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>міндетт</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ібілім беру стандартында</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көзделген</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейден</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тұлғалық, Жүйелік-қызметтік, пәндік</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нәтижелерге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қол</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеткізуін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="007C43C6" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t> -   создает условия для инклюзивного образования;</w:t>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-   оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, оның</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>берілуіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттілігі бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларды</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әзірлеуге</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орындауға</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарына</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>процесінің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кестесіне</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толық</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көлемде</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырылуын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C43C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> с особыми образовательными потребностями;</w:t>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың, тәрбиеленушілердің</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қабілеттерін, қызығушылықтарын</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімділіктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерделейді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>- в специальных образовательных организациях осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальное преодоление отклонений в развитии с учетом специфики преподаваемого предмета;</w:t>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-инклюзивті</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру үшін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жағдай</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жасайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A78AC" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">     - организовывает занятия в дистанционном режиме с </w:t>
-[...17 lines deleted...]
-              <w:t>спользованием интерактивных учебных материалов и цифровых образовательных ресурсов;</w:t>
+              <w:t>-ерекше</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру қажеттіліктері</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар білім</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қажеттіліктерін</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейімдейді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="00185047" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t> -  участвует в заседаниях методических объединений, ассоциации учителей, методических, педагогических советов, сетевых сообществ;</w:t>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-арнайы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ұйымдарында</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытылатын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәннің</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ерекшелігін</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ескере</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, дамудағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ауытқуларды</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>барынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңсеруге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағытталған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушыларды, тәрбиеленушілерді</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жәнет</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрбиелеу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмысты</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00185047">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A78AC" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t> - участвует в педагогических консилиумах для родителей;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  интерактивті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>материалдарымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру ресурстарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пайдалана</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырып, қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>режимінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақтар</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>  - консультирует родителей;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірлестіктердің, мұғалімдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауымдастығының, әдістемелік, педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңестердің, желілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қоғамдастықтардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>отырыстарына</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A78AC" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> -повышает профессиональную компетентность;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>консилиумдарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>  - соблюдает правила безопасности и охраны труда, противопожарной защиты;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  ата-аналарға</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кеңес</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>береді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> обучающихся в период образовательного процесса;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құзыреттілікті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арттырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...21 lines deleted...]
-              <w:t>- осуществляет сотрудничество с родителями или лицами, их заменяющими;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қауіпсіздігі</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекті</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF788F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау, өртке</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғау</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сақтайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
-              <w:jc w:val="both"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>-заполняет документы, перечень которых утвержден уполномоченным органом в области образования;</w:t>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-білім беру процесі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңінде</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білімалушылардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өмірі мен денсаулығын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қорғауды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамтамасыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>етеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="009A78AC" w:rsidP="007A7BB0">
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
             <w:pPr>
               <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ата –а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>налармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адамдармен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынтымақтастықты</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00654040" w:rsidRPr="009C0668" w:rsidRDefault="00654040" w:rsidP="009C0668">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-тізбесін</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім беру саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>уәкілетті орган бекіткен</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжаттарды</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C0668">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>толтырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00654040" w:rsidRPr="00DA569D" w:rsidRDefault="00654040" w:rsidP="009C0668">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-  білім</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылар мен тәрбиеленушілер</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жемқорлыққа</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қарсы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мәдениетті, Академиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адалдық</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаттарын</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA569D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00DA569D" w:rsidRDefault="00261EAA" w:rsidP="00552535">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекақы мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
+          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00AB4907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F07C85">
+              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907" w:rsidRPr="00AB4907">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907" w:rsidRPr="00AB4907">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...33 lines deleted...]
-            <w:r w:rsidRPr="007A4FAB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>161724 теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00423E96" w:rsidRDefault="00552535" w:rsidP="00AB4907">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009A78AC">
+            </w:pPr>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">тысяч </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007A4FAB">
+              <w:t xml:space="preserve">- жоғары білім : </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тенге;</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>177766-</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4907">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> max</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552535">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...82 lines deleted...]
-              <w:t>тенге</w:t>
+              <w:t>205080тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Кандидатқа қойылатын, бекітілген Біліктілік талаптары</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="003564D6" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00654040">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00654040" w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>    -  и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            <w:r w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   -   және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
+          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...5 lines deleted...]
-              <w:t>   -   и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            <w:r w:rsidRPr="00FD0AF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>   -   және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00CC327F">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F54B50">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="007B5024" w:rsidP="00934705">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00AB4907" w:rsidP="007C43C6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15.12-26.12</w:t>
             </w:r>
-            <w:r w:rsidR="00F32C3E">
+            <w:r w:rsidR="00BB6449">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B10582">
+              <w:t>.2023</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="00FE320D" w:rsidRPr="006E4C34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...19 lines deleted...]
-              <w:t>г.</w:t>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қағидалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...8 lines deleted...]
-              <w:r w:rsidRPr="00642A6F">
+            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
+              <w:r w:rsidRPr="00D55AEB">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>приложению 15</w:t>
+                <w:t>15-қосымшаға</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t> к настоящим Правилам;</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қоса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>берілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тізбесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсете</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>отырып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>іліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...31 lines deleted...]
-              <w:t>наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...53 lines deleted...]
-              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FC2F63" w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2" </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00FC2F63" w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="073A5E"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FC2F63" w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 21579 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...23 lines deleted...]
-              <w:t>с психоневрологической организации;</w:t>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRDefault="00101304" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> с наркологической организации;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ағылшын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орналасуға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ән</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adults</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> IELTS (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (TOEFL) (</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> TOEFL (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Based Test (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00642A6F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">BT)) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve"> - 60-65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA14B3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білімнен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымдарында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>арнайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>пәндер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірістік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шеберлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымдарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызметке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кіріскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тиісті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өндірісте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтуден</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>босатылады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00642A6F">
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12) 16-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қосымшаға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогтің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бос</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бағалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
+          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>таныстыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұзақтығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>төменгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ажыратымдылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D55AEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00D55AEB" w:rsidRDefault="00261EAA" w:rsidP="00306EF2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...78 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="336" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00D478D0" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00F54B50">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="1934" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
+            <w:r w:rsidRPr="00AB3BA7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок вакантной должности</w:t>
+              <w:t>Бос лауазым мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7648" w:type="dxa"/>
+            <w:tcW w:w="7761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00F54B50" w:rsidP="00321427">
+          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007A4FAB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00112265">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Согласно трудового договора</w:t>
+              <w:t>Еңбек шартына сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7028"/>
-        <w:gridCol w:w="4141"/>
+        <w:gridCol w:w="6978"/>
+        <w:gridCol w:w="4191"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
-[...1046 lines deleted...]
-      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="3420" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
-              <w:jc w:val="right"/>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
-              <w:jc w:val="right"/>
-              <w:rPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z347"/>
-[...2 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>к Правилам назначения</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>на должности, освобождения</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>от должностей первых</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>лауазымдарға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>руководителей и педагогов</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>лауазымдардан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственных организаций</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">образования  </w:t>
+              <w:t xml:space="preserve">15-қосымша </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Форма</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
       <w:pPr>
         <w:pStyle w:val="aa"/>
-        <w:jc w:val="center"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001A6232">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>      _______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="001A6232">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>      (</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.А.Ә. (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұқсат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беруіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қажетінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сызыңыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала\ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала\ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblW w:w="11169" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="426"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3763"/>
+        <w:gridCol w:w="3651"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="5062"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...52 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үктеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>іктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (беру (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар:___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="007921C8" w:rsidRDefault="005069F6" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRDefault="005069F6" w:rsidP="00261EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="002A695B" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005069F6" w:rsidRPr="002A695B" w:rsidRDefault="005069F6" w:rsidP="005069F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="3420" w:type="dxa"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
-              <w:pStyle w:val="aa"/>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...43 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00AB4907" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ұйымдарының бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен педагогтерін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>лауазымнан босату</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>16-қосымша Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007921C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10553" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="380"/>
+        <w:gridCol w:w="3958"/>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="3600"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Доктор наук = 10 баллов</w:t>
-[...8 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>3.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>4.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>1 категория = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Высшая категория = 3 балла</w:t>
-[...35 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>5.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үм</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іткерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...23 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>6.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>7.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бас</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>8.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...15 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...34 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...21 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>би</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>научных проектов = 1 балл</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
-[...98 lines deleted...]
-              <w:t>" = 10 баллов</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-              <w:t>9.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (педагог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>10.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>імнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>руководство МО = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" медаль </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>11.</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...219 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="001A6232">
-[...573 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="001A6232">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ОАМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">БССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>курсы ЦПМ НИШ, "</w:t>
-[...76 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12.</w:t>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...14 lines deleted...]
-              <w:t>Серп</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>i</w:t>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="001A6232">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...5 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
+      <w:tr w:rsidR="007921C8" w:rsidRPr="00AB4907" w:rsidTr="007921C8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>""TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Online Teaching for Educators: Development and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry "</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ПШО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>НЗМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ілім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">= 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A6232">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Итого:</w:t>
-[...7 lines deleted...]
-              <w:br/>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3763" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру гранты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007921C8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісім-шарты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
-[...59 lines deleted...]
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="003E27E1" w:rsidRPr="007921C8" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="006E689E" w:rsidRPr="007921C8" w:rsidRDefault="006E689E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+    <w:p w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidRDefault="004F40B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8690,140 +23790,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="6E7E3611"/>
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -8887,825 +23897,829 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
-    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
-    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00101304"/>
     <w:rsid w:val="00107931"/>
-    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
-    <w:rsid w:val="001366A2"/>
-    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00170BCF"/>
+    <w:rsid w:val="00166D46"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A6232"/>
+    <w:rsid w:val="001A3ACD"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
-    <w:rsid w:val="001F4200"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
-    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="002732DF"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
-    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
-    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
-    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E0E99"/>
-    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00306EF2"/>
+    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
-    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
-    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
-    <w:rsid w:val="004023EC"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F40B8"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552535"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00642A6F"/>
+    <w:rsid w:val="00641CE0"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
-    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E689E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="0078539B"/>
     <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4FAB"/>
+    <w:rsid w:val="007A4A53"/>
     <w:rsid w:val="007A5711"/>
-    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007B5024"/>
     <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007C43C6"/>
+    <w:rsid w:val="007D55DF"/>
     <w:rsid w:val="007D5A26"/>
-    <w:rsid w:val="007D7D1D"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
-    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
-    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
+    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
+    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
-    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
-    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
-    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
-    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB4907"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B44934"/>
+    <w:rsid w:val="00B45C50"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B63374"/>
+    <w:rsid w:val="00B71E74"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
-    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC7640"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
-    <w:rsid w:val="00BD693A"/>
-    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
-    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
-    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C82B7C"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
-    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00CC4217"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE2F89"/>
+    <w:rsid w:val="00CE224D"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
-    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D74D43"/>
-    <w:rsid w:val="00D84C6E"/>
+    <w:rsid w:val="00D71532"/>
     <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91271"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
-    <w:rsid w:val="00DA14B3"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E5108D"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
+    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F06293"/>
-    <w:rsid w:val="00F07C85"/>
+    <w:rsid w:val="00F10F92"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F32C3E"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F54344"/>
+    <w:rsid w:val="00F504F9"/>
+    <w:rsid w:val="00F53841"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC2F63"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FF111B"/>
+    <w:rsid w:val="00FE320D"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="9218"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9830,59 +24844,59 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0064541A"/>
+    <w:rsid w:val="00AD497F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
@@ -10045,76 +25059,79 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A559D1"/>
+    <w:rsid w:val="005069F6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC327F"/>
+    <w:rsid w:val="00654040"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="009024DA"/>
+    <w:rsid w:val="007921C8"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -10431,195 +25448,181 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005069F6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="110707149">
+    <w:div w:id="31267977">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="646127558">
-[...12 lines deleted...]
-    <w:div w:id="649792773">
+    <w:div w:id="953249665">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1622616062">
+    <w:div w:id="1983582154">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1628393107">
+    <w:div w:id="2066682383">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1823891178">
-[...12 lines deleted...]
-    <w:div w:id="1842113553">
+    <w:div w:id="2135253245">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10870,78 +25873,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7755A866-8E05-44AA-A560-12447A49831C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81B5FE2F-1A90-4BFC-93CA-6692005A3808}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>12299</Characters>
+  <Pages>7</Pages>
+  <Words>2117</Words>
+  <Characters>12070</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
+  <Lines>100</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14428</CharactersWithSpaces>
+  <CharactersWithSpaces>14159</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>