--- v0 (2025-12-19)
+++ v1 (2026-01-16)
@@ -2,20102 +2,7857 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="003E27E1" w:rsidRPr="004B772A" w:rsidRDefault="003E27E1" w:rsidP="004B772A">
-[...59 lines deleted...]
-    <w:p w:rsidR="00D91271" w:rsidRPr="00FD0AF2" w:rsidRDefault="00D91271" w:rsidP="00D91271">
+    <w:p w:rsidR="00DA14B3" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="00DA14B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FD0AF2">
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4FAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
+        <w:t>имени М.Ауэзова</w:t>
       </w:r>
-      <w:r w:rsidR="00836766">
+      <w:r w:rsidRPr="007A4FAB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="003F669E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>преподавателя</w:t>
       </w:r>
-      <w:r w:rsidR="00AB4907">
+      <w:r w:rsidR="005453BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс жариялайды </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005453BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005453BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рганизатор</w:t>
+      </w:r>
+      <w:r w:rsidR="003F669E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="005453BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НВТП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRPr="004F2A50" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00E33931" w:rsidRPr="007A4FAB" w:rsidRDefault="00E33931" w:rsidP="00950F37">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10031" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="336"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7761"/>
+        <w:gridCol w:w="387"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00836766" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласы М.Әуезов атындағы жалпы орта білім беретін мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>им.М.Ауэзова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00552535" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140008, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Ткачев көшесі, 15</w:t>
+              <w:t xml:space="preserve">140008, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                     город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ткачева, 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефон нөмірлері</w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8(7182)</w:t>
             </w:r>
-            <w:r w:rsidR="00B45C50">
+            <w:r w:rsidR="00D74D43" w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00F20EA7" w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайлары</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="007A4FAB" w:rsidRDefault="00590BAF" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002732DF" w:rsidRPr="00836766" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002732DF" w:rsidRPr="00F54B50" w:rsidRDefault="002732DF" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002732DF" w:rsidRPr="002732DF" w:rsidRDefault="00836766" w:rsidP="00836766">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:p w:rsidR="005453BD" w:rsidRDefault="00DA14B3" w:rsidP="005453BD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00836766">
-[...2 lines deleted...]
-                <w:color w:val="1E1E1E"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бастапқы әскери және технологиялық даярлығының педагог-ұйымдастырушысы</w:t>
-[...4 lines deleted...]
-                <w:color w:val="1E1E1E"/>
+              <w:t>вакантн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> должность</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүктеме -</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve"> преподавател</w:t>
+            </w:r>
+            <w:r w:rsidR="003F669E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1 ставка</w:t>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –организатор</w:t>
+            </w:r>
+            <w:r w:rsidR="003F669E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> НВТП</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD" w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="00DA14B3" w:rsidP="005453BD">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нагрузка -</w:t>
+            </w:r>
+            <w:r w:rsidR="005453BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00836766" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі атқарымдық міндеттер</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00196F63">
-[...9 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует работу по военно-патриотическому воспитанию </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  разрабатывает учебные программы, учебно-методические комплексы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает требования к оснащению и оборудованию учебного кабинета;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> совместно с заместителем руководителя по воспитательной работе, классными руководителями (руководителями групп) разрабатывает план военно-патриотической работы на учебный год, обеспечивает его выполнение и координирует работу учебного полигона;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> принимает меры по развитию и укреплению материальной базы кабинетов и (или) полигонов начальной военной подготовки организации образования, сохранности оборудования и инвентаря, соблюдения санитарно-гигиенических требований;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководит кружками по изучению основ военного дела, военно-патриотическим клубом по изучению основ военного дела, проводит практические занятия и тренировки по действиям в чрезвычайных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует предварительную работу по постановке на воинский учет допризывников;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00196F63" w:rsidRPr="00196F63" w:rsidRDefault="00196F63" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> проводит занятия по гражданской обороне в организациях образования, отрабатывает мероприятия по действию в экстремальных ситуациях, обеспечивает готовность защитных сооружений, индивидуальных средств защиты по гражданской обороне в экстремальных ситуациях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00196F63" w:rsidRDefault="00261EAA" w:rsidP="00196F63">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соблюдает меры безопасности в учебно-воспитательном процессе;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00366545" w:rsidRPr="00366545" w:rsidRDefault="00366545" w:rsidP="00366545">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> прививает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>антикоррупционную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00366545">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуру, принципы академической честности среди обучающихся, воспитанников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00366545" w:rsidRDefault="004F2A50" w:rsidP="00366545">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00AB4907" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекақы мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00552535">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00552535" w:rsidRPr="00552535" w:rsidRDefault="00552535" w:rsidP="00AB4907">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00552535">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім: </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t xml:space="preserve">- среднее специальное образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>143947-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>161724</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00552535">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім : </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t xml:space="preserve">тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>177766-</w:t>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00552535">
+              <w:t>тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="007A4FAB" w:rsidRDefault="004F2A50" w:rsidP="00F07C85">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>205080тенге</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование: </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>min</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>177766-</w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85" w:rsidRPr="00F07C85">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F07C85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:r w:rsidR="00F8552E" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>205080</w:t>
+            </w:r>
+            <w:r w:rsidR="009A78AC">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle11"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00836766" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00AB3BA7" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+          <w:p w:rsidR="00715E75" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Кандидатқа қойылатын, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AB3BA7">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>бекітілген Біліктілік талаптары</w:t>
-[...21 lines deleted...]
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамалары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="003564D6" w:rsidP="00654040">
+          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>-</w:t>
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">-высшее и (или) послевузовское педагогическое или техническое и профессиональное, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
+              <w:t>предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00654040" w:rsidRPr="00FD0AF2" w:rsidRDefault="00654040" w:rsidP="00654040">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>    -  и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CC327F" w:rsidRPr="007A4FAB" w:rsidRDefault="00CC327F" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00FD0AF2" w:rsidRDefault="00261EAA" w:rsidP="00654040">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>   -   и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00CC327F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="007B5024" w:rsidP="00934705">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.12-26.12</w:t>
+            </w:r>
+            <w:r w:rsidR="00F32C3E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10582">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF111B" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00A559D1" w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>4</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="007A4FAB" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00AB4907" w:rsidP="007C43C6">
-[...107 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...45 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:anchor="z267" w:history="1">
-              <w:r w:rsidRPr="00D55AEB">
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z339" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>15-қосымшаға</w:t>
+                <w:t>приложению 15</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D55AEB">
-[...242 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...221 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...301 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D55AEB">
-[...278 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...129 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копи</w:t>
+            </w:r>
+            <w:r w:rsidR="00101304">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">я </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>6) "</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>Денсаулық</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...311 lines deleted...]
-              <w:t xml:space="preserve"> № Қ</w:t>
+            <w:r w:rsidR="00101304">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о состоянии здоровья по форме, утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...341 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>психоневрологиялық</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...44 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r w:rsidR="00101304">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRDefault="00101304" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 8) </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>наркологиялық</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...44 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="00642A6F" w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...247 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">10) </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>ағылшын</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>тілі</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>педагогтері</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>лауазымына</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>орналасуға</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>кандидаттар</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>үшін</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>ән</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>сертификаттау</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>нәтижелері</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...423 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above </w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...153 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+          <w:p w:rsidR="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA14B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">11) </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-              <w:t>техникалық</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...669 lines deleted...]
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...281 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z346" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>приложению 16</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D55AEB" w:rsidRPr="00D55AEB" w:rsidRDefault="00D55AEB" w:rsidP="00D55AEB">
+          <w:p w:rsidR="00642A6F" w:rsidRPr="00642A6F" w:rsidRDefault="00642A6F" w:rsidP="00642A6F">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">13) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-              <w:t>тәжірибесі</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>жоқ</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>самопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>кандидаттың</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>x</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...218 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00642A6F" w:rsidRPr="007A4FAB" w:rsidRDefault="00642A6F" w:rsidP="008967BA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidTr="00B45C50">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="336" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F54B50">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="00261EAA" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AB3BA7">
+            <w:r w:rsidRPr="007A4FAB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазым мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7761" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00261EAA" w:rsidRPr="00F54B50" w:rsidRDefault="002837ED" w:rsidP="003E09D3">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="007A4FAB" w:rsidRDefault="00F54B50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00112265">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="007A4FAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Еңбек шартына сәйкес</w:t>
+              <w:t>Согласно трудового договора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00B3089F" w:rsidRPr="007A4FAB" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00261EAA" w:rsidRDefault="00261EAA" w:rsidP="00261EAA">
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRPr="007A4FAB" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00463794" w:rsidRDefault="00463794">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="00825EAC" w:rsidRDefault="00825EAC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003735D5" w:rsidRDefault="003735D5" w:rsidP="00261EAA">
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="10"/>
-[...231 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6978"/>
-        <w:gridCol w:w="4191"/>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4141" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z340"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z341"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>объявивший конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">наименование организаций образования, адрес (область, район, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В настоящее время работаю _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">должность, наименование организации, адрес (область, район, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4828"/>
+        <w:gridCol w:w="2498"/>
+        <w:gridCol w:w="3369"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidTr="001A6232">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Скачать</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009024DA" w:rsidRPr="009024DA" w:rsidRDefault="009024DA" w:rsidP="009024DA">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Имею следующие результаты работы: ________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="009024DA" w:rsidRDefault="00437A2D" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E27E1" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="3420" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidTr="001A6232">
+        <w:trPr>
+          <w:trHeight w:val="521"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5805" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007921C8">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:bookmarkStart w:id="2" w:name="z347"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>ұйымдарының бірінші</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>басшылары мен педагогтерін</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>лауазымдарға тағайындау,</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t>қағидаларына</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">15-қосымша </w:t>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...141 lines deleted...]
-              <w:t xml:space="preserve"> орган</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
       <w:pPr>
         <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007921C8">
+      <w:r w:rsidRPr="001A6232">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      _______________________________________________________________</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="aa"/>
+      <w:r w:rsidRPr="001A6232">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007921C8">
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6232">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:spacing w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      (</w:t>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1395 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblW w:w="10695" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3651"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5062"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="3506"/>
+        <w:gridCol w:w="3000"/>
+        <w:gridCol w:w="3763"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...787 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="00836766" w:rsidTr="007921C8">
-[...234 lines deleted...]
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>№</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...34 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
-[...21 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>1.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...171 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...223 lines deleted...]
-              <w:t>Магистр = 5 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>2.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...171 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...28 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>3.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>Сертификат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> - 5 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>4.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...61 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...95 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...225 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>5.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...139 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...161 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...144 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...273 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>6.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...149 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...105 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">призеры олимпиад и конкурсов = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...18 lines deleted...]
-              <w:t>би</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...18 lines deleted...]
-              <w:t>әжірибенің</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>нәтижелері</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...85 lines deleted...]
-              <w:t>" = 0,5 балл</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>7.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...214 lines deleted...]
-              <w:t xml:space="preserve"> хат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...390 lines deleted...]
-              <w:t>)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>Оң</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...183 lines deleted...]
-              <w:t xml:space="preserve"> = минус 3 балл</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>8.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...83 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...476 lines deleted...]
-              <w:t xml:space="preserve"> награда</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...100 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...94 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>"</w:t>
-[...85 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>"</w:t>
-[...186 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>9.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...14 lines deleted...]
-              <w:t>-</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>авторлық</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Python", "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>шығармалары</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">CELT-S (Certificate in English Language Teaching – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>басылымдары</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>Р</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z3" w:history="1">
+              <w:r w:rsidRPr="001A6232">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...471 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>10.</w:t>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>Қоғамды</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>қ-</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>педагогикалық</w:t>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...20 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...105 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:tcW w:w="3763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...453 lines deleted...]
-              <w:t>) = 5 балл</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007921C8" w:rsidRPr="00836766" w:rsidTr="007921C8">
+      <w:tr w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidTr="001A6232">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:tcBorders>
-[...2206 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t>12.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A6232">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...601 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...12 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="007921C8" w:rsidRPr="007921C8" w:rsidRDefault="007921C8" w:rsidP="007921C8">
+          <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
             <w:pPr>
               <w:pStyle w:val="aa"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...123 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003E27E1" w:rsidRPr="007921C8" w:rsidRDefault="003E27E1" w:rsidP="007C3AFB">
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRPr="001A6232" w:rsidRDefault="001A6232" w:rsidP="001A6232">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006E689E" w:rsidRPr="007921C8" w:rsidRDefault="006E689E">
+    <w:p w:rsidR="001A6232" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidRDefault="004F40B8">
+    <w:p w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidRDefault="001A6232" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004F40B8" w:rsidRPr="007921C8" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="001A6232" w:rsidRPr="007A4FAB" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -20891,50 +8646,140 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="6E7E3611"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B4465688"/>
+    <w:lvl w:ilvl="0" w:tplc="A25E7DB2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="7E75187F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE28DF7C"/>
     <w:lvl w:ilvl="0" w:tplc="F5DA620C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="862" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1582" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
@@ -20998,834 +8843,834 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="0006248D"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D62B1"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E5A7C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F01DC"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101304"/>
     <w:rsid w:val="00107931"/>
+    <w:rsid w:val="001113F2"/>
     <w:rsid w:val="00113DF9"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="00134C9E"/>
     <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="001366A2"/>
+    <w:rsid w:val="00136E86"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001547D8"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
-    <w:rsid w:val="00166D46"/>
+    <w:rsid w:val="00170BCF"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
-    <w:rsid w:val="00185047"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
-    <w:rsid w:val="00196F63"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A3ACD"/>
+    <w:rsid w:val="001A6232"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E05A2"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4200"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
-    <w:rsid w:val="00241A1E"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00255B60"/>
     <w:rsid w:val="00261786"/>
-    <w:rsid w:val="00261EAA"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
-    <w:rsid w:val="002732DF"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="002837ED"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2B70"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B62E8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C15CF"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D493B"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E0E99"/>
+    <w:rsid w:val="002E5CE1"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00301DC9"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00306EF2"/>
-    <w:rsid w:val="0031050C"/>
     <w:rsid w:val="00321427"/>
+    <w:rsid w:val="00322038"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="003564D6"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00366545"/>
     <w:rsid w:val="0037198C"/>
-    <w:rsid w:val="003735D5"/>
     <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373B37"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
-    <w:rsid w:val="003B2299"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
-    <w:rsid w:val="003C1868"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003D3652"/>
     <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D407C"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F669E"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="004023EC"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00405406"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00423E96"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="00427D5D"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00463794"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A019E"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D5748"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E14AA"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
-    <w:rsid w:val="004F40B8"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005069F6"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="0051667A"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552535"/>
+    <w:rsid w:val="005453BD"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00575807"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00590BAF"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005A7DEE"/>
+    <w:rsid w:val="005B0E72"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C74AE"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F51B6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
-    <w:rsid w:val="00641CE0"/>
+    <w:rsid w:val="00642A6F"/>
     <w:rsid w:val="0064541A"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="00654040"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00662336"/>
     <w:rsid w:val="00663A43"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C208E"/>
     <w:rsid w:val="006C3571"/>
-    <w:rsid w:val="006D0F7D"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
-    <w:rsid w:val="006E689E"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00712A24"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007643BD"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
-    <w:rsid w:val="00782E85"/>
     <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="0078539B"/>
     <w:rsid w:val="00790B31"/>
-    <w:rsid w:val="007921C8"/>
-    <w:rsid w:val="007936CE"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
-    <w:rsid w:val="007A4A53"/>
+    <w:rsid w:val="007A4FAB"/>
     <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007A7BB0"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B5024"/>
     <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C43C6"/>
-    <w:rsid w:val="007D55DF"/>
+    <w:rsid w:val="007C3E18"/>
     <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007D7D1D"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
-    <w:rsid w:val="008211E1"/>
     <w:rsid w:val="00821210"/>
-    <w:rsid w:val="00822590"/>
     <w:rsid w:val="00822C55"/>
-    <w:rsid w:val="00836766"/>
+    <w:rsid w:val="00825EAC"/>
+    <w:rsid w:val="0082736E"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="008549CB"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00857E40"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886637"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008967BA"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
-    <w:rsid w:val="008B72D0"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
-    <w:rsid w:val="008D66DA"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E5958"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="009024DA"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00907D1E"/>
-    <w:rsid w:val="009123EE"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
-    <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00934705"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00950F37"/>
     <w:rsid w:val="00954670"/>
-    <w:rsid w:val="00957CB8"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
-    <w:rsid w:val="009954E1"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009A78AC"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
-    <w:rsid w:val="009C0668"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E17AF"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
-    <w:rsid w:val="009F77F6"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A26E86"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4616B"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A52819"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A559D1"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7511A"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AB4907"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD497F"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE2C0F"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE4FC7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF788F"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B10582"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B34253"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
-    <w:rsid w:val="00B45C50"/>
+    <w:rsid w:val="00B44934"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B71E74"/>
+    <w:rsid w:val="00B63374"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA2AF1"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB6449"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC7640"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BD50AA"/>
+    <w:rsid w:val="00BD693A"/>
+    <w:rsid w:val="00BD7B16"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C161AE"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C2549F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
-    <w:rsid w:val="00C66DCB"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C70A24"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
-    <w:rsid w:val="00C86A97"/>
+    <w:rsid w:val="00C82B7C"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CA36B2"/>
+    <w:rsid w:val="00CB2DF5"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
-    <w:rsid w:val="00CC4217"/>
+    <w:rsid w:val="00CC327F"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE224D"/>
+    <w:rsid w:val="00CE2F89"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D07366"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
-    <w:rsid w:val="00D47A78"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D53FCE"/>
     <w:rsid w:val="00D54740"/>
-    <w:rsid w:val="00D55AEB"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D71532"/>
+    <w:rsid w:val="00D74D43"/>
+    <w:rsid w:val="00D84C6E"/>
     <w:rsid w:val="00D8716B"/>
-    <w:rsid w:val="00D91271"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D93446"/>
+    <w:rsid w:val="00D91C6B"/>
     <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00D97F26"/>
+    <w:rsid w:val="00DA14B3"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DA569D"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E33931"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
-    <w:rsid w:val="00E5108D"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
-    <w:rsid w:val="00E74901"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E92E6D"/>
-    <w:rsid w:val="00E96367"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EC007E"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F10F92"/>
+    <w:rsid w:val="00F06293"/>
+    <w:rsid w:val="00F07C85"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F20EA7"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F32C3E"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F504F9"/>
-    <w:rsid w:val="00F53841"/>
+    <w:rsid w:val="00F54344"/>
     <w:rsid w:val="00F54B50"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72117"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00F8552E"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC2F63"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD0AF2"/>
     <w:rsid w:val="00FE1190"/>
-    <w:rsid w:val="00FE320D"/>
+    <w:rsid w:val="00FF111B"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="13314"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -21950,59 +9795,59 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AD497F"/>
+    <w:rsid w:val="0064541A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
@@ -22165,79 +10010,76 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005069F6"/>
+    <w:rsid w:val="00A559D1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00654040"/>
+    <w:rsid w:val="00CC327F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007921C8"/>
+    <w:rsid w:val="009024DA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
@@ -22554,207 +10396,208 @@
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
     <w:name w:val="Font Style16"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle1212">
     <w:name w:val="Стиль Font Style12 + 12 пт не полужирный не курсив"/>
     <w:rsid w:val="00BD50AA"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="31267977">
+    <w:div w:id="110707149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="60904893">
+    <w:div w:id="284385645">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="953249665">
+    <w:div w:id="646127558">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="649792773">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1857845626">
+    <w:div w:id="1622616062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1983582154">
+    <w:div w:id="1628393107">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2066682383">
+    <w:div w:id="1823891178">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2135253245">
+    <w:div w:id="1842113553">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23005,78 +10848,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81B5FE2F-1A90-4BFC-93CA-6692005A3808}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7755A866-8E05-44AA-A560-12447A49831C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10715</Characters>
+  <Pages>8</Pages>
+  <Words>1936</Words>
+  <Characters>11040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
+  <Lines>92</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12569</CharactersWithSpaces>
+  <CharactersWithSpaces>12951</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>