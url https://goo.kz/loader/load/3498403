--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,6222 +1,7270 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="65BB2579" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w14:paraId="266A606C" w14:textId="56DEA2A5" w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="007706DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К.Макпалеев атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="57996D18" w14:textId="2B468105" w:rsidR="00A40329" w:rsidRPr="006B64EB" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="5A01E3E7" w14:textId="26C8589A" w:rsidR="00D70D9E" w:rsidRPr="002418B6" w:rsidRDefault="002418B6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>имени К.Макпалеева</w:t>
+        <w:t>орыс</w:t>
       </w:r>
-      <w:r w:rsidR="007E3D91" w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="002743D5" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007E3D91" w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...25 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>с русским</w:t>
+        <w:t>тіл</w:t>
       </w:r>
-      <w:r w:rsidR="007E3D91" w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00A86EE1" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...16 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>ін</w:t>
       </w:r>
-      <w:r w:rsidR="007E3D91" w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ой</w:t>
+        <w:t xml:space="preserve">де оқытатын </w:t>
       </w:r>
-      <w:r w:rsidR="007E3D91" w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="002743D5" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и</w:t>
+        <w:t>математика</w:t>
       </w:r>
-      <w:r w:rsidRPr="006B64EB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D0289D" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пәнінің</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="002418B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FB1F44" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w14:paraId="759A0955" w14:textId="5515C0D5" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="002743D5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0081798E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009F0DBB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002743D5" w:rsidRPr="002743D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...2485 lines deleted...]
-    <w:p w14:paraId="2B9C5F05" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="316502FB" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...86 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="504"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4267"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0034744D" w14:paraId="59914169" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00891482" w:rsidRPr="0060088A" w14:paraId="2F97DD79" w14:textId="77777777" w:rsidTr="001C148F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B302FD4" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A786EC" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FEFDA55" w14:textId="0B8B18A4" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="007706DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К.Макпалеев атындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="6C0FFDF1" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="453"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="701848B1" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA9910E" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A2EAF82" w14:textId="2C963D22" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidR="007706DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="007706DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Гагарин</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі, </w:t>
+            </w:r>
+            <w:r w:rsidR="007706DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="6357FD6A" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="328"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8E0029" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA8F73E" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2321D0E7" w14:textId="45E9C110" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidR="007706DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00891482" w:rsidRPr="001F4BA9" w14:paraId="1CDD9950" w14:textId="77777777" w:rsidTr="001C148F">
+        <w:trPr>
+          <w:trHeight w:val="203"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="41A1C0FF" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7575C948" w14:textId="77777777" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42B7B668" w14:textId="33A06EA3" w:rsidR="00891482" w:rsidRPr="001F4BA9" w:rsidRDefault="00891482" w:rsidP="00891482">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Sosh4@goo.edu.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="0060088A" w14:paraId="4A9603F1" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="570"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4F4A41" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E0A8A9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB3176A" w14:textId="5F1EA9BE" w:rsidR="008E7665" w:rsidRPr="002418B6" w:rsidRDefault="002418B6" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidR="00891482" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ін</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">де оқытатын </w:t>
+            </w:r>
+            <w:r w:rsidR="00891482" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D0289D" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәнінің</w:t>
+            </w:r>
+            <w:r w:rsidR="002743D5" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="002418B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>16 сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="0060088A" w14:paraId="754AD856" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="825"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7822047F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C137512" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="217F13F9" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="232E0888" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="380A116A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="0833963F" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="638"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="535A4A5C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E393A6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA4142F" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A7107D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">129 258,89 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3054D6" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">159 626,94 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="0060088A" w14:paraId="53C49C1A" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17B625" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB37951" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3641E408" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D5C4F3" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF16109" w14:textId="77777777" w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56249067" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="129EF39B" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A585BC" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4108538A" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7779B197" w14:textId="53DDE5CC" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="0081798E" w:rsidP="00834BCF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="008C48C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="0060088A" w14:paraId="12661C45" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76F43D9F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12ED056F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29F632CA" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65074373" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B38B56" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5460D" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="088D121B" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26FC3DD2" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35DC7AFB" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6666B2EB" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CEAC302" w14:textId="77777777" w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2547CAD7" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E3D6CE7" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00630AA8" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2587A8BF" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60615E28" w14:textId="77777777" w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w14:paraId="6700DF7C" w14:textId="77777777" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72574094" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="185572D7" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21236C5D" w14:textId="15C95C21" w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B475E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="278A7EA0" w14:textId="77777777" w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07288D28" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B159386" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4356755E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED2CCF2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2278444E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B385742" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40A3F63D" w14:textId="77777777" w:rsidR="00352267" w:rsidRPr="001F4BA9" w:rsidRDefault="00352267" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39BBE085" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A10F80" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78DCA2C0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="435C8654" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F9A119E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A2B0B7" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50623FE9" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="643AA8E8" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="396EAF43" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66467527" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380954E0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5909EAF1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C870A06" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1398664B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5899041E" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013FC792" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D7E942" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241C4BD1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C9550CD" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3749AFB0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E5C1B0" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2944531B" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D35084D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368C557A" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B80B8D" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9FFF14" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6809A0D1" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546B6A2F" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D591A4C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E52C1CF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының Камал Макпалеев атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E1E0C4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік және орыс тілдерінде оқытатын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">басшының оқу ісі жөніндегі орынбасары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F788C61" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="560E8051" w14:textId="77777777" w:rsidTr="00352267">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36B4C92B" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5EAE4286" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50965089" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5E3AEDFD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="319C7069" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="15C8DE8D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Камала Макпалеева города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласының Камал Макпалеев атындағы жалпы орта білім беру мектебі»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="7C4383EC" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="1E839896" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34874E1C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="055D8D01" w14:textId="77777777" w:rsidR="00352267" w:rsidRPr="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45CC5067" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="70F71037" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Адрес</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A355D27" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5135F84E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>140013, Республика Казахстан, Павлодарская область,   город Павлодар, улица Гагарина, 58</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140013, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Гагарин к., 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="4E341022" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="43C02134" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4528DE02" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="39817A93" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BD9D482" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="37482934" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Телефон</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EBA5AA3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="66617486" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 22-22-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="5786B2FB" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="55DBD49A" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E5BB800" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3CC6B0A4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5FAEB50F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2D735ADF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Эл.почта</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C64F137" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3D71E7F1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="none"/>
               </w:rPr>
               <w:t>osh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="none"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="none"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="59905CF5" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="4BD67250" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="658D2584" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6D77FFCB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72E52D17" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2F9D0582" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CFFBA06" w14:textId="7BB64704" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="35E92252" w14:textId="00E40469" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00D22CA4">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшының оқу ісі жөніндегі орынбасары, </w:t>
+            </w:r>
+            <w:r w:rsidR="0060088A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-              <w:t>и</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүктеме;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="08727B65" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="1FC0390E" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="124B089C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7CEC4EAF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="639607D6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="109397CC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Основные функциональные обязанности</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DB77B4E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="09332948" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Заместитель директора по учебной работе выполняет:</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="53021BA7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>Басшының оқу ісі жөніндегі орынбасары міндеттерді жүзеге асырады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC35D2A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- организует учебный процесс, текущее планирование деятельности образовательной организации;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="12EBB7FA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- оқу-тәрбие процесін, білім беру ұйымының қызметін ағымдағы жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03D9DBF8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- анализирует состояние учебного процесса, научно-методического и социально-психологического обеспечения;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="77FDB148" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- оқу-тәрбие процесінің, ғылыми-әдістемелік және әлеуметтік-психологиялық қамтамасыз етудің жай-күйін талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D8660D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- координирует работу педагогов по выполнению государственного стандарта, планов и программ учебной работы;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5A871196" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- мемлекеттік стандарттың, оқу жұмыс жоспарлары мен бағдарламаларының орындалуы, сондай-ақ құжаттаманың әзірленуі бойынша педагогтердің жұмысын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CFD9F7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечивает тематический контроль знаний по предметам;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ABAA035" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- педагогтердің қысқа мерзімді жоспарларын тексереді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E99904" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- следит за учебной нагрузкой , составляет расписание учебных занятий, курсов и уроков вариативной части учебного плана работы;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="34A0B645" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- пәндер бойынша білімді тақырыптық бақылауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A028CF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- организует участие учащихся и педагогов в олимпиадах, конкурсах, соревнованиях;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="147D4491" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- білім алушылардың оқу жүктемесіне бақылауды жүзеге асырады, оқу сабақтарының, курстардың және оқу жұмыс жоспарының вариативтік компонентінің сабақтарының кестесін жасайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="364A7EDE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- координирует работу службы психолого-педагогического сопровождения обучающихся с особыми образовательными потребностями;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="24BC3DCD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- білім алушылар мен педагогтердің олимпиадаларға, конкурстарға, жарыстарға қатысуын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F1D32D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- координирует предметно-методические объединения и экспериментальную работу образовательной организации, обеспечивает научно-методическую и социально-психологическую работу и ее анализ;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="649BB41E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- ерекше білім беру қажеттіліктері бар білім алушыларды психологиялық-педагогикалық қолдау қызметінің жұмысын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="723F5EF4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- собирает и принимает меры по распространению эффективного опыта педагогов;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4459CA26" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- білім беру ұйымының пәндік әдістемелік бірлестіктері мен эксперименттік жұмысын үйлестіруді жүзеге асырады, ғылыми-әдістемелік және әлеуметтік-психологиялық жұмысты және оны талдауды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="042AAF47" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- организует работу по наставничеству, повышению квалификации и присвоению (подтверждению) квалификационных категорий;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43ACF92F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- педагогтердің тиімді тәжірибесін тарату бойынша шараларды жинақтайды және қабылдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7492FB59" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- планирует и предлагает работу по оснащению учебных лабораторий и кабинетов современным оборудованием, наглядными пособиями и техническими средствами обучения, осуществляет подбор альтернативных учебников совместно с учителями-предметниками, ведет работу по применению  учебно-методических комплексов, в том числе электронные учебники и цифровые ресурсы ;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5DE050B2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>-  тәлімгерлік, біліктілікті арттыру және біліктілік санаттарын беру (растау) жөніндегі жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C18D40" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> организует работу по  пополнению кабинетов и библиотеки учебно-методической и художественной литературой;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0184A797" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- оқу зертханалары мен кабинеттерін қазіргі заманғы жабдықтармен, көрнекі құралдармен және оқытудың техникалық құралдарымен жарақтандыру бойынша жұмысты жоспарлайды және ұсыныс енгізеді, пән мұғалімдерімен бірлесіп баламалы оқулықтарды таңдауды жүзеге асырады, оқулықтар мен оқу-әдістемелік кешендерді, оның ішінде электрондық оқулықтар мен цифрлық ресурстарды сатып алуға, әдістемелік кабинеттер мен кітапханаларды оқу-әдістемелік және көркем әдебиеттермен толықтыруға өтінім ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D54BD46" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- ежегодно подает заявку на пополнение библиотечного фонда литературой;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t xml:space="preserve">- жыл сайын кітапхана қорын әдебиеттермен толықтыруға </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>өтінім береді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EDE4EC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>- оқу-тәрбие процесінде пайдаланылатын жабдықтардың, аспаптардың, техникалық және көрнекі құралдардың қауіпсіздігін қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F73F7F2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечивает качественное и своевременное создание установленной учетной документации и анализирует уроки учителей, обеспечивая обратную связь;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>- белгіленген есептік құжаттаманы сапалы және уақтылы жасауды қамтамасыз етеді және кері байланысты ұсына отырып, педагогтердің сабақтарын талдайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EFBB9F4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- проводит методические часы, обучающие семинары, тренинги по совершенствованию учебного процесса;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>- оқу процесін жетілдіру бойынша әдістемелік сағаттар, оқыту семинарлары, тренингтер өткізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A19CAF0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- подготавливает повестку дня и материалы педагогических советов;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="137BC652" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- педагогикалық кеңестердің күн тәртібі мен материалдарын дайындайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A8B386C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- білім алушылар, тәрбиеленушілер, педагогтар және басқа да қызметкерлер арасында сыбайлас жемқорлыққа қарсы мәдениетті, академиялық адалдық қағидаттарын бойына сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A005BE8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E73E6D9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>      Білуге тиіс:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AD2907F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Должен знать:</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>      -Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z1" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Конституциясы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>, Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Кодексі</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- Конституция Республики Казахстан, Трудовой кодекс Республики Казахстан, Законы Республики Казахстан «Об образовании», «О статусе педагога», «О противодействии коррупции», «О языке в Республики Казахстан» и другие законы, определяющие направления и перспективы развития образования, нормативные правовые акты;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>, Қазақстан Республикасының "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:anchor="z1" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Білім туралы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:anchor="z22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Педагог мәртебесі туралы</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- основы педагогики и психологии;</w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:anchor="z1" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Сыбайлас жемқорлыққа қарсы іс-қимыл туралы</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:anchor="z2" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                  <w:u w:val="none"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>Қазақстан Республикасындағы тіл туралы</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- государственный стандарт обязательного образования, типовые учебные планы, типовые учебные планы, достижения педагогической науки и практики;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="740E1A71" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>" Заңдары және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын өзге де нормативтік құқықтық актілер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFE4156" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- нормы педагогической этики;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5C19477A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- педагогика және психология негіздері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="771D5AFA" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- основы управления, финансово-хозяйственной деятельности;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50D7F8D9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t>- мемлекеттік жалпыға міндетті білім беру стандарты, үлгілік оқу бағдарламалары, үлгілік оқу жоспарлары, педагогикалық ғылым мен практиканың жетістіктері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C3827C0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- принципы безопасности и охраны труда, пожарной безопасности, санитарные принципы и нормы.</w:t>
+              <w:t>- педагогикалық этиканың нормалары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5159BF33" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- менеджмент, қаржы-шаруашылық қызмет негіздері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B08E82E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- еңбек қауіпсіздігі және еңбекті қорғау, өртке қарсы қорғау қағидалары, санитариялық қағидалар мен нормалар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="648CB059" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="2BA4A6DB" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF48E03" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2C5989CE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02F8C509" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="020874C3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Размер и условия оплаты труда</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CABA9BC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="197416E9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оплата в соответствии со стажем работы и квалификационной категорией,</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="009B655F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159FB9B9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Высшее образование (min): 168000 теңге.</w:t>
+              <w:t>жоғары білім (min): 168000 теңге.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="6218BBDA" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="410E36E2" w14:textId="77777777" w:rsidTr="00352267">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04562113" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="66A1DF52" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="773F9391" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6B013CBB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="5D0D0E52" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2983BA03" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58EB4850" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3D83C41B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="55420DD0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе педагогикалық қайта даярлау немесе кәсіптік педагогикалық білімі болуы тиіс, еңбек өтілі 5 жылдан кем емес ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0307106F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="28"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="28"/>
-[...10 lines deleted...]
-              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="7226973D" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="6BE772A0" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69EB8B7C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="595C5DA9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C530677" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4781F9E8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="682BC4B7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="605D0721" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13.09-22.09.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="7B19323F" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="1A248C75" w14:textId="77777777" w:rsidTr="00352267">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D84FB8A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="292544B6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01B2CB0F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="15C9B2D7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43249D78" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="75DEA8D6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">1) </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>заявление</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6EB9E613" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A000590" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>2) документ,</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6CBC63CE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE24DD6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>3) заполненный</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="124DCE40" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD0F392" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">4) </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>копии документов об образовании</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">білімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...6 lines deleted...]
-          <w:p w14:paraId="4DEE1CD4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741CE002" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>5)  копию документа, подтверждающую</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="42D4D7F8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12CAA0DE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">6) </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7A6E0E98" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028A2D1C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>) справку</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...19 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B32E4B0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="09F13117" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>справку с наркологической организации</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A7C1D5D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="04F4EF64" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">9) </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>сертификат Национального квалификационного тестирования</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ұлттық біліктілік тестілеу сертификаты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>удостоверение о наличии квалификационной категории</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="267F4224" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439083FE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...2 lines deleted...]
-              <w:t>10) заполненный</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="010DDD9C" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="6DF945E1" w14:textId="77777777" w:rsidTr="00352267">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10A98C8E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="072D27A5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2718" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5381EC31" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6A568ED3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Срок временно вакантной должности</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A4EEE04" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="15B22319" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="2F0FC234" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="7256F940" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5644" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BFB4819" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
-[...89 lines deleted...]
-          <w:p w14:paraId="5DD01098" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0EFAB3BD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:pStyle w:val="ab"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...24 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="ru-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4267" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4263BE42" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="42CE1BD2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="780E3009" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5355C6EC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CBD3D1A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22DDE178" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="351F75F6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12FD2F25" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16064A94" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A67C2B8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49A5D41A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79C6B951" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57C04A64" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F2C2D0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A2848EE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6682A21C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C91E93C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44AD6D33" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C432587" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47038A61" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DE07903" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="578F56C2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31003542" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7007E437" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79CAF781" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A8614DC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04DB25A6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6640102B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42B92AAC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54A6D549" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F513254" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09048E12" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0ECAFBF1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C301742" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BF8F61F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1906F77A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B50D2AC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26AED1AD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BAE8E60" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1298B904" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07FE9484" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C94390F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D5DDB9F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44BF6789" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7DF3C783" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C39D724" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21FF3EF2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="581E8C99" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2704BCC0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BC9CC31" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07AB67B8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55B6B152" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CBD6876" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="0786D235" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="695D5041" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="5A3AE1C4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BDCC234" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="1FF403FB" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1310A5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="6F497D9C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="397255EB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...572 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0A9A1AEA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0DA50723" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55072FB4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0F0F78FF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBDE06D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="5FA199B7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>конкурс жариялаған мемлекеттік орган</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02577118" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="5592DB78" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9A61BC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="7DFA6A33" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A45619" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0AC91E0B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B87BDC0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="609234AE" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="718718DB" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="63FBE940" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D18CE8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="5230279F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10178A28" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="1C6CE3C4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="721BED41" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="186AAA5A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(нақты тұратын жері, тіркелген мекенжайы, байланыс телефоны)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3469D6D1" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4F15F17F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B62E1AC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="17DE74D3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B7863D7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4C347468" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="549B1F92" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="136284A3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
@@ -6227,580 +7275,580 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Мені </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E17169A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4587264C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36CB07BC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="6CD51D94" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25F47F74" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="46DCAD27" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(білім беру ұйымдарының атауы, мекенжайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCA5BE9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="1AEB8AB6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0134BA29" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="59351DEA" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED6796E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="65C983E1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FD5630" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="7ED541D3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65E063F3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="564B3BDB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C674C6C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="1F44124F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51EBC1B2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="117F1AB2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C72AA3F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="542FE8C4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0034744D" w14:paraId="1CCF3125" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="66338522" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35FA11E6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4D0199B1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="558D6451" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="51720A1E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C4E675F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1EFB138B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56E06939" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="21296B87" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A319502" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4D0EDE14" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B2E5DBE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4E6A7C68" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="00374609" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="199B5C53" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="539D1A3A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="61876402" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D040F57" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="221487D4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FCD6881" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="08ABA776" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="762EE5EA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3C440C5F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63867CD7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="78319E63" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39703F71" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="22962BAF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="223E932A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="7616ABD1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A0862D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="5ECA698F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A4856F9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="16407DE0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Педагогикалық</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6828,51 +7876,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143D5425" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4329B592" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Келесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6908,333 +7956,333 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:_________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FD1C013" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="3227688C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC247F4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="2CE299C7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444F5E8A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0C3235BF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33EABA90" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="7D449AAD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F03E567" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4BEEEB30" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63847802" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="27C17285" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFCCB87" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4353293D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C18DBF9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="6861E997" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40BBC8E2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0F4B3D4B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F164F61" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="547B2E40" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Cондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F02ECE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="14AA3C72" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A406456" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="61DDAA2B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5356065E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="0FD61BC6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263F16CC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="23F440D7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D5A50FF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="6C683DA3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CE22C03" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="761185A1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>20____</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">_ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7279,304 +8327,303 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>олы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BBF6614" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="19407597" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38BBD1D3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="58EBDE52" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
         <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0034744D" w14:paraId="3D8CD5C4" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="7FDAA186" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="186D6D36" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6BBCE008" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39037720" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="47EB707E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4217" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54FDDD8A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2E4766AB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A28EBF3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="043A803F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ірінші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EF08391" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5356A75C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BF45E04" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3E5F5049" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 11-қосымша</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18C7A189" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6997CE85" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EF1A79A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="01739063" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77B7B242" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="4976DF6F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Педагогтің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бос</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
@@ -7699,51 +8746,51 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3E7CB8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="70668B60" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -7816,232 +8863,232 @@
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>жағдайда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41438AAA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="28FDD651" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10110" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="467"/>
         <w:gridCol w:w="1702"/>
         <w:gridCol w:w="1986"/>
         <w:gridCol w:w="4963"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0034744D" w14:paraId="43E9324E" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="3B14586E" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="572B8435" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2D139F65" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B7BC709" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="64D6A17B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="168F7FAF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="18FDE9F1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Растайтын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A222721" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6004787F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Балл саны</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -8050,1757 +9097,1757 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B43EC90" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="268F97F3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67D72667" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6DC509C2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Баға </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="74594777" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="6255A764" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="643BC1F6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="16913EAB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="638CDC39" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5D1DDD44" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DE95917" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5DBE6DEA" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C0B8DC9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6D8B9FA5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Техникалық және кәсіптік = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="124B4E56" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="20785D87" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары күндізгі = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E08E586" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="44A8BCC4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары сырттай / қашықтықтан оқыту = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="665A2CEE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="185E71F0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>жоғары білім туралы үздік диплом = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C7A8BFE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7A45C9A5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="49BCEB4D" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="345F3AA2" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="952"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2017A947" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0B038943" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46C5C4CF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="21B59254" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылыми/ академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C1C25FF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4DBB62D4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білімі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EEA7796" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="28CB2F57" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13FA8811" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="15E3EBA8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PHD-докторы = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D42AE19" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="63D457B5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым докторы = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="521DB838" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6435A620" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ғылым кандидаты = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59310C97" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7932FEA0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="70B9BC27" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="19DDBBC6" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9BB8C5" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="44593217" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="440C4890" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2CE38302" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2648A4D7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2F25B7B9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұлттық біліктілік тестілеуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BE88E7E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5505FF6F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33AF4F11" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="62252D3F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67790A1A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4745C79E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="298579DD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5B07CA4B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00A0D4C7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="54E88D8A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70-ке дейін = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="350F8054" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="788ACF5B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80-ге дейін = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EBAEC89" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0041C94D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90-ға дейін = 6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="541116D4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="76D45088" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EA5970D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4A226F23" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21A08938" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="260E7200" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50-ге дейін = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26BCE55D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="13382D24" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60-қа дейін = 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37B7E738" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6D2867F6" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70-ке дейін = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="252E1F4B" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="422936D0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="757352D0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="42289983" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Педагог-модератор» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="643CFC35" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2A96092A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12A466D5" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="58EA4A2D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін = 0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4809AA3B" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2F2C89D9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="35D483C2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5AB11A14" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34CF79A7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="57425FB5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-ден 90 балға дейін=7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="167ABCC9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="285E98EB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DA91893" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="501D3401" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B20AA06" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0B60F2E4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50 балға дейін=2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F27944E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2152D737" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C712BEE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="02173047" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CAF4120" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4EA3B85B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A621F40" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="79E46D79" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-сарапшы» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71559DAF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4B48B9CF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C8F2EB1" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="400D27F8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BFF40B4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="53C332E7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A61EB5F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0284B1A5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="098F54E9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="379FC5BB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90 балға дейін=8 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AB9275D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="07717905" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C2807E2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="273C7661" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C32E8F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="55963E9B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40-тан 50 балға дейін=3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38DE0C66" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7FEC9234" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="398E86FD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="31B1C330" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BDD5AE6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0B99CA4E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="65F4EBDD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="25F2B8DA" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«Педагог-зерттеуші» біліктілік санатымен</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="000973FA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6BAA449B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05B2E683" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7E16DE19" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B41D4E8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4E536595" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін- 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67919AF2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="706CF2BF" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>70-тен 80 балға дейін=8 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F2154C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1EA97FA0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90 балға дейін=9 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D27E736" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6791E8E0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістеме және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7EDE0451" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="639FCBB7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40 балға дейін=0 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26588174" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="04570C5E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 - тан 50 балға дейін=4 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C6AF384" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1A82204F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>50-ден 60 балға дейін=5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E0CE785" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0D1E25FB" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>60-тан 70 балға дейін=6 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="701AA79D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="58A3D943" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="499D2B1E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="20D2B955" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -9810,264 +10857,265 @@
               </w:rPr>
               <w:t>Педагог-шебер» біліктілік санатымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D8C0C1F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4F1CAB20" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="523D924C" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="47AC4BF6" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20741B88" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6A7969E7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2150F185" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4EE0ADFD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Біліктілігі/ Санаты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="394E4F3D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1C7FB268" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Куәлік, өзге де құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C429B6C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="69EBFE0B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 санат-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="725143EA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1D7DEA07" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 санат -</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32A7655D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="0287D5F4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жоғары санатты</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -10081,51 +11129,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AE87647" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3027A917" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
@@ -10139,2397 +11187,2402 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="230E654D" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7C8E9AB7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-сарапшы = 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A50F6D6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="05D25AA4" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог- зерттеуші = 7 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F1A74F8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="71EBF84D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05060013" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="04A1A10E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="4F2C979E" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="59956634" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F224CB2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="37EAE6D9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01E50F67" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="49A6DB70" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B8C8183" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="213D31E7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6851670A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="43B03911" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 жылдан 3 жылға дейін = 1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15EAE36C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5A8A2C52" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F235237" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="01D33C41" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 жылдан 10 жылға дейін = 2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3915F9B9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1FBB43C3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10 жылдан және одан артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B19FDDC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6E234184" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="5F5AC1E1" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="756560AC" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CC1792A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="537EBF77" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25522843" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="40842B9F" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF4A4F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="298A421D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Еңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2032ACD7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="381713B9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>әдіскер= 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="531D7C69" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="685C7B18" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор орынбасары= 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D3AACDA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3EEB2E39" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F05DF78" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5F5906C3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="1727592A" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="3A5E219D" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37CCB2ED" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4D3A8DA9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42F8EDF0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5A596AE1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62CCE0BC" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="33661574" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Білім туралы дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68D67040" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6E51C334" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="059D2CEE" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="51BA8758" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«өте жақсы» = 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79D16C97" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7BE712B5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="723FDDA8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6AC59E7D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="06BE239A" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="4BB00985" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B945FB9" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="483C55C8" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66291046" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4DB3BA03" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="506245FD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="02F3F590" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6523DEB6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="64203B13" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C23EA39" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="438736B9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78DD5B14" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="354B3A7D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EFC0E51" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="220F9ABD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="1E53D145" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="6990A044" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47688D2F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3B6A0A62" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10FD0D6F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6E1D2DFC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56F90821" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="707A1B53" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AB9CBA8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="177725E2" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34C6B490" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="50F503C7" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- мемлекеттік награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4609CB8F" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="629EB75E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00D2FF3A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="7DED7553" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ғылыми жобалар-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3995F21E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="19BAEBBD" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>олимпиадалар мен конкурстардың жүлдегерлері - 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48763C85" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="32F26B6E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Үздік педагог» конкурсының қатысушысы-1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7AFC9487" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="19103687" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«Үздік педагог» конкурсының жүлдегері – 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="46DAF38E" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1E088B2C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>медаль «Қазақстанның еңбек сіңірген ұстазы» – 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58BE79CF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="48CFDE51" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="2A592F90" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w:rsidRPr="0060088A" w14:paraId="54492D2F" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="108FFA18" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="6C613E8C" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E7A1CC4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="69A965A3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Әдістемелік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DAE984B" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="22AD03E5" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E155049" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="627B2E53" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32B5CE99" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2AAD0098" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03C38167" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="49FC83E9" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы – 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E47FA45" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="775D606D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="07BE929B" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="2B830B23" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A8282F3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="16573A05" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BE683BD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2B599268" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Қоғамдық-педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1558ACE0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="2652694A" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- көшбасшылық</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05ECBE3B" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="429DF6A0" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- көптілділікті жүзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664AA164" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="410B418D" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Тәлімгер - 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="581E6FDD" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="67DE8780" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ӘБ жетекшілігі -1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22B658C3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5F012C10" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="487804C2" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4B045799" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5B711A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="00A1771B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="320EB821" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4D62F736" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79BAA0FA" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="68B2B97E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="6EEEEA7F" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="17C6635C" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="350AFA7C" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5D4F1AED" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0138270A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="3EC8CE70" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="623E62C1" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="38A47E72" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- пәндік дайындық сертификаттары;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E5F61D4" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1993BA80" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- цифрлық сауаттылық сертификаты,</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C38CD8A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5366873B" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ҚАЗТЕСТ, IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A322AEF" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="1F5ECE42" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61A5D9C8" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="131B7C11" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Goethe Zertifikat, «Python-да бағдарламалау негіздері», «Microsoft-пен жұмыс істеуді оқыту» бағдарламалары бойынша оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A0A805" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="20735399" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>НЗМ ПШО, «Өрлеу» курстары</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 0,5 балл</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="585AA3E7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="035AC9A3" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="284EB7D3" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="4CF61668" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0034744D" w14:paraId="1548AA12" w14:textId="77777777" w:rsidTr="0034744D">
+      <w:tr w:rsidR="00352267" w14:paraId="3EBB84F4" w14:textId="77777777" w:rsidTr="00352267">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4153" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EA709F6" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="30DE7027" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49361E13" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="608156B1" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>Максималды балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C2C9479" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D">
+          <w:p w14:paraId="5CE7ABED" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FB12C4A" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="3AE86706" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AFCCBC0" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="00C5179E" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F217FC7" w14:textId="77777777" w:rsidR="0034744D" w:rsidRDefault="0034744D" w:rsidP="0034744D">
+    <w:p w14:paraId="2427B1FC" w14:textId="77777777" w:rsidR="00352267" w:rsidRDefault="00352267" w:rsidP="00352267">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CE9FB99" w14:textId="77777777" w:rsidR="0034744D" w:rsidRPr="001F4BA9" w:rsidRDefault="0034744D" w:rsidP="001F4BA9">
+    <w:p w14:paraId="65BB2579" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...2 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0034744D" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -13200,107 +14253,106 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1270699927">
+  <w:num w:numId="1" w16cid:durableId="338625149">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1611012995">
+  <w:num w:numId="2" w16cid:durableId="1747074936">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="384068453">
+  <w:num w:numId="3" w16cid:durableId="571433367">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="266809622">
+  <w:num w:numId="4" w16cid:durableId="2112818850">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1834176672">
+  <w:num w:numId="5" w16cid:durableId="1730885555">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="507866225">
+  <w:num w:numId="6" w16cid:durableId="1628195028">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="148"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
-    <w:rsid w:val="000A1CD4"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
@@ -13320,129 +14372,130 @@
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="002418B6"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00252733"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="002743D5"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032463A"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="0034744D"/>
+    <w:rsid w:val="00352267"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
-    <w:rsid w:val="00393532"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
-    <w:rsid w:val="003C7918"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
@@ -13468,174 +14521,174 @@
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
-    <w:rsid w:val="005618D3"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="0060088A"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006142DC"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B64EB"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="006F7F9A"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007706DE"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00794E18"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007E3D91"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="0081798E"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
-    <w:rsid w:val="008374DB"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00871A01"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891482"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C48C3"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
@@ -13661,76 +14714,76 @@
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F0DBB"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
-    <w:rsid w:val="00A627D8"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
@@ -13780,121 +14833,120 @@
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D0289D"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D166E0"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
-    <w:rsid w:val="00D22CA4"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DC7DEB"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
-    <w:rsid w:val="00E262BD"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA68F8"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
@@ -13930,51 +14982,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14D31F43"/>
-  <w15:docId w15:val="{58E42FAB-7207-45C3-9458-E2387379CC0D}"/>
+  <w15:docId w15:val="{7FAEFF31-E346-490B-B7E7-0F5E50676748}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14476,136 +15528,136 @@
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="ab"/>
     <w:locked/>
-    <w:rsid w:val="0034744D"/>
+    <w:rsid w:val="00352267"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="No Spacing"/>
     <w:link w:val="aa"/>
     <w:qFormat/>
-    <w:rsid w:val="0034744D"/>
+    <w:rsid w:val="00352267"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335617763">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="601953529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2099254920">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K1500000414" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/K950001000_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z970000151_" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14856,78 +15908,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F97C828-E80B-45F4-87BC-BFD65A521782}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEEC7C39-D0EA-4E5F-9B5C-3AA4F69F6EA1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2786</Words>
-  <Characters>15882</Characters>
+  <Words>2865</Words>
+  <Characters>16334</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>132</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>136</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18631</CharactersWithSpaces>
+  <CharactersWithSpaces>19161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>