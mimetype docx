--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -1,1050 +1,1978 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="69E5BAC8" w14:textId="61C84229" w:rsidR="00FF095C" w:rsidRDefault="00A13539" w:rsidP="00A13539">
+    <w:p w14:paraId="5743B9E0" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A13539">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0053063A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Информация по оказанию государстве</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F5903">
+        <w:t xml:space="preserve">2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>н</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A13539">
+        <w:t>жылға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>ных услуг КГУ «Средняя общеобразовательная школа №6 города Павлодара»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00722C72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> за 2023 год</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A13539">
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">" КММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0053063A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3B85B1" w14:textId="4A4900E9" w:rsidR="00D14C6D" w:rsidRPr="00C45903" w:rsidRDefault="00D14C6D" w:rsidP="00756DFB">
+    <w:p w14:paraId="5159F3E9" w14:textId="77777777" w:rsidR="0053063A" w:rsidRPr="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00756DFB">
-[...144 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5F849484" w14:textId="535D632F" w:rsidR="00D14C6D" w:rsidRPr="00C45903" w:rsidRDefault="009961C9" w:rsidP="00756DFB">
+    <w:p w14:paraId="5C3EAE4D" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45903">
-[...103 lines deleted...]
-        <w:t xml:space="preserve"> 5 услуг; через ЦОН – 3 услуги; через школу – 5 услуг.</w:t>
+      <w:r>
+        <w:t>1. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау"мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны – 155. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> сайты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> es.iac.kz -66 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> нұсқада-76 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>асырудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тартылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 13.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C427526" w14:textId="777A387C" w:rsidR="00756DFB" w:rsidRPr="00C45903" w:rsidRDefault="00756DFB" w:rsidP="00756DFB">
+    <w:p w14:paraId="6BB19756" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-[...6 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45903">
-[...69 lines deleted...]
-        <w:t>77.</w:t>
+      <w:r>
+        <w:t>2. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>телнұсқаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны-13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> сайты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> es.iac.kz – 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; ХҚКО </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> арқылы-5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C9533E9" w14:textId="44037C8C" w:rsidR="00756DFB" w:rsidRPr="00C45903" w:rsidRDefault="00756DFB" w:rsidP="00756DFB">
+    <w:p w14:paraId="1707B681" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="3"/>
-[...6 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...5 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45903">
-[...62 lines deleted...]
-        <w:t>» - 6, пришкольный лагерь – 27.</w:t>
+      <w:r>
+        <w:t>3. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектептердегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>санаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеңілдікпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тамақтандыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұсыну"мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны-77.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22F523EC" w14:textId="1E15E323" w:rsidR="00756DFB" w:rsidRDefault="00053FCD" w:rsidP="00756DFB">
+    <w:p w14:paraId="1DF13ADF" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45903">
-[...119 lines deleted...]
-        <w:t>15 услуг; в бумажном варианте – 5 услуг.</w:t>
+      <w:r>
+        <w:t>4. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мекемелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алушылары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тәрбиеленушілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жекелеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>санаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сыртындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жанындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>лагерьлерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>демалу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жолдамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру". 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны-33. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Балдәурен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>саяжай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>лагеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шығу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - 6, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жанындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>лагерьге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>шығу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> – 27.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F3565C" w14:textId="5CE1FDF3" w:rsidR="00C45903" w:rsidRPr="00C45903" w:rsidRDefault="00C45903" w:rsidP="009353F2">
+    <w:p w14:paraId="4A6C45D7" w14:textId="77777777" w:rsidR="0053063A" w:rsidRDefault="0053063A" w:rsidP="0053063A">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...5 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C45903">
-[...38 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>5. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұзақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>уақыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бастауыш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C45903">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> орта, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> бара </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>алмайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үйде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны – 20. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> сайты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>арқылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> egov.kz -15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қағаз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>нұсқасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> - 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...47 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="4FD9B8DE" w14:textId="36C0383A" w:rsidR="00F12C76" w:rsidRDefault="0053063A" w:rsidP="0053063A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Педагогтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аттестаттаудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>күнтізбелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> саны-8. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>жүйе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>электронды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>көрсетілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> eportfolio.kz -8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>қызмет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C45903" w:rsidRPr="00C45903">
-[...1 lines deleted...]
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="00F12C76" w:rsidSect="006C0B77">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005E02D6"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00FF095C"/>
+    <w:rsidRoot w:val="00950D09"/>
+    <w:rsid w:val="0053063A"/>
+    <w:rsid w:val="006C0B77"/>
+    <w:rsid w:val="008242FF"/>
+    <w:rsid w:val="00870751"/>
+    <w:rsid w:val="00922C48"/>
+    <w:rsid w:val="00950D09"/>
+    <w:rsid w:val="00B915B7"/>
+    <w:rsid w:val="00EA59DF"/>
+    <w:rsid w:val="00EE4070"/>
+    <w:rsid w:val="00F12C76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="61BF29F6"/>
-  <w15:docId w15:val="{AFA0DEA6-917D-4AFC-AD58-0CFE73202535}"/>
+  <w14:docId w14:val="0739CADC"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{1CBD701B-714A-4E1F-950C-48E4E2FA0192}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1390,256 +2318,181 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...6 lines deleted...]
-    <w:rsid w:val="00756DFB"/>
+    <w:rsid w:val="00B915B7"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-      <w:outlineLvl w:val="2"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="28"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...35 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1783,65 +2636,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>295</Words>
-  <Characters>1684</Characters>
+  <Words>322</Words>
+  <Characters>1837</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1976</CharactersWithSpaces>
+  <CharactersWithSpaces>2155</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>User</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>админ</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>