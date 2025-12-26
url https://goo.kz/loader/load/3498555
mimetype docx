--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,445 +1,296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2D50DB9E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="07EDC541" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара – Дошкольный экоцентр» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B4F07C" w14:textId="77777777" w:rsidR="003A406A" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>объявляет открытый конкурс на вакантн</w:t>
+      </w:r>
+      <w:r w:rsidR="003A406A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должност</w:t>
+      </w:r>
+      <w:r w:rsidR="003A406A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь инструктора</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="037A936B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="003A406A" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по физической культуре</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107613EA" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE6B9A6" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6CCD46" w14:textId="59126F92" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="001B71B1" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="0026082D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0026082D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B261DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г.  1</w:t>
+      </w:r>
+      <w:r w:rsidR="0026082D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15294" w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0BEA92" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...375 lines deleted...]
-        <w:t xml:space="preserve">; эл.почта: </w:t>
+        <w:t xml:space="preserve"> «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3, телефон 8 (7812) 63-23-46; эл.почта: </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
@@ -482,1484 +333,1252 @@
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB25301" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="3332AB59" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ясли-сад с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E433AC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="029F2C1F" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6C648C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5A2D0B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7EFC33" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549E1E72" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5102E729" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      должен отвечать общим требованиям, предъявляемым к квалификации «педагог»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="776AF160" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CBAD5C7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06A80E56" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783AA0F3" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3D94D1" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61831095" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C200B4D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="745E8DBE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A70AD21" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAEB59C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7A0DB7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровьесберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="216D22FD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет педагогический процесс в соответствии с требованиями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E400F9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30065216" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D87D2C1" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAD423A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D29EAF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261E83D5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает индивидуальный подход к каждому ребенку с особыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB43733" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB6A1E7" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386DF6DB" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA40486" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Внедряет концепцию «Образование, основанное на ценностях»; в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="484E8822" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C95925" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526D9D48" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5237BFE0" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Казахстан, законы Республики Казахстан «Об образовании»,  «О статусе педагога», «О противодействии коррупции» и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC8E3B8" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D4E08A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B6C7AE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341724DF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>среднее-специальное образование – 92695–103618 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EE3D80" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата воспитателя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBA4413" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшее образование – 98024–116872 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00D24806" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В течение 7 рабочих дней со дня опубликования объявления на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E21CDB9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="602748C5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+        <w:t>Прием документов на занятие вакантной должности осуществляет «Ясли - сад № 3 города  Павлодара -  Дошкольный экоцентр», улица Камзина 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11DDE6E3" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F15294">
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EF45AF" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E50F0AC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622DF17A" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1795C890" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683BFDB9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60819200" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CAE423" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) справку с психоневрологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339F0043" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) справку с наркологической;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D9D33E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) справка тубдиспансер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4089E79C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05872FB4" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6416">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>инструктора по физической культуре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3DD2AD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Услугодатель отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C7F8DD" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білім беруді растайтын құжат, жұмыс </w:t>
-[...416 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F15294">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации:         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A2EABC" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F15294">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7812) 63-23-46 ; </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...841 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...60 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>sad</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3@</w:t>
       </w:r>
@@ -2002,86 +1621,158 @@
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F15294">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Times New Roman"/>
           <w:color w:val="87898F"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F6581D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="43140DD5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73636E8E" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A9F1CA9" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="4895370B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="751B6E36" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="1F6D8BC5" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38600042" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+    <w:p w14:paraId="4897D830" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55F6BA85" w14:textId="77777777" w:rsidR="006E5142" w:rsidRDefault="006E5142"/>
-    <w:sectPr w:rsidR="006E5142">
+    <w:p w14:paraId="044D7831" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B089F9B" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04DFD2CE" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19A6E5FB" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D18A0D" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA9F395" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31F27352" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3EE29C" w14:textId="77777777" w:rsidR="00F15294" w:rsidRPr="00F15294" w:rsidRDefault="00F15294" w:rsidP="00F15294">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F15294" w:rsidRPr="00F15294">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2168,141 +1859,138 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5629" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6349" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7069" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="455565946">
+  <w:num w:numId="1" w16cid:durableId="2116560052">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008C63C6"/>
-    <w:rsid w:val="002B18F7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003C5979"/>
+    <w:rsid w:val="001B71B1"/>
+    <w:rsid w:val="0026082D"/>
+    <w:rsid w:val="003A406A"/>
     <w:rsid w:val="00531DCC"/>
-    <w:rsid w:val="00632D9A"/>
     <w:rsid w:val="006E5142"/>
     <w:rsid w:val="008C63C6"/>
-    <w:rsid w:val="008E40BD"/>
-    <w:rsid w:val="00934DAA"/>
     <w:rsid w:val="009916BD"/>
-    <w:rsid w:val="00B93C78"/>
+    <w:rsid w:val="00AD6416"/>
+    <w:rsid w:val="00B261DF"/>
     <w:rsid w:val="00C632D4"/>
-    <w:rsid w:val="00CC6BC1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D75BA4"/>
+    <w:rsid w:val="00C648FF"/>
+    <w:rsid w:val="00CD0D37"/>
+    <w:rsid w:val="00D402EC"/>
     <w:rsid w:val="00F15294"/>
-    <w:rsid w:val="00FB0066"/>
-    <w:rsid w:val="00FC780F"/>
+    <w:rsid w:val="00F16987"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3E87AFC8"/>
+  <w14:docId w14:val="7B245FFB"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5CB6D3C8-F453-4B59-9776-37EE7718115C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2711,50 +2399,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1833720887">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2985,70 +2674,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1088</Words>
-  <Characters>6208</Characters>
+  <Words>1099</Words>
+  <Characters>6268</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7282</CharactersWithSpaces>
+  <CharactersWithSpaces>7353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>