--- v0 (2025-12-05)
+++ v1 (2026-01-08)
@@ -41,899 +41,740 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="00BA65FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00104D48" w:rsidRPr="00F63418" w:rsidRDefault="00104D48" w:rsidP="00104D48">
+    <w:p w:rsidR="00B6329A" w:rsidRPr="00AE13EC" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-        <w:t>бойынша</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A51C6B" w:rsidRPr="00BA65FF" w:rsidRDefault="00A51C6B" w:rsidP="00A51C6B">
+    <w:p w:rsidR="005F39F6" w:rsidRPr="005F39F6" w:rsidRDefault="00B6329A" w:rsidP="005F39F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A51C6B">
-[...48 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на занятие вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidR="00492A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA65FF">
-[...7 lines deleted...]
-        <w:t>бос лауазымына тағайындау конкурсының нәтижесі</w:t>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(временно, на период отпуска основного работника по уходу за ребенком до </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>07</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A51C6B" w:rsidRPr="00A51C6B" w:rsidRDefault="00A51C6B" w:rsidP="00A51C6B">
+    <w:p w:rsidR="00424354" w:rsidRDefault="00B6329A" w:rsidP="005F39F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по КГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="00424354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424354" w:rsidRPr="00410D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» </w:t>
+      </w:r>
+      <w:r w:rsidR="00424354" w:rsidRPr="00410D4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6329A" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B6329A" w:rsidRPr="00AE13EC" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по</w:t>
+      </w:r>
+      <w:r w:rsidR="005F39F6" w:rsidRPr="005F39F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B938FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной работе </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AE2142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00424354">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AE2142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B6329A" w:rsidRPr="00AE13EC" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B6329A" w:rsidRPr="00AE13EC" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...218 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00424354" w:rsidRPr="004B244F" w:rsidRDefault="00424354" w:rsidP="00424354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Конкурстық комиссияның</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Секретарь </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424354" w:rsidRPr="004B244F" w:rsidRDefault="00424354" w:rsidP="00424354">
+    <w:p w:rsidR="00424354" w:rsidRDefault="00424354" w:rsidP="00424354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мукушева А.Н.</w:t>
+        <w:t xml:space="preserve">                                             Мукушева А.Н.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00424354" w:rsidRPr="00BA65FF" w:rsidRDefault="00424354" w:rsidP="00424354">
+    <w:p w:rsidR="00424354" w:rsidRDefault="00424354" w:rsidP="00424354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...22 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 жылғы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A51C6B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00424354" w:rsidRDefault="00424354" w:rsidP="00424354">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22 желтоқсан</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidR="00424354">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00424354" w:rsidRDefault="00B938FA" w:rsidP="00424354">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...335 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22  декабря</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00CC261E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424354" w:rsidRPr="00AE2142">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 года</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00B6329A" w:rsidRPr="004B244F" w:rsidRDefault="00B6329A" w:rsidP="00424354">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B6329A" w:rsidRPr="004B244F" w:rsidSect="004B244F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="5FE05354"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2AD8F37A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1010,94 +851,95 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="00104D48"/>
     <w:rsid w:val="00113FCF"/>
     <w:rsid w:val="00154C33"/>
     <w:rsid w:val="00260DF1"/>
     <w:rsid w:val="002C2C0F"/>
-    <w:rsid w:val="00336654"/>
-    <w:rsid w:val="003B1E6D"/>
     <w:rsid w:val="00404AFB"/>
     <w:rsid w:val="00410D4D"/>
     <w:rsid w:val="00422F1F"/>
     <w:rsid w:val="00424354"/>
+    <w:rsid w:val="00492A71"/>
     <w:rsid w:val="004B244F"/>
+    <w:rsid w:val="00563DA3"/>
     <w:rsid w:val="00570347"/>
+    <w:rsid w:val="005F39F6"/>
     <w:rsid w:val="0069685F"/>
     <w:rsid w:val="006F35B2"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00733598"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
     <w:rsid w:val="00833E3D"/>
+    <w:rsid w:val="00896347"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
-    <w:rsid w:val="00944C02"/>
     <w:rsid w:val="00967565"/>
+    <w:rsid w:val="009701F6"/>
     <w:rsid w:val="009D6FA9"/>
-    <w:rsid w:val="009E143E"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
     <w:rsid w:val="00A42D80"/>
-    <w:rsid w:val="00A51C6B"/>
     <w:rsid w:val="00AA268F"/>
-    <w:rsid w:val="00AD20A1"/>
     <w:rsid w:val="00AE2142"/>
-    <w:rsid w:val="00B17937"/>
     <w:rsid w:val="00B3099C"/>
     <w:rsid w:val="00B6329A"/>
+    <w:rsid w:val="00B938FA"/>
+    <w:rsid w:val="00BA0D41"/>
+    <w:rsid w:val="00BA3E0B"/>
     <w:rsid w:val="00BA65FF"/>
     <w:rsid w:val="00C363E3"/>
+    <w:rsid w:val="00CC261E"/>
+    <w:rsid w:val="00DA593E"/>
     <w:rsid w:val="00DE78FB"/>
     <w:rsid w:val="00F029EE"/>
     <w:rsid w:val="00F46589"/>
-    <w:rsid w:val="00F55FFD"/>
-    <w:rsid w:val="00F63418"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1853,70 +1695,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>95</Words>
-  <Characters>546</Characters>
+  <Words>92</Words>
+  <Characters>529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>640</CharactersWithSpaces>
+  <CharactersWithSpaces>620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>