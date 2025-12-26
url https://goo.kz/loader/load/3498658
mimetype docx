--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,296 +1,171 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001836E2" w:rsidRPr="001836E2" w:rsidRDefault="001836E2" w:rsidP="001836E2">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00C93C31" w:rsidRPr="00E47050" w:rsidRDefault="00E47050" w:rsidP="00E47050">
+      <w:r w:rsidRPr="00E47050">
         <w:rPr>
-          <w:rStyle w:val="rynqvb"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001836E2">
+        <w:t>НЕСКОЛЬКО ПОЛЕЗНЫХ РЕКОМЕНДАЦИЙ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E47050">
         <w:rPr>
-          <w:rStyle w:val="rynqvb"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
-          <w:lang w:val="kk-KZ"/>
-[...143 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="001836E2">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00E47050">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>1. В присутствии ребенка избегайте критических замечаний в адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>детского сада и его сотрудников.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>2. Старайтесь не нервничать, не показывать свою тревогу перед походом</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>в ДОУ.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>3. В выходные дни резко не меняйте режим дня ребенка.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>4. Постоянно обращайте внимание на отклонения в поведении и</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>здоровье малыша.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>5. Не отучайте ребенка от вредных привычек в адаптационный период.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>6. Создайте спокойную, бесконфликтную обстановку в семье.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>7. На время прекратите посещение с ребенком многолюдных мест,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>сократите просмотр телевизионных передач, старайтесь щадить его</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>ослабленную нервную систему.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>8. Одевайте ребенка в детский сад в соответствии с температурой</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>воздуха в группе. Обращайте внимание на аккуратность и опрятность его</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>внешнего вида.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>9. Эмоционально поддерживайте малыша: чаще обнимайте,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>поглаживайте, называйте ласковыми именами.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>10. Будьте терпимее к его капризам, но не старайтесь потакать каждому</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>из них.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>11. Не наказывайте, «не пугайте» детским садом, забирайте домой</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>вовремя.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>12. Когда ребенок привыкнет к новым условиям, не принимайте его слез</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>при расставании всерьез – это может быть вызвано просто плохим</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>настроением.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="001836E2" w:rsidRPr="001836E2" w:rsidRDefault="001836E2" w:rsidP="001836E2">
-[...66 lines deleted...]
-    <w:sectPr w:rsidR="00C93C31" w:rsidRPr="001836E2">
+    <w:sectPr w:rsidR="00C93C31" w:rsidRPr="00E47050">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -463,69 +338,68 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00166744"/>
     <w:rsid w:val="00166744"/>
-    <w:rsid w:val="001836E2"/>
     <w:rsid w:val="0023626A"/>
     <w:rsid w:val="00296675"/>
     <w:rsid w:val="003F7E6D"/>
-    <w:rsid w:val="005561A2"/>
-    <w:rsid w:val="0076762A"/>
     <w:rsid w:val="00C70D96"/>
     <w:rsid w:val="00C93C31"/>
+    <w:rsid w:val="00E47050"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -896,60 +770,50 @@
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00C70D96"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F7E6D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="hwtze">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1296,82 +1160,71 @@
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00C70D96"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F7E6D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="hwtze">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="1674720387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1624,65 +1477,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>179</Words>
-  <Characters>1024</Characters>
+  <Words>173</Words>
+  <Characters>989</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <CharactersWithSpaces>1160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>