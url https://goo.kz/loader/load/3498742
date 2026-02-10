--- v0 (2025-12-05)
+++ v1 (2026-02-10)
@@ -1,591 +1,399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRPr="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="00722DFF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00497AD7">
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>Памятка родителям по созданию благоприятной семейной атмосферы дома.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үйде қолайлы отбасылық атмосфераны құру туралы ата-аналарға ескерту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...6 lines deleted...]
-        <w:t>Помните: от того, как родители разбудят ребенка, зависит его психологический настрой на весь день.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• Есіңізде болсын: ата-ананың баланы қалай оятуы оның бүкіл күндегі психологиялық көңіл-күйін анықтайды. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...6 lines deleted...]
-        <w:t>Время ночного отдыха для каждого сугубо индивидуально. Показатель один: ребенок должен выспаться и легко проснуться к тому времени, когда вы его будите.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Түнгі демалыс уақыты әркім үшін жеке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бір ғана көрсеткіш бар: сіз оны оятқан кезде бала жеткілікті ұйықтап, оңай оянуы керек. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...6 lines deleted...]
-        <w:t>Если у вас есть возможность погулять с ребенком, не упускайте ее. Совместные прогулки – это общение, ненавязчивые советы, наблюдения за окружающей средой.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Балаңызбен бірге шығуға мүмкіндігіңіз болса, оны жіберіп алмаңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бірге серуендеу - бұл қарым-қатынас, түсініксіз кеңестер және қоршаған ортаны бақылау. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...46 lines deleted...]
-        <w:t xml:space="preserve"> «Чем занимался?», «Как твои успехи?» и т.д.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Балаларды мектепке дейінгі мекемеде болғаннан кейін қарсы алуды үйреніңіз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Бүгін не жедің?» Деген сұрақты бірінші болып қоймаңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейтарап сұрақтарды қойған дұрыс: «Балабақшада не қызық болды?»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, «Не істедің?», «Қалайсың?»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және т.б. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRPr="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...6 lines deleted...]
-        <w:t>Радуйтесь успехам ребенка. Не раздражайтесь в момент его временных неудач. Терпеливо, с интересом слушайте рассказы ребенка о событиях в его жизни.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Балаңыздың жетістігіне қуаныңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оның уақытша сәтсіздіктері сәтінде ашуланбаңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Балаңыздың өміріндегі оқиғалар туралы әңгімелерін шыдамдылықпен және қызығушылықпен тыңдаңыз. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
+    <w:p w:rsidR="00C93C31" w:rsidRPr="00497AD7" w:rsidRDefault="00497AD7" w:rsidP="00497AD7">
       <w:pPr>
-        <w:numPr>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722DFF">
-[...17 lines deleted...]
-        <w:t> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>• Бала өзін жақсы көретінін сезінуі керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қарым-қатынастан айқай мен дөрекі интонацияларды алып тастау керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отбасыңызда қуаныш, махаббат пен сыйластық атмосферасын жасаңыз! Баланы балабақшаға қалай дайындау керек (ата-аналарға ұсыныстар) Балабақша – бұл жаңа орта, жаңа орта, жаңа адамдар ғана емес.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл баланың жақындарынан бірінші бөлінуі, демек, ол өз бетінше кездесетін алғашқы үлкен сынақ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нәресте жаңа режимге және мұғалімнің талаптарына бейімделуі керек.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="hwtze"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="rynqvb"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Стресс ауыртпалықсыз және бірнеше аптаға созылмауы үшін ата-аналардың ақылға қонымды және дәйекті көмегі қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00722DFF" w:rsidRDefault="00722DFF" w:rsidP="00722DFF">
-[...86 lines deleted...]
-    <w:sectPr w:rsidR="00C93C31" w:rsidRPr="00722DFF">
+    <w:sectPr w:rsidR="00C93C31" w:rsidRPr="00497AD7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...155 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C2F2E"/>
     <w:rsid w:val="00124FCD"/>
     <w:rsid w:val="0023626A"/>
     <w:rsid w:val="00296675"/>
     <w:rsid w:val="002C2F2E"/>
-    <w:rsid w:val="00722DFF"/>
+    <w:rsid w:val="00497AD7"/>
     <w:rsid w:val="009F7C91"/>
     <w:rsid w:val="00C70D96"/>
     <w:rsid w:val="00C93C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -966,67 +774,50 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="justifyleft">
     <w:name w:val="justifyleft"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="009F7C91"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hwtze">
     <w:name w:val="hwtze"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00124FCD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
     <w:name w:val="rynqvb"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00124FCD"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -1380,108 +1171,78 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="justifyleft">
     <w:name w:val="justifyleft"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="009F7C91"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hwtze">
     <w:name w:val="hwtze"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00124FCD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
     <w:name w:val="rynqvb"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00124FCD"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="295108916">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="2121676660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1728,65 +1489,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>221</Words>
-  <Characters>1263</Characters>
+  <Words>216</Words>
+  <Characters>1236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1482</CharactersWithSpaces>
+  <CharactersWithSpaces>1450</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Админ</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>