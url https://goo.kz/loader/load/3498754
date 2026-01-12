--- v0 (2025-12-06)
+++ v1 (2026-01-12)
@@ -1,5564 +1,4839 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009E7385" w:rsidRPr="009E7385" w:rsidRDefault="009E7385" w:rsidP="009E7385">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Круглый стол для родителей детей, поступающих в детский сад</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00867D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проблема адаптации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка </w:t>
+      </w:r>
+      <w:r w:rsidR="00867D27">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к условиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в детском саду»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ваш ребёнок поступает в детский сад, ему предстоит приспосабливаться к новым для него условиям. Как подготовить своего ребёнка к поступлению в ДОУ? Как сделать процесс адаптации более лёгким? В этом конспекте есть ответы на многие вопросы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>родителей</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> а так же даны рекомендации для успешной адаптации ребёнка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>КГКП «Ясли-сад №38 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Круглый стол</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009E7385">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E7385">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00867D27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E7385">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проблема а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даптаци</w:t>
+      </w:r>
+      <w:r w:rsidR="00867D27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E7385">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ребенка </w:t>
+      </w:r>
+      <w:r w:rsidR="00867D27">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к условиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в детском саду»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(для родителей детей, поступающих в детский сад)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Составила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байгельдина А.А.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Показать родителям значимость проблемы адаптации детей к детскому саду и возможности её решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- установить контакт между родителями и педагогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- разъяснить о факторах, влияющих на адаптацию ребёнка к детскому саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целевая аудитория:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>родителей детей, поступающих в детский сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оборудование:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мяч;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жетоны с незаконченными предложениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Картинки (факторы, влияющие на адаптацию);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Самолётики с вопросами для родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Детская одежда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Здравствуйте, дорогие родители! Сегодня у Вас третья встреча с детским садом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как и предыдущие выступающие, хочу сказать Вам «спасибо» за то, что Вы пришли в наш детский сад. Без Вас не было бы сейчас этого собрания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Большое спасибо Вашим детям, без которых Вы бы не задались вопросом поступления в дошкольное учреждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мы с нетерпением ждем малышей и надеемся на долгое сотрудничество с Вами в течение пяти лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваш ребёнок поступает в детский сад, ему предстоит приспосабливаться к новым для него условиям. Как подготовить своего ребёнка к поступлению в ДОУ? Как сделать процесс адаптации более лёгким? На эти и многие другие вопросы мы сегодня с Вами попытаемся найти ответ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Меня зовут </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Байгельдина Алия Амангельдыевна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-психолог </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ясли-сада</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №38</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А Вас я не знаю, давайте познакомимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Игра «Знакомство».</w:t>
+      </w:r>
+      <w:r w:rsidR="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители по очереди, передавая по кругу мяч, представляются сами и называют имя своего ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Упражнение «Незаконченное предложение».</w:t>
+      </w:r>
+      <w:r w:rsidR="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители по очереди читают незаконченное предложение и продолжают фразу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я рада, что мой ребенок идет в детский сад, потому что….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я тревожусь, что мой ребенок идет в детский сад, потому что…..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ваши страхи нам понятны, а давайте представим на минутку, что же чувствует ребенок?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> читает письмо от имени ребёнка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Письмо №1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сегодня моя мама разбудила меня очень рано, я не выспался. Она сказала, что мы идем в детский сад, но почему-то очень нервничала. Что такое Детский сад?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когда мы пришли в детский сад, мама совсем расстроилась, и мне показалось, что она сейчас заплачет. Мне стало страшно, что же сейчас будет?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Со мной рядом нет мамы, ходят чужие тёти, много незнакомых ребяток, некоторые почему-то плачут… Мне дали еду, которую ты, мамочка, никогда не готовила. Там были кусочки, а я </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>привык</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есть дома перетёртую пищу. А еще дали мне в руку ложку, а ты всегда меня кормила сама. Потом все ребятки пошли в туалет, а зачем, я не знаю. Меня пытались посадить на какую-то кастрюлю с одной ручкой. Но ты ведь мне всегда надевала мои любимые непромокаемые трусики, и я, ни о чем не беспокоился.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ой, мамочка, а что было потом! Меня положили в кроватку, а не покачали на ручках, как ты всегда делаешь. А где же моя любимая соска?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мне так все непонятно, все не так, хочется заплакать…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Об  адаптации детей раннего возраста к условиям детского сада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: С поступлением ребенка в детский сад, мы связываем и радости (общение со сверстниками, новый опыт, занятия) и тревоги (как сложатся отношения с воспитателем, со сверстниками, комфортно ли будет малышу в группе детского сада). Поступая в детский сад, ребенок проходит так называемый период адаптации. Что такое адаптация, Вы, конечно, хорошо знаете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Адаптация - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>это приспособление организма к новой окружающей среде, а для ребенка детский сад, несомненно, является новым, еще неизвестным пространством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Так как же проходит эта самая адаптация, что на нее влияет, и что можно сделать, чтобы этот период был для ребенка максимально мягким и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нетравматичным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="006418CA">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. О факторах, способствующих успешной адаптации ребенка к детскому саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: Существуют факторы, влияющие на лёгкую степень адаптации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="006418CA" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настрой родителей.</w:t>
+      </w:r>
+      <w:r w:rsidR="006418CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="006418CA" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Решили, что в детский сад идти пора? Не сожалейте, что ребенок поступает в дошкольное учреждение. Даже оставаясь внешне спокойными, вы выдаете собственное беспокойство: тревожный взгляд, разговор на повышенных тонах, напряженный голос, влажная от волнения рука - масса мелочей, которые родители не осознают, но которые моментально считывает подсознание ребенка. Он улавливает стойкое отвержение детского сада родителями и тоже начинает испытывать страх и тревогу. Не говорите при ребенке плохо про детский сад, и не пугайте его детским садом, он может не понять слов, зато безошибочно воспримет настроение и интонацию, с которыми слова были сказаны.</w:t>
+      </w:r>
+      <w:r w:rsidR="006418CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Теперь вы с малышом будете проводить не весь день, а меньше времени. Замените количество качеством. Предложите малышу игру «Дорога от дома к детскому саду».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нарисуйте на листе дом и здание детского сада, дорогу, по которой ходите в садик (деревья, автобус, магазин - это все видите утром). Малыш не будет отвыкать от сада, и понедельник не будет казаться ужасным днем. Разговаривайте с малышом на тему «Детский сад»: «Детский сад - это такой красивый большой дом, куда папы и мамы приводят своих детей. Мы бы очень хотели, чтобы ты познакомился и подружился с другими детьми и взрослыми. В детском саду все приспособлено для детей: там маленькие столики и стульчики, маленькие кроватки, маленькие шкафчики, много красивых игрушек. В саду тебе будет очень интересно и весело».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проходя мимо детского сада, с радостью напомните ребенку, как ему повезло, что летом он сможет туда ходить. В присутствии малыша расскажите родным и знакомым о большой удаче - его приняли в детский сад. Если есть возможность, посмотрите видео детских праздников. Но главное здесь не переусердствовать! Иначе у ребенка может возникнуть неуверенность, страх нового. Все в меру!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В период адаптации реже принимайте гостей, и сами не ходите в гости. Ребенок и так эмоционально перегружен (новая обстановка, новые знакомые взрослые, которых надо слушаться, плачущие сверстники), поэтому дома спокойная атмосфера, тихий и доброжелательный тон родителей. Первое время, испытывая в детском саду эмоциональный шок, ребенок сдержан и напряжен, дома помогайте ему расслабиться, снимайте стресс смехом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00387A84">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">Балаңызды мектепке дейінгі білім беру мекемесіне қалай </w:t>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прощание с мамой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - отдельная тема. Ребенок начинает громко плакать, капризничать, всеми силами держится за маму и просит забрать домой. Нужно спокойно поцеловать, заверить, что Вы его обязательно заберете. Можно сказать во сколько, но тут важно обязательно держать обещание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Можно придумать ритуал прощания. Он будет знаком ребенку, и прощаться станет чуточку легче.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для любого ребенка начало посещения детского сада - сильнейший стресс. Здесь нет мамы, много совершенно незнакомых детей, некоторые из них плачут, ходят чужие взрослые, которых надо слушать. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Они </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009E7385">
-[...5 lines deleted...]
-        <w:t>дайындау</w:t>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дают</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="009E7385">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есть незнакомую еду из чужих тарелок, кладут спать в незнакомую кроватку, и нет любимой игрушки, с которой ребенок всегда засыпает.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если малыша заранее приучили к режиму, если он умеет проситься в туалет, готов к не</w:t>
+      </w:r>
+      <w:r w:rsidR="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>протёртой и разнообразной пище, умеет играть с игрушками, способен, хотя бы к кратковременному контакту с другими детьми, не боится их, доверяет воспитателю, то большинство проблем, связанных с адаптационным периодом, его минует.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Режим. Приведите в соответствие домашний распорядок дня режиму детского сада. Детей в ясельную группу приводят до 8 часов (в 8.00 – зарядка, в 8.15 - завтрак). В первое время не забирайте ребенка одним из последних.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Питание и сон.</w:t>
+      </w:r>
+      <w:r w:rsidR="006418CA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вопреки распространенному мнению о том, что пища в детском саду не вкусная и малопривлекательная, смею заверить, что это не так. Рацион питания просчитывается до мельчайших деталей - в нем присутствуют фрукты и овощи, мясо и рыба, молочные продукты и злаки. Бывает, что дети приучены к новомодным хлопьям, чипсам и йогуртам, и отказываются от обычной еды. Кормите детей кашами, супами и проблем с питанием в детском саду не будет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Привычки при засыпании (укачивание, засыпание на руках), в садике удовлетворить в полной мере невозможно. Воспитатель может посидеть на кроватке, погладить по спинке, но сделать это с каждым одновременно нереально. Страдают и новенькие, и все дети группы. Ломка устойчивых стереотипов при кормлении и укладывании спать приводит к негативным реакциям у детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общение. Бывает, что общение ребенка с взрослыми ограничено рамками семьи. Контакты с посторонними взрослыми сводятся к общению с врачом и медицинской сестрой поликлиники, и не всегда это общение бывает приятным. Чтобы сформировать у ребенка положительное отношение к посторонним взрослым, необходимо, чтобы этот опыт был положительным. Чем чаще ребенок буде общаться с детьми и взрослыми во дворе, на игровой площадке, около дома, в парке, в различной обстановке, тем быстрее и увереннее он сможет адаптироваться к условиям детского сада. Конечно, ребенок не может мило улыбаться каждому незнакомому ему взрослому, и бежать, широко распахнув руки. Достаточно, если он не боится чужих взрослых, не плачет, когда в группу входят посторонние.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Навыки самостоятельности. Хорошо, если малыш будет уметь самостоятельно кушать, хотя бы частично одеваться, раздеваться и, конечно, ходить на горшок. Одевать ребенка в садик нужно по принципу не «последних модных тенденций», а удобства и комфорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В период адаптации ребенок переживает стресс, все ново (обстановка, люди, требования), поэтому быстро расходуется его энергия (тепло). Малышу может быть холодно. Одевать лучше </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>потеплее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приветствуется также, если малыш самостоятельно кушает. Если нет, то, конечно, этот навык привьют Вашему ребенку педагоги. Однако</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласитесь, одно дело, когда этому делу учит мама и, совсем другое, когда это умение приходит в детском саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> ата-аналардың көптеген сұрақтарына жауаптар бар, сонымен қатар баланы сә</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: Знаете ли Вы, что в период адаптации, ребенок может развиваться как бы «назад»? Это обозначает, что ребенок до момента поступления в детский сад уже многое умел делать сам, а теперь, когда начался период привыкания к новым условиям, ка</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="009E7385">
-[...5 lines deleted...]
-        <w:t>тт</w:t>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="009E7385">
-[...117 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> будто бы все забыл. Предлагаю Вам поразмышлять над этим: я буду называть состояние малыша до адаптации, Вы - в период адаптации. Давайте попробуем!</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...176 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...2557 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w:rsidR="006418CA" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
+        <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5168"/>
-        <w:gridCol w:w="5145"/>
+        <w:gridCol w:w="5315"/>
+        <w:gridCol w:w="5316"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00BC1B3C">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="1" w:colLast="1"/>
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Рахаттанып</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> жеді</w:t>
+              <w:t>Ел с удовольствием</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Тәбетсіз жейді немесе тамақтан бас тартады</w:t>
+              <w:t>Ест без аппетита или отказывается от еды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00BC1B3C">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Тыныш, ұзақ ұйқы</w:t>
+              <w:t>Спокойный, продолжительный сон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ұйқы қысқа, үзі</w:t>
-[...13 lines deleted...]
-              <w:t>үзік</w:t>
+              <w:t>Сон недолгий, прерывистый</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Төсекте</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> жалғыз ұйықтады</w:t>
+              <w:t>Спал один в кроватке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Анасымен ұйықтау (ұ</w:t>
-[...27 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Спит с мамой (не стыдить)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00BC1B3C">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Мойынсұнғыш, жақсы бала</w:t>
+              <w:t>Послушный, хороший малыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Қыңыр, шыдамсыз бала</w:t>
+              <w:t>Капризный, несносный ребенок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Емшектен, бөтелкеден </w:t>
-[...8 lines deleted...]
-              <w:t>айырылды</w:t>
+              <w:t>Был отучен от соски, бутылки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Емізікке, бөтелкеге оралу</w:t>
+              <w:t>Возврат к соске, бутылке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Әрқашан құрғақ болды, горшокты қалай пайдалану керектігін білді</w:t>
+              <w:t>Был всегда сухой, умел пользоваться горшком</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...12 lines deleted...]
-              <w:t>»</w:t>
+              <w:t>«Мокрые штанишки»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00974B93">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ж</w:t>
-[...16 lines deleted...]
-              <w:t>йді</w:t>
+              <w:t>Достаточно хорошо говорил</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>«Балалар сөздерінің»</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> пайда болуы немесе сөйлеудің болмауы</w:t>
+              <w:t>Появление «детских слов» или отсутствие речи</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Дені сау бала </w:t>
+              <w:t>Здоровый малыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Иммунитеттің төмендеуі</w:t>
+              <w:t>Снижение иммунитета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidTr="009E7385">
+      <w:tr w:rsidR="006418CA" w:rsidTr="006418CA">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5168" w:type="dxa"/>
+            <w:tcW w:w="5315" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="008A1016">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>қалыпты</w:t>
+              <w:t>Стул в норме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="5316" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008A1016" w:rsidRPr="008A1016" w:rsidRDefault="008A1016" w:rsidP="00EE5624">
+          <w:p w:rsidR="006418CA" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00C61730">
             <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A1016">
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нәжі</w:t>
+              <w:t>Изменение характера стула (причина?)</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008A1016">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="0"/>
+    </w:tbl>
+    <w:p w:rsidR="006418CA" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006418CA" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="006418CA">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Упражнение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Острое блюдо»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Аудитории предлагают самолётики с вопросами. Необходимо ответить на заданный вопрос.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Как уложить ребенка спать?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Как приучить ребенка играть самостоятельно?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- Как приучить ребенка к горшку?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00387A84" w:rsidRDefault="00AD1802" w:rsidP="006418CA">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Коммуникативная игра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00387A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«В детский садик мы идём, что же мы с собой возьмём?».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для игры выбираются два участника, родителям предлагают обратить внимание на детские вещи и игрушки. Одному участнику нужно выбрать предметы не нужные ребёнку в детском саду (не удобную одежду), другому участнику - всё, что можно взять с собой в детский сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8655" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5709"/>
+        <w:gridCol w:w="2946"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ст</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008A1016">
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>ің сипатын өзгерту (себебі?)</w:t>
+              <w:t>мелкие игрушки, предметы, монетки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шорты (удобные)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>игрушки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>колготки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жвачки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>носки (хорошие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грязную машинку</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трусики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>комбинезон</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сандалии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidTr="00AD1802">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туфли, сланцы и т.д.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="75" w:type="dxa"/>
+              <w:left w:w="150" w:type="dxa"/>
+              <w:bottom w:w="75" w:type="dxa"/>
+              <w:right w:w="150" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+            <w:pPr>
+              <w:pStyle w:val="a7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1802">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>футболка и т. д.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009E7385" w:rsidRPr="008A1016" w:rsidRDefault="009E7385" w:rsidP="009E7385">
-[...12 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="006418CA">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все знаете, молодцы! Если Вы не будете забывать об этих золотых правилах, то Вашему малышу будет легко и комфортно в нашем детском саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="006418CA" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...646 lines deleted...]
-      </w:pPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> читает письмо от имени ребёнка.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Письмо №2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мои</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мама и папа! Я хочу предупредить Вас, что привыкание к детскому саду может проходить у меня очень болезненно. Тяжело будет и моим воспитательницам, и няне. Но я знаю, что они хорошие и всегда придут мне на помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Очень важно, чтобы между Вами, мои родители, и сотрудниками детского сада была согласованность. Мне немножко страшно и поэтому хорошо, если в первое время Вы будете особенно терпеливы и внимательны ко мне. Нам с тобой будет легче, если ты, моя милая мамочка, будешь прислушиваться к советам моих воспитателей. А ещё я хочу брать с собой в садик свои игрушки - с ними мне будет комфортнее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я хочу в детский сад, ведь я там не буду сидеть без дела. Меня научат лепить, делать аппликации, рисовать, конструировать, петь, танцевать. Я буду ухаживать за растениями, играть, читать книжки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я знаю: меня там ждут и будут очень рады встрече со мной!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="006418CA" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...410 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог-психолог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD1802" w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: Удачи Вам!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будьте нежны, терпеливы и доброжелательны, и тогда стресса, связанного с поступлением в детский сад, удастся избежать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003B6511" w:rsidRDefault="003B6511" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="003B6511" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF05FB">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ата-аналарға арналған жадынама.</w:t>
-[...384 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:t>Памятка для родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>АДАПТАЦИЯ - это приспособление организма к внешним условиям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Это стресс для малыша, вызванный резкой сменой привычной обстановки и разлукой с мамой</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Положительна тем, что дает малышу возможность учиться устанавливать контакты с взрослыми и сверстниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Может при неправильной организации или пренебрежительном отношении к этому периоду, вызвать у ребенка ухудшение физического и психического состояния здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что нужно делать родителям еще до поступления ребенка в детский сад?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Готовьте ребенка к общению с другими детьми и взрослыми: посещайте с ними детские парки и площадки; приучайте к игре в песочницах, на качелях. Наблюдайте, как он себя ведет: стесняется, уединяется, конфликтует, дерется или же легко находит общий язык, контактирует со сверстниками, тянется к общению, раскован.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Узнайте распорядок дня в группе и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приблизьте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режим ребенка к этому распорядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обсудите в семье с ребенком, что положительного есть в детском саду (новые товарищи, много игрушек и т.д.). Важно, чтобы малыш не боялся детского сада,- тогда ему будет легче привыкать. Ни в коем случае не угрожать детским садом, как наказанием за детские грехи, а также за его непослушание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учить ребенка дома всем навыкам самообслуживания и личной гигиены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Готовить ребенка к временной разлуке с Вами и дать ему понять, что это неизбежно только потому, что он уже большой. Внушать ему, что это </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здорово</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, что он дорос до детского сада и стал таким большим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не обсуждать в присутствии ребенка волнующие Вас проблемы, связанные с детским садом и воспитателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отправить ребенка в детский сад при условии, что он здоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не нервничать и не показывать свою тревогу накануне поступления ребенка в детский сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Планировать свой отпуск так, чтобы в первый месяц посещения ребенком нового организованного коллектива, у Вас была бы возможность оставлять его там не на целый день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все время объяснять ребенку, что он для Вас, как прежде, дорог и любим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как можно раньше сообщить врачу и воспитателям о личностных особенностях малыша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не кутать своего ребенка, а одевать его так, как необходимо в соответствии с температурой в группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создать в выходные дни дома для ребенка такой же режим, как в детском учреждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не скупитесь на похвалу. Радуйтесь Вашему ребенку!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПЕРВЫЙ ДЕНЬ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Первый день сложен, как для ребенка, так и для родителей. Есть несколько рекомендаций для того, чтобы этот день прошел более успешно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не нервничать и не показывать свою тревогу накануне поступления ребенка в детский сад. ПОМНИТЕ! Тревога и беспокойство родителей передается детям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отправить ребенка в детский сад лишь при условии, что он здоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Расскажите воспитателю об индивидуальных особенностях своего ребенка, что ему нравится, что нет. Каковы его умения и навыки, в какой помощи он нуждается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="003B6511" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00761C05">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B6511">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...204 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПЕРВАЯ НЕДЕЛЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Первая неделя проходит очень эмоционально для ребенка, поэтому взрослым, кто его окружает дома, нужно запастись терпением. Возможно, Вам покажется, что поведение ребенка внезапно изменилось: он стал более капризным по вечерам. Вас могут ждать неожиданные истерики по поводу и без повода, скандалы, сопровождающиеся криком, плачем, швырянием предметов и валянием на полу. Некоторые родители могут прийти в настоящий ужас при виде такой резкой перемены и обвинить в ней садик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Причин же может быть несколько. Во-первых, действительно, адаптация к садику - большой стресс для ребенка, его нервы напряжены и им требуется разрядка. Кроме того, в окружении посторонних, ребенок часто старается сдерживать негативные эмоции, так что выплескиваются они только вечером.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как помочь ребенку на этом этапе?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2. Балаңызды күні бойы бақшада қалдырмаңыз! Бірінші аптада оны 2-3 сағатқа жүргізіп, уақытты біртіндеп 5-6 сағатқа дейін арттырыңыз.</w:t>
-[...142 lines deleted...]
-    <w:sectPr w:rsidR="009E7385" w:rsidRPr="009E7385" w:rsidSect="009E7385">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не реагировать на выходки и не наказывать за капризы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не оставляйте ребенка в саду на целый день! Первую неделю водите его на 2-3 часа, увеличивая время постепенно до 5-6 часов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поиграйте с ребенком домашними игрушками в детский сад, где какая-то из них будет самим ребенком. Понаблюдайте, что делает эта игрушка, что говорит, помогите вместе с ребенком найти ей друзей и порешайте проблемы ребенка через нее, ориентируя игру на положительные результаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>С самого начала помогите ребенку легко войти в детский сад, ведь он впервые в жизни расстается с домом, с Вами, отдаляется от Вас, хотя и всего на несколько часов. В первые дни посещения садика не оставляйте ребенка одного сразу, лучше всего, чтобы он сам отпустил Вас. Расставаясь, не забудьте заверить, что непременно вернетесь за ним. Не забывайте постоянно говорить ему, что Вы его любите.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Когда Вы уходите, расставайтесь с ребенком легко и быстро. Конечно же, Вы беспокоитесь о том, как будет Вашему ребенку в детском саду, но долгие прощания с обеспокоенным выражением лица, у ребенка вызовут тревогу, что с ним здесь может что-то случиться, и он долго не будет вас отпускать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Необходимо поддерживать в выходные дни такой же режим дня, как и в детском саду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если ребенок с трудом расстается с мамой, то желательно первые несколько недель чтобы отводил в детский сад его папа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="003B6511">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не совершайте ошибки и не делайте перерывов в посещении садика - неделька дома не только не поможет малышу адаптироваться к садику, но и даст понять, что всегда можно остаться дома.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD1802" w:rsidRPr="00AD1802" w:rsidRDefault="00AD1802" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD1802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во время процесса адаптации ребенка к детскому саду, будьте внимательны и терпеливы с малышом. Каким бы ни был хорошим детский сад, не допускайте непоправимую ошибку - не считайте, что он заменит ребенку семью!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0093294E" w:rsidRPr="00AD1802" w:rsidRDefault="0093294E" w:rsidP="00AD1802">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0093294E" w:rsidRPr="00AD1802" w:rsidSect="006418CA">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="424" w:bottom="1134" w:left="567" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Monotype Corsiva">
+    <w:panose1 w:val="03010101010201010101"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="96"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="006A3BB8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00AF05FB"/>
+    <w:rsidRoot w:val="001D1C90"/>
+    <w:rsid w:val="0007253D"/>
+    <w:rsid w:val="001D1C90"/>
+    <w:rsid w:val="00387A84"/>
+    <w:rsid w:val="003B6511"/>
+    <w:rsid w:val="006418CA"/>
+    <w:rsid w:val="00867D27"/>
+    <w:rsid w:val="0093294E"/>
+    <w:rsid w:val="00AD1802"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5701,93 +4976,202 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009E7385"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationsvote">
+    <w:name w:val="b-publications__vote"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationsview">
+    <w:name w:val="b-publications__view"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationscomment">
+    <w:name w:val="b-publications__comment"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009E7385"/>
+    <w:rsid w:val="00AD1802"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="009E7385"/>
+    <w:rsid w:val="006418CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5927,119 +5311,449 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009E7385"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationsvote">
+    <w:name w:val="b-publications__vote"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationsview">
+    <w:name w:val="b-publications__view"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="b-publicationscomment">
+    <w:name w:val="b-publications__comment"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00AD1802"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD1802"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AD1802"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009E7385"/>
+    <w:rsid w:val="00AD1802"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="009E7385"/>
+    <w:rsid w:val="006418CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="731807185">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1917324712">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="375"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="6" w:space="19" w:color="C8E2EC"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1138302003">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1335763552">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="857234260">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="723873131">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="1342200393">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="60"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1760297598">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="420"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1300647018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="420"/>
+          <w:marBottom w:val="570"/>
+          <w:divBdr>
+            <w:top w:val="single" w:sz="6" w:space="21" w:color="C8E2EC"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1018774488">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="single" w:sz="6" w:space="21" w:color="C8E2EC"/>
+                <w:left w:val="single" w:sz="6" w:space="21" w:color="C8E2EC"/>
+                <w:bottom w:val="single" w:sz="6" w:space="21" w:color="C8E2EC"/>
+                <w:right w:val="single" w:sz="6" w:space="21" w:color="C8E2EC"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="879636450">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="216284326">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1403289203">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1381788388">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1729955474">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="281806163">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="1186671540">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="240"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -6295,69 +6009,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2712</Words>
-  <Characters>15463</Characters>
+  <Words>2715</Words>
+  <Characters>15476</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>128</Lines>
   <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>*</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18139</CharactersWithSpaces>
+  <CharactersWithSpaces>18155</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>1</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>