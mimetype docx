--- v0 (2025-12-19)
+++ v1 (2026-01-11)
@@ -1,17466 +1,13175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="034DCC98" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
+    <w:p w14:paraId="7D42BF30" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00635CEC">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>«Павлодар қаласының</w:t>
+        <w:t xml:space="preserve">КГУ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №2</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="006D1A78">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
       </w:r>
-      <w:r w:rsidRPr="00635CEC">
+      <w:r w:rsidR="0029406B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70AADD51" w14:textId="56BF27ED" w:rsidR="00036FAE" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="005870A4">
+    <w:p w14:paraId="04AD9B63" w14:textId="08A7E427" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="1"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AD1240">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">на </w:t>
       </w:r>
-      <w:r w:rsidR="00C32595">
+      <w:r w:rsidR="008C4E33">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1</w:t>
+        <w:t xml:space="preserve">должность </w:t>
       </w:r>
-      <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
+      <w:r w:rsidRPr="00321427">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос орын</w:t>
+        <w:t xml:space="preserve">учителя </w:t>
       </w:r>
-      <w:r w:rsidR="0072421B" w:rsidRPr="00116848">
+      <w:r w:rsidR="008D22B7">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математики</w:t>
+      </w:r>
+      <w:r w:rsidR="00037A03">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD31E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0029406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidR="006513D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009856EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00230D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ваканси</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC46A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="00230D3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-437" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="505"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7252"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="2372"/>
+        <w:gridCol w:w="7481"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00F74095" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9A8246" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00D917D6" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №26 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>общеобразовательная школа № 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>о</w:t>
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>рналасқан жері</w:t>
-[...40 lines deleted...]
-          <w:p w14:paraId="1C82E47D" w14:textId="7F9535AB" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+              <w:t>естонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53F7DEF1" w14:textId="5BD42A39" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="006972A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140011, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Семенченко  көшесі, 70</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1400</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Семенченко, 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="330"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>т</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>елефон  нөмірлері</w:t>
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>омеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DC032C" w14:textId="0EDFFF1B" w:rsidR="00D77C62" w:rsidRPr="00D917D6" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>8 (7182) 601920</w:t>
+              <w:t>8 (7182) 60-19-20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00C47643">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="314"/>
+          <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>э</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лектрондық  пошта</w:t>
-[...12 lines deleted...]
-                <w:u w:val="single"/>
+              <w:t>дреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="582DB124" w14:textId="7F5D0B57" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00D917D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00F74095" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcW w:w="461" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00213146">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="002018D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="46BA6C75" w14:textId="1F8E489A" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="00AD1240">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AF3E13" w14:textId="47675D12" w:rsidR="00D77C62" w:rsidRPr="00230D3C" w:rsidRDefault="00D77C62" w:rsidP="008D22B7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="008D22B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00455531">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с русским языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidR="00230D3C" w:rsidRPr="00230D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00E93EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00141C94">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часа</w:t>
+            </w:r>
+            <w:r w:rsidR="00230D3C" w:rsidRPr="00230D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+        <w:trPr>
+          <w:trHeight w:val="1852"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орыс тілінде оқытатын математика мұғалімі</w:t>
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сағат</w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>)</w:t>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00F74095" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
         <w:trPr>
-          <w:trHeight w:val="711"/>
+          <w:trHeight w:val="1128"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2683" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>н</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>егізгі  функционалдық міндеттері</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E2145AF" w14:textId="5B81EB52" w:rsidR="0085010B" w:rsidRPr="00213146" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- среднее специальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF133F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF133F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t> 357,18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ADFAD64" w14:textId="36E57EB2" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF133F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>241 254,35</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00213146">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="505" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...13 lines deleted...]
-          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3597E9A1" w14:textId="4A3A8C2F" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="00970101" w:rsidP="00970101">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidR="00B12892">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00B12892">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00B12892">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.2024</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD085B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6120F4" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B3A3172" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72879F1A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57EFAD97" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20E37185" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5086B1DD" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A624E1D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="653F2D8E" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C3921A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="313E78C4" w14:textId="18009B1D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
-            <w:pPr>
+          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FF0000"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...29 lines deleted...]
-            <w:pPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B72CE2D" w14:textId="72EFDAE7" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00116848">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FF0000"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>241 254,35</w:t>
-[...16 lines deleted...]
-              <w:t>теңге</w:t>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00F74095" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
-[...4 lines deleted...]
-          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...25 lines deleted...]
-          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2372" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            </w:pPr>
+            <w:r w:rsidRPr="002018D2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7481" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430A269A" w14:textId="009DD697" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="00121D26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="21"/>
-[...2878 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="581F764C" w14:textId="77777777" w:rsidR="007A6C2A" w:rsidRDefault="00834E3A">
+    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A000DDB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00D77C62">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B17C7B7" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="79A6EDBD" w14:textId="77777777" w:rsidTr="00885D38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="606359C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4F2062F9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk146879965"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E7769B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="2881D12F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z425"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1742D30A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7E658435" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="06037347" w14:textId="77777777" w:rsidTr="00885D38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A558C26" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="13FB53F7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EEE7162" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2BD0D837" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z426"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...41 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="178DE42F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="4D6A0E3C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3977AD86" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="78B0EA69" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>кандидаттың Т.А.Ә (бар болған жағдайда), ЖСН</w:t>
+        <w:t>___________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>_________________________________________________________________________________________________</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
+        <w:t>________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F48CE56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="361DBD73" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Өтініш </w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67209F38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="2DF9AFA2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) _________________________________________________________________________________________________</w:t>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности (нужное подчеркнуть)_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69890959" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="5ED39EEF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
+        <w:br/>
+        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін ______________________________________________________________________</w:t>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...55 lines deleted...]
-        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+        <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49388BA6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="778522CB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3E8D0E52" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BF6E6C8" w14:textId="77777777" w:rsidTr="00885D38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="195243DC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4994BC22" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04021FA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6A023DE3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
-[...23 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Период обучения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6083E24A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="730D2FFD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Диплом </w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C22FC29" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="093569FA" w14:textId="77777777" w:rsidTr="005C6F76">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="446B26AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2A0079D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DB767E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6F4E4E18" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...1 lines deleted...]
-          <w:p w14:paraId="601902F2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          </w:tcPr>
+          <w:p w14:paraId="451B18FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3A92E072" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D120E63" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2FB949C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3502D7B2" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="72506BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7752C3A9" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="124191E5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FE0DAEA" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7886B111" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B013AB1" w14:textId="753DFAB6" w:rsidR="005C6F76" w:rsidRPr="00FE63EC" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
-[...11 lines deleted...]
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45308A0F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="612F4ED8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...131 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>__________________________________________________________________________________________________</w:t>
+        <w:t>____________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогикалық</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_____</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>жұмыс</w:t>
+        <w:br/>
+        <w:t>Стаж педагогической работы: ______________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> өтілі:________________________________________________________________________</w:t>
+        <w:t>_________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Менде</w:t>
+        <w:t>_________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:br/>
+        <w:t>Имею следующие результаты работы: ___________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>келесі</w:t>
+        <w:t>________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_____________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>жұмыс</w:t>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:br/>
+        <w:t>а также дополнительные сведения (при наличии)__________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>нәтижелері</w:t>
+        <w:t>_________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бар:________________________________________________________________</w:t>
-[...164 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722D4121" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
-[...135 lines deleted...]
-    <w:p w14:paraId="4D288D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="6EF0A90E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27C7FF73" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="21927034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E9FA3DD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="09E746F2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20___</w:t>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қолы</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5E1AE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="01ED06D2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
-[...8 lines deleted...]
-          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="48B96F18" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DF19A63" w14:textId="77777777" w:rsidTr="00885D38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="582E7E85" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="7D2B55F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AB8908F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...3 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+          <w:p w14:paraId="028CEC7A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:adjustRightInd w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z432"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7358BA57" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CE7CC3B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="28BC9F68" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бос </w:t>
+        <w:br/>
+        <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BF2BAE">
+      <w:r w:rsidRPr="00FE63EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>немесе</w:t>
-[...120 lines deleted...]
-        </w:rPr>
         <w:br/>
-      </w:r>
-[...139 lines deleted...]
-        <w:t>))</w:t>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="46C22111" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="560CABB5" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3392A51D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="673C31A5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BD50D6C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0B49711E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5770B170" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...68 lines deleted...]
-              <w:t>Балл сандары</w:t>
+          <w:p w14:paraId="1B854E23" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64135E11" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4EFC0109" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="0D7D1223" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="207B50F6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3F24306C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35DDA14B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6A6267C3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12818F5E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="5C339D72" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432C170C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="73688F0D" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54EE55D1" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34C09342" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="122D75FA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5ADE0E69" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...18 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="7513A034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DBBE45" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+          <w:p w14:paraId="0CF5E76D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50BBEFE0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33E605E3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="49D24573" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D44E913" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="565F0CEA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27AE416A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="177F4C9E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63104C3C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...66 lines deleted...]
-              <w:t xml:space="preserve"> = 2 балл</w:t>
+          <w:p w14:paraId="09AB1A8D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04263BD6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1826F17E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="553F8954" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A7CAEDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="22BF3C46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C4CECCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1D7807B3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E24C411" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...86 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="20CC0F55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F74F749" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2E9749C0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6E85A16E" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="290B1CEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0184453E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A61AC1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4A611A50" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="001452E4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Магистр = 5 балл</w:t>
+          <w:p w14:paraId="0A3B5126" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20A4D4D5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="02077555" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="423BE6BB" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CF52988" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="178EDFB1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F283DF9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...155 lines deleted...]
-              <w:t>PHD-доктор = 10 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25DE6DE6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="612ACE5E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5F638E37" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="799E4257" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="732CF89F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0F0F7412" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F4AD531" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5EE48BBD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14E172B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="00D1AA28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06796181" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A9C0F9E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6A048508" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0953C26E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4763FCF2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D569F65" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="61EBBBBC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F2DD0B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...56 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="2B8E03C0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0232982C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="07D46AD4" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="092FFC89" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="300FF7B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="4A7074D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F9E0C3A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
+          <w:p w14:paraId="573EA93A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D47FF7D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="19EF0976" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...78 lines deleted...]
-              <w:t xml:space="preserve"> 5 балл</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="024AC338" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="20F86098" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="29D78AC2" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B12F2B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="10F7C84D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CCBE2BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...210 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04C66722" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6F45DA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5194ABFA" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="22708D9B" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="739E7105" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4CF30C71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2062C9CD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="23312E55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08E4700E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 2 балл</w:t>
+          <w:p w14:paraId="30CB4035" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="006AF61E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="734C5356" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="772F5498" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F9685EA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="52F52955" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C9C31A8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="223F85CC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F29D717" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...45 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="79FCB215" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E48BAB3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6B48AE4C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7B366CCD" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5225EF8B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6DCD36E3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14639784" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="74BFA36A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BB86BA2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>Педагог-модератор = 3 балл</w:t>
+          <w:p w14:paraId="76ED0A92" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBB86FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="455BAFDF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="48A57543" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E538521" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="71F8ED08" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45273601" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="75AA2FC8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C4F973D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 5 балл</w:t>
+          <w:p w14:paraId="1CF810CE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73A98021" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="179861D3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="45115F88" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6976CFC2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0E906E2C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E0D25D6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="55DF57DD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29714CD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 7 балл</w:t>
+          <w:p w14:paraId="743A96DE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06BABDD6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="57169E04" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4F34E52F" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BEDA801" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="468AC55D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77530BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="54C25C46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="47F59E7C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="3F5ABAF4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C2EE19" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="77FAD958" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="32588E19" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19B8E163" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="3B492D71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...85 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01611B13" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...114 lines deleted...]
-              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05586546" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B31D8D8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="6C87A0B5" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7F82E6DA" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D710B76" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="0A503568" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D1AFDF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="421D8A38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B54B72F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...37 lines deleted...]
-              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+          <w:p w14:paraId="024C67B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48339FB6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="46CFA5D1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2AAE2B71" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A2D2A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="5BDF32F4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21C270CB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="1CB29AED" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B6DEE9E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...37 lines deleted...]
-              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="0AEE393D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7016830B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C40F96A" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4468A310" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="271914AD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="76C55DFF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...52 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB3F893" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...271 lines deleted...]
-              <w:t>» = 1 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F53D978" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ECAC807" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="613A3301" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="14C18B10" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43AD3A6A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7D4473A7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67A6C55A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4615BB83" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03EE0D87" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...52 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+          <w:p w14:paraId="4AC77585" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60F43C7E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="77A11515" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4033D30D" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10C3A015" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="60009DC2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BE0FCA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w14:paraId="12B0F71E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41486C67" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...57 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2A04F2FF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEAE3DA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E77F20A" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5F2FEF83" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B2AFC0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1F345DAF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="570D52F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="36FAD2C0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="353464BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
+          <w:p w14:paraId="4F73D0DD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29208235" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="059FDD05" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BD3072B" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A8D1C95" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="4D0460A3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="128E6DC1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3BFC2435" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D152EB2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...314 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="5305DAAC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22A2D506" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="005BC6C3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="10A9E7C9" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60EEB386" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="49C6DB1B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="406A0A0D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6CD07685" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F105D8E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...197 lines deleted...]
-              <w:t xml:space="preserve"> = 1 балл</w:t>
+          <w:p w14:paraId="145FB2BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3659088D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2395534B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="436D61EC" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BE4C688" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="612DC656" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72A1493D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="341EB38D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30839EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...113 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="18DAE7B1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F71F02" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="739BF59E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BFC83C9" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32A91F84" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="56527E8A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D2AD86E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="35CD4BE0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FBDC6C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1FE49EC1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB0571" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3635ACAB" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="18128FE6" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="412A993F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="015897A8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A45E0A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3EBEAF25" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05C732B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+          <w:p w14:paraId="3451F13D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46A08B73" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5AC62DF9" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="1BED1C2D" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="442DE3FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1B272B38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F8FCF14" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="48B1D3D1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B080344" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+          <w:p w14:paraId="6917D5E9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52763571" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E3F99B3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="57C7BC25" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FDE9833" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="725EA1F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...138 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33779236" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...298 lines deleted...]
-              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D30FE9B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA443BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61C7E2D9" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54A047C6" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38F81A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2489B567" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="211BB759" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="520101B7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5597B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...142 lines deleted...]
-              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+          <w:p w14:paraId="0BABA665" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="531B2D28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61DE2C02" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="16ED92FC" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C567EBD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="23EE5484" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D4905AF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="092D20C7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="656BC910" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+          <w:p w14:paraId="234F1716" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C356196" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...131 lines deleted...]
-              <w:t xml:space="preserve"> - 3 балл</w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="35FF1B5D" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2395ACB7" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="234B27AA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="332C78B5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1F8335" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
-[...191 lines deleted...]
-              <w:t>тәлімгер = 0,5 балл</w:t>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF95EB8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB3AA36" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33CFDB27" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="794F7EBD" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16C98FDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="400FACD1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DA0B2ED" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="34659A94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28FD1D4B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>ӘБ басшысы = 2 балл</w:t>
+          <w:p w14:paraId="38E7F2A3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35542D02" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4498672E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="685F645D" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48172D13" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="79BE10C4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C291DCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0B963601" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10690A88" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
+          <w:p w14:paraId="1CA26F26" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8ED3C8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6C45CC31" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DAABFC8" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25BB16BF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2E9A3348" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1564585C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6CAE0F6B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="459E7306" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
+          <w:p w14:paraId="6C9279E6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5B5A79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6DC72B78" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4887647C" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CB75F06" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0A8C1DBF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31C54053" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3C5DE3CE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77416D24" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...35 lines deleted...]
-              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w14:paraId="78F9313F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE32ECF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6EB914C0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2846EBE4" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CDB9F5F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="0D26C61C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="607DADE4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="238AEA94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2355F168" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="331ADAC1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...5 lines deleted...]
-              <w:t>Курстық</w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...125 lines deleted...]
-              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="13B2137E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="38AE9DF6" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D5E0528" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="43D45222" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF8AFAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="435FC70E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2177E853" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...100 lines deleted...]
-              <w:t>= 0,5 балл</w:t>
+          <w:p w14:paraId="4C6442B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D60767E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="24D7D831" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="3CB09FED" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A27941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1DEEA635" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41127A18" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="676B0FCD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CE2CF7E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="114A0F6E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАЗТЕСТ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...32 lines deleted...]
-              <w:t>тар</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="613EAE46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10A30CEA" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="29EA7D97" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="3900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="078D8800" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5EF42189" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BA72451" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="56B767D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="362919BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5516E870" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...488 lines deleted...]
-            </w:r>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADFE1E8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00970101" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+              <w:r w:rsidR="00FC23E2" w:rsidRPr="00FE63EC">
+                <w:rPr>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1F90C82B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="32B03C0A" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A3318D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="23E0CA85" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="754CD3E8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="01C620CB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F6A6963" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="28E4C25F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0179F2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="243418E3" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="39ACBDDE" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="105BD93D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2DFC20AE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EA9B4CE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3C7E6CE8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F8A0CCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5924D4E0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2E1985F0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="750771FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7FE920C9" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="101D31B4" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DAB87FD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="32FCC817" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="388CF8B6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2694D70D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="132E2514" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="370AC625" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...6 lines deleted...]
-              <w:t>, "</w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам "Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Обучение работе с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...6 lines deleted...]
-              <w:t>бағдарламалау</w:t>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
-[...188 lines deleted...]
-          <w:p w14:paraId="6C512443" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33604AAA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0DFE4E88" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4DFB5884" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D9BC85D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4B0886FA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C626FAD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="212F14B1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77631C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2639850C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="303C2258" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07B1E06D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="25B0901B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6DE86D6B" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70177299" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3E7F8C28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E944474" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3E30A9F5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2912ED22" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...56 lines deleted...]
-          <w:p w14:paraId="562006C5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6BF4E428" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE1CFAA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E707322" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="35DD7C4F" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01951BCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="08BA98B6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50583F98" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="798134E3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="648C85EE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="6CD6E033" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">TEFL </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7DFAED59" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A63E88F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4F4735B7" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6E827756" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AFDA64F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0CF6ABAF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FE1FF10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6E2508E7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C02E4E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="1DD365D4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="06142E77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51F63CAC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="26BAFBB1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="3D15ED5F" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79E486F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1E290AD1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F19C71B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2790AF0C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2AF844E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="74981EE5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="11773F10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE63899" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="791E3026" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="067BC67E" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E567596" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0D401A4D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05E9F5DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6F3DA5B5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B89777F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2B0AF143" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="63BA3207" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD66F61" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="06CC8879" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="7CAD722D" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="162A1A71" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="557A729D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6845259C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="558BDCA2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC0B33B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="719C0665" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t xml:space="preserve">DELTA (Diploma in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09AE3ED7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="56071303" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="7B683FAD" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F9C320B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="250231C5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5638B0A7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="603C0B23" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57DDDCCB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7A841CDF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="756C47B0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39548B14" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="322604D4" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="48CA2693" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68713F77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="695FBFA3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B9CAF37" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1947D0B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24FABBE8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="731EEA06" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="42076E7A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0404D774" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10736AFE" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="001BF9E5" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77940FEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0E36C067" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06341247" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="657FF194" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16ADE82A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7863A383" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Knowledge</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Test</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="28B059D8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2184D63F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="07DA17FF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="6BE20C79" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36DC5C9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4C4E72D9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ED960FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7898D28F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="346A3947" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="19D2BD79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6A242631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BB98CF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="0935006E" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="1C5C17A9" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54D73E38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5A055E8A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="607AC71A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1B08B338" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61352BB3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="37D03214" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4FDA6A83" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="491DEEB9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4C45D02C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="0D421BE0" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="515E3176" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="140469D1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="259C49DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="085C2BFB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77CAA6DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="530FE060" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="34701E43" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="231F9273" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="73AAD21A" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="2A3630F5" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D500E0A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3C34088A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7337583E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="33385765" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D412EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="137D9F8D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="38AA2DC6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="555EA03D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="031B6C4B" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="7D1AAE43" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B4B3317" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7C00F6F3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EF3FF1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4C0EC136" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="418E6B20" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6D17150C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0FB08CEF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="298F64CC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="581D75C1" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="46930F74" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E1626F4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="039C3D79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42E130D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1BEF0B9F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="541B7C8C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3C9DA33C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3D85FBE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="068C11C9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="4A294BAF" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="4B7B6CA6" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D3B46B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="12C4C144" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="661530B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2137054D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55FA28DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="56D32C45" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="78FE2DA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E562FF9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="03CCD88F" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="7835889A" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D495C75" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="59040C9F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726CACD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0B651452" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E2FF173" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="3FC93820" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="204EA2EB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="257AEF28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="080A4A4C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="77B6BBC5" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="649C887D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="38C66931" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="642D197F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="2EBE5059" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3138012B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="561D2E1D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4C9194E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="387EE8D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10127375" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6CAE8ABF" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DD0FA10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="384E5B98" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2515F0FC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="311CA6C5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55CABDBA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="33369129" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Educational</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Management</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5DDD5BAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6B9135" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="3DA8743C" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="306C9106" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE41C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7F0DC22F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0018FD68" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="4DDF8E91" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59BE2E36" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="146D3682" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6FFFA6A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD0C6EF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="4884B5A0" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="06CF79EF" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0280047B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5004509F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04389EA1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5095BB81" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B2A45F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="1B47123E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> learn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6FCA8CB4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="109387DA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="728B050D" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5A94AFE2" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2638A527" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="60858117" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66247D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="7CB64331" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20EE3631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="773CA7F5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mathematics</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technology</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6DA1C838" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D045744" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A762748" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="3FC63325" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A4DB58A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="152C4566" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="723A45AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="5E6F1ACB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="408FCFD2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="6763B52F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Educational</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Needs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="68247A56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="772ACB4D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00F74095" w14:paraId="417A3A86" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00970101" w14:paraId="1070C08B" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01CDE088" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="31A4FB1E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="522B800C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="21427E39" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69DC2081" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0EF11FC2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF2BAE">
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3CD7E508" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="535C2127" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E8425DB" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="790899F6" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0923FFA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="50975323" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4512418A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="585D39DC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68692F9C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="0B818617" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3549" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="265463C4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0301D9AE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B7161CD" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="319D8258" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EACF941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00BF2BAE">
+          <w:p w14:paraId="5A076396" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CE32361" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...16 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+          <w:p w14:paraId="68844D94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40D12850" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...44 lines deleted...]
-              <w:t>3 балл қосылады</w:t>
+          <w:p w14:paraId="36A109AC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFCDC55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="779571BE" w14:textId="77777777" w:rsidTr="00E01F98">
+      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="298AF82F" w14:textId="77777777" w:rsidTr="00885D38">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C1E484" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
-[...29 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="029E3F2B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE63EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44687D23" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+          <w:p w14:paraId="0BE9F5E5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="3B39718C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="535FF110" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25C5D483" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+    <w:p w14:paraId="0FA42863" w14:textId="12EAEFD9" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45F07E74" w14:textId="29AFCB85" w:rsidR="00834E3A" w:rsidRDefault="00834E3A"/>
-    <w:sectPr w:rsidR="00834E3A" w:rsidSect="00834E3A">
+    <w:sectPr w:rsidR="00D77C62" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1137A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D81C5D"/>
-[...48 lines deleted...]
-    <w:rsid w:val="00F948EC"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037A03"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00121D26"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00141C94"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00175139"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193098"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="002018D2"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="00213146"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00230D3C"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002846C9"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="0029406B"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B4952"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D585E"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00360F7E"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="0044022F"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00455531"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="00476E49"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523400"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="0056529D"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C6F76"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634DBA"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006513D4"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006972A3"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="00756818"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A2C3E"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00833793"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="0085010B"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F33"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008A76B3"/>
+    <w:rsid w:val="008B241F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D22B7"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00970101"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="009856EF"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A1050E"/>
+    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD31E2"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B12892"/>
+    <w:rsid w:val="00B14AED"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE6E56"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C11B5E"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C76EA2"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D56914"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D77C62"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D90938"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D917D6"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD085B"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF133F"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E93EB8"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA5B11"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE5F57"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42727"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC23E2"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC46A0"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="37D012BC"/>
-  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
+  <w14:docId w14:val="1B193A42"/>
+  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17580,51 +13289,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -17801,193 +13510,257 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00036FAE"/>
-[...22 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="00036FAE"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-    <w:name w:val="Заголовок 2 Знак"/>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C95952"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="530844431">
+    <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="530996902">
+    <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1776053175">
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1933468713">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18021,86 +13794,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -18231,74 +14002,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98F79056-29ED-484D-82C0-F0EF02A56826}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1793</Words>
-  <Characters>10225</Characters>
+  <Words>1844</Words>
+  <Characters>10514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>87</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Home</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11995</CharactersWithSpaces>
+  <CharactersWithSpaces>12334</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:subject/>
-[...2 lines deleted...]
-  <dc:description/>
+  <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>