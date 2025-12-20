--- v0 (2025-12-06)
+++ v1 (2025-12-20)
@@ -5,631 +5,681 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w:rsidR="00B80E99" w:rsidRPr="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80E99" w:rsidRDefault="00B80E99" w:rsidP="00B80E99">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00924EAA">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №43 жалпы орта білім беру мектебі»</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C44">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КММ </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54E4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00321427">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="003A7CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:r w:rsidR="002104A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A7CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аға тәлімгер </w:t>
+      </w:r>
+      <w:r w:rsidR="00B663AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="0010161D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00A572CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...92 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00B56337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00B56337">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00AD011D">
+            <w:r w:rsidR="00FE4B75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
+              <w:t xml:space="preserve">, Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,                    </w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
+              <w:t xml:space="preserve"> Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
+              <w:t>Лермонтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
             </w:r>
             <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00924EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ші</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -667,13442 +717,14477 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00840259">
+            <w:r w:rsidR="00E20BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>68</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00840259">
+            <w:r w:rsidR="00E20BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00607921" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007612FA" w:rsidRPr="007612FA" w:rsidRDefault="00E86579" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00830EBF" w:rsidRDefault="00CD5684" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
-[...34 lines deleted...]
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
+              <w:r w:rsidR="00A351FE" w:rsidRPr="00830EBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F82B68">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:p>
+          <w:p w:rsidR="00A351FE" w:rsidRPr="00B3089F" w:rsidRDefault="00CD5684" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00830EBF" w:rsidRPr="005A1989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>sosh43@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00830EBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="003A7CAA" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00361237" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="003A7CAA" w:rsidP="00AF1E41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Старший вожатый</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Аға тәлімгер</w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="006E3FE4">
+            <w:r w:rsidR="00E65EEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> языком обучения </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C367FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Жас қыран", "Жас ұлан" балалардың қоғамдық ұйымдарының, бірлестіктерінің қызметін дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушыларға олардың бірлестіктерінің, ұйымдарының қызметін жоспарлауға көмектеседі, олардың қызметінің мазмұны мен нысандарын жаңартуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар мен жасөспірімдердің жас ерекшеліктері мен қажеттіліктерін ескере отырып, жұмысты жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұжымдық-шығармашылық қызметті ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балалар мен жасөспірімдерді жұмыс істейтін ұйымдар, бірлестіктер туралы кеңінен ақпараттандыру үшін жағдай жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00C84B05" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушыларға азаматтық және адамгершілік ұстанымдарын көрсетуге, өз мүдделері мен қажеттіліктерін іске асыруға мүмкіндік беретін қолайлы жағдайлар жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRDefault="009E2263" w:rsidP="009E2263">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдарында мәдени-көпшілік, патриоттық жұмыстар жүргізеді, сынып жетекшілерге тәрбие жұмысын, балалардың танымдық бос уақытын ұйымдастыруға көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C84B05">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="009E2263" w:rsidRPr="00B3089F" w:rsidRDefault="009E2263" w:rsidP="00077A6C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылардың денсаулығы мен қауіпсіздігіне қамқорлық жасайды. Демалыс кезінде олардың демалысын ұйымдастырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00C367FE" w:rsidRDefault="009501C7" w:rsidP="009501C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім алушылармен жұмыстың инновациялық тәжірибесін зерделейді және пайдаланады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009501C7" w:rsidRPr="00517CED" w:rsidRDefault="009501C7" w:rsidP="009501C7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C367FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Қоғамға қызмет ету", "Туған елге тағзым", "Үлкенге ізет", "Ата-анаға құрмет" қоғамдық маңызды жұмыстарды ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00517CED" w:rsidRPr="00517CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00517CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т.б.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00D00EA5" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00517CED" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007612FA" w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орта арнайы білім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00104F9E" w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE67C8" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00C60B68" w:rsidRPr="00D00EA5">
+            <w:r w:rsidR="00B13E84" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>35721</w:t>
             </w:r>
-            <w:r w:rsidR="007612FA" w:rsidRPr="00D00EA5">
+            <w:r w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. бастап</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00517CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007612FA" w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00104F9E" w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00C60B68" w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min):</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE67C8" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00D00EA5">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B13E84" w:rsidRPr="00517CED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>43898</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00517CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00517CED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Үміткерге қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44" w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогтердің үлгілік біліктілік сипаттамаларымен бекітілген </w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000573B9" w:rsidRPr="000573B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бағдар бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне талаптар қойылмайды немесе тиісті бағдар бойынша техникалық және кәсіптік педагогикалық білім жұмыс өтіліне талаптар қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педаг</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">огикалық жұмыс өтілі – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="00A70C03">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70C03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="003C37C2" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00477FAE" w:rsidRDefault="00CA0B24" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00607921">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009E2B1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00607921">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж. </w:t>
+            </w:r>
+            <w:r w:rsidR="006221D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00477FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00607921">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00477FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00607921">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-.</w:t>
+            </w:r>
+            <w:r w:rsidR="00477FAE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00607921">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="006221D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00477FAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="009E2B1F" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00571E4D" w:rsidRPr="00571E4D" w:rsidRDefault="00AD4252" w:rsidP="00571E4D">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
-            <w:r w:rsidR="00571E4D" w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>осы Қағидалардың 15-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...15 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>4)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) </w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>«Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>справку с психоневрологической организации;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>справку с наркологической организации;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога- эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог- модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>айелтс IELTS (IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) сертификаты - 60-65 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD26BA" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DD26BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>16-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00DD26BA" w:rsidRDefault="00DD26BA" w:rsidP="00DF533F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00571E4D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DD26BA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+              <w:t>тәжірибесі жоқ кандидаттың бейнепрезентациясы (өзін-өзі таныстыру) ұзақтығы кемінде 10 минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="0010161D" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00443C44" w:rsidP="00704E3C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...14 lines deleted...]
-            </w:r>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>лауазымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00FC5F6A" w:rsidRDefault="00FC5F6A" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00924EAA" w:rsidP="006424B7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk110257937"/>
+            <w:r w:rsidRPr="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRDefault="004F1B0A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00316A04" w:rsidRDefault="00316A04">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="88" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4106"/>
+        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="4106" w:right="162"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>15</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін лауазымдарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымдардан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
-[...157 lines deleted...]
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Форма</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
-[...13 lines deleted...]
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="00E86579" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="18"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251653632" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A7D6E2A" wp14:editId="38F82D3C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3432810</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>185420</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2487930" cy="1270"/>
+                <wp:effectExtent l="13335" t="10160" r="13335" b="7620"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Полилиния: фигура 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2487930" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 5406 5406"/>
+                            <a:gd name="T1" fmla="*/ T0 w 3918"/>
+                            <a:gd name="T2" fmla="+- 0 9323 5406"/>
+                            <a:gd name="T3" fmla="*/ T2 w 3918"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3918">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3917" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="01939A15" id="Полилиния: фигура 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:270.3pt;margin-top:14.6pt;width:195.9pt;height:.1pt;z-index:-251662848;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3918,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZ8SGzLgMAAL4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NNufaNPVqmkR&#10;0gIrbTmAmzhNRGIH2226i5CQ4J0jcAUkXlZCcIb2RoydpNt2QUKISHXGmfE338x4pmfn6yJHKypk&#10;xlmAnRMbI8oiHmdsEeDXs2lngJFUhMUk54wG+IZKfD56/OisKn3q8pTnMRUIQJj0qzLAqVKlb1ky&#10;SmlB5AkvKQNlwkVBFGzFwooFqQC9yC3XtntWxUVcCh5RKeFrWCvxyOAnCY3UqySRVKE8wMBNmVWY&#10;da5Xa3RG/IUgZZpFDQ3yDywKkjFwuoMKiSJoKbIHUEUWCS55ok4iXlg8SbKImhggGsc+iuY6JSU1&#10;sUByZLlLk/x/sNHL1ZVAWQy1G2LESAE12nzZ/Nx839yZ34/N3fazj7afYP9t+3H7YfMVgSnkrSql&#10;D8evyyuhI5flJY/eSFBYBxq9kWCD5tULHgM8WSpucrVORKFPQhbQ2pTkZlcSulYogo+uN+gPu1C5&#10;CHSO2zcVs4jfno2WUj2j3OCQ1aVUdUFjkEw54iamGUAkRQ61fdpBNjr17J5ZmguwM3NasycWmtmo&#10;Qt2hMzg2clsjgzXsut3fYnVbM43l7mEB/0XLkKQt6WjNGtYgIaIbyDZ5KrnU+ZkBtzZBgABGOsI/&#10;2ILvY9v6TONCQGcc94TACHpiXkdbEqWZaRdaRFWATSr0h4Kv6IwblTqqHDi51+Zs3wqO9w9Y1Wo4&#10;oR3AtakF41Rz3ass49Msz01pc6ap9B27b3IjeZ7FWqnZSLGYj3OBVkR3u3l0MAB2YFYKqUIi09rO&#10;qOqYBV+y2HhJKYknjaxIltcyAOUm6XA7m9zoe2r6/N3QHk4Gk4HX8dzepOPZYdi5mI69Tm/q9E/D&#10;bjgeh857zdnx/DSLY8o07XbmON7f9XQz/eppsZs6B+EdZGFqnodZsA5pmCRBLO27LkLbunWvz3l8&#10;A20seD1EYeiDkHJxi1EFAzTA8u2SCIpR/pzBhBo6nqcnrtl4p30XNmJfM9/XEBYBVIAVhpuvxbGq&#10;p/SyFNkiBU+OqTfjFzA+kkz3uZkzNatmA0PSRNAMdD2F9/fG6v5vZ/QLAAD//wMAUEsDBBQABgAI&#10;AAAAIQABQSfy3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSHuHyEhcJpYsdNVW&#10;mk4TEhKI0zoOO2aNaSsap0qyrbw92QmOtj/9/v5yO9mBXdCH3pGC5UIAQ2qc6alV8Hl4fVwDC1GT&#10;0YMjVPCDAbbV7K7UhXFX2uOlji1LIRQKraCLcSw4D02HVoeFG5HS7ct5q2MafcuN19cUbgcuhci5&#10;1T2lD50e8aXD5rs+WwXj/L3OgrNGvuVzK467j7ppvVIP99PuGVjEKf7BcNNP6lAlp5M7kwlsULDK&#10;RJ5QBXIjgSVg8yQzYKfbIgNelfx/g+oXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGfEh&#10;sy4DAAC+BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;AUEn8t4AAAAJAQAADwAAAAAAAAAAAAAAAACIBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAJMGAAAAAA==&#10;" path="m,l3917,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;2487295,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="26" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>конкурс</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="00E86579" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23EC1776" wp14:editId="334CDA57">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>215900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6143625" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Полилиния: фигура 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6143625" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="075721F2" id="Полилиния: фигура 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:17pt;width:483.75pt;height:3.55pt;flip:y;z-index:-251660800;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAZDHiNAMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc1uEzEQviPxDpaPoHR/sknTqElVJQ1C&#10;KlCpgbuz682u2LUX28mmICQkuPMIvAISl0oIniF5I8azu2mS9oAQkeKMPeOZb77xTE7PVnlGllzp&#10;VIoB9Y5cSrgIZZSK+YC+nk5aPUq0YSJimRR8QG+4pmfDx49Oy6LPfZnILOKKgBOh+2UxoIkxRd9x&#10;dJjwnOkjWXAByliqnBnYqrkTKVaC9zxzfNftOqVUUaFkyLWG03GlpEP0H8c8NK/iWHNDsgEFbAZX&#10;hevMrs7wlPXnihVJGtYw2D+gyFkqIOjW1ZgZRhYqvecqT0MltYzNUShzR8ZxGnLMAbLx3INsrhNW&#10;cMwFyNHFlib9/9yGL5dXiqQR1A4qJVgONVp/W/9e/1zf4vfX+nbztU82X2D/Y/N582n9nYAp8FYW&#10;ug/Xr4srZTPXxaUM32pQOHsau9FgQ2blCxmBe7YwErlaxSoncZYWbyA6ngAfZIXFudkWh68MCeGw&#10;6wXtrt+hJARd0HF7HQvCYX3rxgIIF9o84xJltrzUpqptBBJWJqrTm8I7iPMMyvy0RVxIJmjjUr+F&#10;rZnXmD1xyNQlJelA/EMjvzFCX8e+Gzzoq92YWV/+ji/AP28QsqQBHa5EjRokwmwvuUhQIbUlaArY&#10;GobAAxghAQ/bQuxD2+pOHUJBkxy2h6IE2mNWZVswY5HZEFYk5YAiFfYgl0s+lagyB6WDIHfaTOxa&#10;wfX9DCo13LABsKrboBbrTmWFnKRZhqXNhIUStP02cqNllkZWadFoNZ+NMkWWzDY+furnsmdWKG3G&#10;TCeVHaqqnJVciAijJJxFF7VsWJpVMqDKkHR4njU39qFiy384cU8uehe9oBX43YtW4I7HrfPJKGh1&#10;J95xZ9wej0Zj76PF7AX9JI0iLizsZvx4wd+1dz0Iq8GxHUB76e2xMMHPfRacfRjIPuTS/GJ22NK2&#10;i6u2n8noBjpayWqewvwHIZHqPSUlzNIB1e8WTHFKsucChtWJFwR2+OIm6ECXUKJ2NbNdDRMhuBpQ&#10;Q+HlW3FkqoG9KFQ6TyBSNSyEPIdJEqe2zxFfharewLzEDOrZbgfy7h6t7v6Bhn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDm1AMv3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;EHUMKSohThUqwb0N3N14m0SN11HstClfz/YEx9E+zb7J17PrxQnH0HnSoBYJCKTa244aDV/Vx+MK&#10;RIiGrOk9oYYLBlgXtze5yaw/0xZPu9gILqGQGQ1tjEMmZahbdCYs/IDEt4MfnYkcx0ba0Zy53PXy&#10;KUlepDMd8YfWDLhpsT7uJqdhEw7lt6/c9tJV0/Lz530q/fFB6/u7uXwDEXGOfzBc9VkdCnba+4ls&#10;ED3nVZoyquE55U1XQC3VK4i9hlQpkEUu/08ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAAZDHiNAMAAMkGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDm1AMv3QAAAAoBAAAPAAAAAAAAAAAAAAAAAI4FAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAmAYAAAAA&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6142479,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="00E86579" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1394"/>
+        <w:ind w:left="543"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26611898" wp14:editId="75F942A7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>262255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5934075" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Полилиния: фигура 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5934075" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="76A19E07" id="Полилиния: фигура 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:20.65pt;width:467.25pt;height:3.55pt;flip:y;z-index:-251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0svGvNgMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc2O0zAQviPxDpaPoG5+mv5F265W7RYh&#10;LbDSFu5u4jQRjh1st+mCkJDgziPwCkhcVkLwDO0bMXaSbtvdA0JUqjv2jGe++cYzPT1b5wytqFSZ&#10;4EPsnbgYUR6JOOOLIX49m7b6GClNeEyY4HSIb6jCZ6PHj07LIqS+SAWLqUTghKuwLIY41boIHUdF&#10;Kc2JOhEF5aBMhMyJhq1cOLEkJXjPmeO7btcphYwLKSKqFJxOKiUeWf9JQiP9KkkU1YgNMWDTdpV2&#10;nZvVGZ2ScCFJkWZRDYP8A4qcZByC7lxNiCZoKbN7rvIskkKJRJ9EIndEkmQRtTlANp57lM11Sgpq&#10;cwFyVLGjSf0/t9HL1ZVEWQy162HESQ412nzb/N783Nza76/N7fZriLZfYP9j+3n7afMdgSnwVhYq&#10;hOvXxZU0maviUkRvFSicA43ZKLBB8/KFiME9WWphuVonMkcJy4o3EN2eAB9obYtzsysOXWsUwWFn&#10;0A7cXgejCHRBx+13DAiHhMaNARAtlX5GhZXJ6lLpqrYxSLYycZ3eDN5BkjMo89MWcpHXD9p2qd/C&#10;zsxrzJ44aOaiEnXaXf/YyG+MrK+e7wYP+mo3ZsaXv+cL8C8ahCRtQEdrXqMGCRHTS64lqBDKEDQD&#10;bA1D4AGMLAEP20LsY9vqTh1CQpMct4fECNpjXmVbEG2QmRBGRCUUw1BhDnKxojNhVfqodBDkTsv4&#10;vhVcP8ygUsMNE8BWdRfUYN2rLBfTjDFbWsYNlKDtty0UJVgWG6VBo+RiPmYSrYhpfPupn8uBWSGV&#10;nhCVVnZWVeUsxZLHNkpKSXxRy5pkrJIBFbOkw/OsuTEP1bb8h4E7uOhf9INW4HcvWoE7mbTOp+Og&#10;1Z16vc6kPRmPJ95Hg9kLwjSLY8oN7Gb8eMHftXc9CKvBsRtAB+kdsDC1n/ssOIcwLPuQS/Nrs7Mt&#10;bbq4avu5iG+go6Wo5inMfxBSId9jVMIsHWL1bkkkxYg95zCsBl4QmOFrN0EHugQjua+Z72sIj8DV&#10;EGsML9+IY10N7GUhs0UKkaphwcU5TJIkM31u8VWo6g3MS5tBPdvNQN7fW6u7f6DRHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFvI1gzdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNm&#10;TLyYdkHRUGRpsIneW/S+ZadAys4SdmmpT+/0ZI//zJd/vsnXs+3FCUffOVIQLyMQSLUzHTUKvqvP&#10;RQrCB01G945QwQU9rIv7u1xnxp1pi6ddaASXkM+0gjaEIZPS1y1a7ZduQOLdwY1WB45jI82oz1xu&#10;e/kcRW/S6o74QqsH3LRYH3eTVbDxh/LHVXZ76arp9ev3Yyrd8Umpx4e5fAcRcA7/MFz1WR0Kdtq7&#10;iYwXPec0SRhVkMQvIK5AHKcrEHuepAnIIpe3LxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHSy8a82AwAAyQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFvI1gzdAAAACgEAAA8AAAAAAAAAAAAAAAAAkAUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAACaBgAAAAA=&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5932968,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса)),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ИИН</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="00E86579" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1819"/>
+        <w:ind w:left="543"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021623A" w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>работы)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="00E86579" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="767EECC9" wp14:editId="7E4EDF6A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1171575</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>326390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5943600" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Полилиния: фигура 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5943600" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="651A645E" id="Полилиния: фигура 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.25pt;margin-top:25.7pt;width:468pt;height:3.55pt;flip:y;z-index:-251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAvd9UNQMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc2O0zAQviPxDpaPoG5+mnbbaNvVqj8I&#10;aYGVtnB3E6eJcOxgu00XhIQEdx6BV0DishKCZ2jfiLGTdNvuHhCiUt2xZ/zNNzOe6dn5OmdoRaXK&#10;BB9g78TFiPJIxBlfDPDr2bTVw0hpwmPCBKcDfEMVPh8+fnRWFiH1RSpYTCUCEK7CshjgVOsidBwV&#10;pTQn6kQUlIMyETInGrZy4cSSlICeM8d33a5TChkXUkRUKTgdV0o8tPhJQiP9KkkU1YgNMHDTdpV2&#10;nZvVGZ6RcCFJkWZRTYP8A4ucZByc7qDGRBO0lNk9qDyLpFAi0SeRyB2RJFlEbQwQjeceRXOdkoLa&#10;WCA5qtilSf0/2Ojl6kqiLIbadTDiJIcabb5tfm9+bm7t99fmdvs1RNsvsP+x/bz9tPmOwBTyVhYq&#10;hOvXxZU0kaviUkRvFSicA43ZKLBB8/KFiAGeLLWwuVonMkcJy4o34N2eQD7Q2hbnZlccutYogsNO&#10;P2h3XahhBLqg4/YsCYeEBsYQiJZKP6PCymR1qXRV2xgkW5m4Dm8GGEnOoMxPW8hFXi9o26V+Czsz&#10;rzF74qCZi0rUaXf9YyO/MbJYp74bPIjVbswMlr+HBfwXDUOSNqSjNa9Zg4SI6SXXJqgQyiRoBtya&#10;DAECGNkEPGwLvo9tqzu1CwlNctweEiNoj3kVbUG0YWZcGBGVUAyTCnOQixWdCavSR6UDJ3daxvet&#10;4PphBJUabhgH8IIqwTo1XPcqy8U0Y8yWlnFDJWj7bUtFCZbFRmnYKLmYj5hEK2Ia335MMAB2YFZI&#10;pcdEpZWdVVUxS7HksfWSUhJPalmTjFUyADGbdHiedW7MQ7Ut/6Hv9ie9SS9oBX530grc8bh1MR0F&#10;re7UO+2M2+PRaOx9NJy9IEyzOKbc0G7Gjxf8XXvXg7AaHLsBdBDeQRam9nM/C84hDZskiKX5rYrQ&#10;dHHV9nMR30BHS1HNU5j/IKRCvseohFk6wOrdkkiKEXvOYVj1vSAww9dugg50CUZyXzPf1xAeAdQA&#10;awwv34gjXQ3sZSGzRQqeqmHBxQVMkiQzfW5HTsWq3sC8tBHUs90M5P29tbr7Bxr+AQAA//8DAFBL&#10;AwQUAAYACAAAACEA7L+nltwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZG&#10;6qVqDFGoEMVENFJ7T0jvDt4ACl4jbBLSr+/m1B5n9ml2Jt/OthdXHH3nSEG8ikAg1c501Cg4Vp+v&#10;KQgfNBndO0IFd/SwLRZPuc6Mu9Eer4fQCA4hn2kFbQhDJqWvW7Tar9yAxLezG60OLMdGmlHfONz2&#10;ch1Fb9LqjvhDqwfctVhfDpNVsPPn8ttVdn/vqin5+vmYSnd5Uep5OZfvIALO4Q+GR32uDgV3OrmJ&#10;jBc963STMKogiTcgHkC8jtg5sZMmIItc/p9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDAvd9UNQMAAMkGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDsv6eW3AAAAAoBAAAPAAAAAAAAAAAAAAAAAI8FAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAmAYAAAAA&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5942492,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32DDE436" wp14:editId="0588CB74">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>180975</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5934075" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Полилиния: фигура 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5934075" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6BC7B68F" id="Полилиния: фигура 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:14.25pt;width:467.25pt;height:3.55pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1GuvtLwMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NO220bYr1GwR&#10;0gIrbTmAGztNRGIH2226ICQkeOcIXAGJl5UQnKG9EWMn6bZdkBAiUp1xZjzzzTee6dn5usjRikmV&#10;CT7C3omLEeOxoBlfjPCr2bQzwEhpwinJBWcjfMMUPh8/fHBWlSHzRSpyyiQCJ1yFVTnCqdZl6Dgq&#10;TllB1IkoGQdlImRBNGzlwqGSVOC9yB3fdftOJSQtpYiZUvA1qpV4bP0nCYv1yyRRTKN8hAGbtqu0&#10;69yszviMhAtJyjSLGxjkH1AUJOMQdOcqIpqgpczuuSqyWAolEn0Si8IRSZLFzOYA2XjuUTbXKSmZ&#10;zQXIUeWOJvX/3MYvVlcSZRRq18eIkwJqtPmy+bn5vrm1vx+b2+3nEG0/wf7b9uP2w+YrAlPgrSpV&#10;CMevyytpMlflpYhfK1A4BxqzUWCD5tVzQcE9WWphuVonsjAngQW0tiW52ZWErTWK4WNv2A3c0x5G&#10;MeiCnjvomdAOCdvD8VLpp0xYR2R1qXRdUQqSrQdtkppB9ZMih+I+7iAXeYOga5fmBuzMvNbskYNm&#10;LqpQr9v3j4381sj6OvXd4Le+uq2Z8eXv+QL8ixYhSVvQ8Zo3qEFCxHSQa4kqhTIEzQBbyxB4ACOT&#10;4R9sIfaxbX2mCSGhNY6bQmIETTGvsy2JNshMCCOiCophqDAfCrFiM2FV+qh0EOROm/N9Kzh+mEGt&#10;hhMmgK3qLqjBuldZLqZZntvS5txACbp+10JRIs+oURo0Si7mk1yiFTHtbp/muhyYlVLpiKi0trOq&#10;OmcplpzaKCkj9KKRNcnyWgZUuSUdrmfDjbmottHfDd3hxeBiEHQCv3/RCdwo6jyZToJOf+qd9qJu&#10;NJlE3nuD2QvCNKOUcQO7HTpe8HdN3Yy/elzsxs5BegcsTO1znwXnEIZlH3Jp3zY728imd+tmnwt6&#10;A30sRT1FYeqDkAr5FqMKJugIqzdLIhlG+TMOI2roBYEZuXYT9KBLMJL7mvm+hvAYXI2wxnDzjTjR&#10;9ZheljJbpBDJs/Xm4gnMjyQzfW7x1aiaDUxJm0Ez0c0Y3t9bq7v/nfEvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAPj448uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtRJaSo3&#10;jVMhRFUWCImWA7jxEAficWS7bdrT465g+TVP/7+pVqPt2RF96BxJyCcZMKTG6Y5aCZ+79YMAFqIi&#10;rXpHKOGMAVb17U2lSu1O9IHHbWxZKqFQKgkmxqHkPDQGrQoTNyCl25fzVsUUfcu1V6dUbns+zbI5&#10;t6qjtGDUgM8Gm5/twUpo4+b1ZXzbvW+a9fkiCvPdZf4i5f3d+LQEFnGMfzBc9ZM61Mlp7w6kA+tT&#10;FrNZQiVMRQHsCuS5WADbS3gs5sDriv9/of4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;tRrr7S8DAAC/BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAPj448uAAAAAKAQAADwAAAAAAAAAAAAAAAACJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAJYGAAAAAA==&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5932968,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="245"/>
+        <w:ind w:left="543"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>телефон</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="140" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="292" w:right="287"/>
+        <w:ind w:left="167" w:right="161"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="280" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="179"/>
+        <w:ind w:left="117" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...61 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беруіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="113" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(қажетінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659776" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF1E0D4" wp14:editId="394B0DFE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>161290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5596890" cy="1270"/>
+                <wp:effectExtent l="6985" t="12700" r="6350" b="5080"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Полилиния: фигура 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5596890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8814"/>
+                            <a:gd name="T2" fmla="+- 0 10940 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8814"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8814">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8814" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="50AA7CB5" id="Полилиния: фигура 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:12.7pt;width:440.7pt;height:.1pt;z-index:-251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8814,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdTpuzMAMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2K2zAQfi/0DkKPLVn/rDc/Zp1lyU8p&#10;bNuFTQ+g2HJsakuupMTZlkKhfe8ReoVCXxZKe4bkRh1JdjbJUiilhsgjz+ibb2Y0k/OLdVmgFRUy&#10;5yzC3omLEWUxT3K2iPDr2bTTx0gqwhJScEYjfEslvhg+fnReVyH1ecaLhAoEIEyGdRXhTKkqdBwZ&#10;Z7Qk8oRXlIEy5aIkCrZi4SSC1IBeFo7vul2n5iKpBI+plPB1bJV4aPDTlMbqVZpKqlARYeCmzCrM&#10;OterMzwn4UKQKsvjhgb5BxYlyRk43UGNiSJoKfIHUGUeCy55qk5iXjo8TfOYmhggGs89iuYmIxU1&#10;sUByZLVLk/x/sPHL1bVAeQK1CzBipIQabb5ufm1+bO7M7+fmbvslRNvPsP++/bT9uPmGwBTyVlcy&#10;hOM31bXQkcvqisdvJCicA43eSLBB8/oFTwCeLBU3uVqnotQnIQtobUpyuysJXSsUw8ezs0G3P4DK&#10;xaDz/J6pmEPC9my8lOoZ5QaHrK6ksgVNQDLlSJqYZgCRlgXU9mkHucj3/K5ZmguwM/NasycOmrmo&#10;Rv2+jRZKuzPyWyOD5bmDwCIeg522dhrM3wODABYtRZK1rOM1a2iDhIjuINckquJSJ2gG5NoMAQIY&#10;6RD/YAu+j23tmcaFgNY4bgqBETTF3IZREaWZaRdaRHWETS70h5Kv6IwblToqHTi51xZs38oc32dl&#10;1XBCO4B7YwXjVHPdKy3j07woTG0Lpqn0PLdnciN5kSdaqdlIsZiPCoFWRLe7eXQwAHZgVgmpxkRm&#10;1s6obMyCL1livGSUJJNGViQvrAxAhUk6XM8mN/qimkZ/P3AHk/6kH3QCvzvpBO543LmcjoJOd+r1&#10;zsan49Fo7H3QnL0gzPIkoUzTboeOF/xdUzfjz46L3dg5CO8gC1PzPMyCc0jDJAliad+2CG3v2maf&#10;8+QW+lhwO0Vh6oOQcfEOoxomaITl2yURFKPiOYMRNfCCQI9cswnOej5sxL5mvq8hLAaoCCsMN1+L&#10;I2XH9LIS+SIDT56pN+OXMD/SXDe6GTSWVbOBKWkiaCa6HsP7e2N1/78z/A0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAPJle4XdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Q/WVuJGnUYh&#10;ghCnQkhIXFuQmqMbb+MIP0LsPODXsznBbXdnNPtNeVisYRMOofNOwH6XAEPXeNW5VsDH++vdA7AQ&#10;pVPSeIcCvjHAodrclLJQfnZHnE6xZRTiQiEF6Bj7gvPQaLQy7HyPjrSrH6yMtA4tV4OcKdwaniZJ&#10;zq3sHH3QsscXjc3nabQC6qlOz7NqzHHs9Vf2dq1/puiFuN0uz0/AIi7xzwwrPqFDRUwXPzoVmBGQ&#10;7tOcrDTcZ8BWQ/KYUbvLesmBVyX/X6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1O&#10;m7MwAwAAvwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APJle4XdAAAACgEAAA8AAAAAAAAAAAAAAAAAigUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACUBgAAAAA=&#10;" path="m,l8814,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5596890,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="886"/>
+        <w:ind w:left="826" w:right="721"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F648F2F" wp14:editId="1FD5C39C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201930</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5596890" cy="1270"/>
+                <wp:effectExtent l="6985" t="9525" r="6350" b="8255"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Полилиния: фигура 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5596890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8814"/>
+                            <a:gd name="T2" fmla="+- 0 10940 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8814"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8814">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8814" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="40389DCF" id="Полилиния: фигура 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:15.9pt;width:440.7pt;height:.1pt;z-index:-251655680;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8814,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt7t/0LwMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduK2zAQfS/0H4QeW7K+rDcXs86y5FIK&#10;23Zh0w9QbDk2tSVXUuJsS6HQvvcT+guFviyU9huSP+pIsrNJlkIpDcSRPKMzZ85oJucX67JAKypk&#10;zlmEvRMXI8pinuRsEeHXs2mnj5FUhCWk4IxG+JZKfDF8/Oi8rkLq84wXCRUIQJgM6yrCmVJV6Dgy&#10;zmhJ5AmvKANjykVJFGzFwkkEqQG9LBzfdbtOzUVSCR5TKeHt2Brx0OCnKY3VqzSVVKEiwsBNmacw&#10;z7l+OsNzEi4EqbI8bmiQf2BRkpxB0B3UmCiCliJ/AFXmseCSp+ok5qXD0zSPqckBsvHco2xuMlJR&#10;kwuII6udTPL/wcYvV9cC5QnU7hQjRkqo0ebr5tfmx+bOfH9u7rZfQrT9DPvv20/bj5tvCFxBt7qS&#10;IRy/qa6FzlxWVzx+I8HgHFj0RoIPmtcveALwZKm40WqdilKfBBXQ2pTkdlcSulYohpdnZ4NufwCV&#10;i8Hm+T1TMYeE7dl4KdUzyg0OWV1JZQuawMqUI2lymgFEWhZQ26cd5CLf87vm0VyAnZvXuj1x0MxF&#10;Ner3veDYyW+dDJbnDgKLeOwHitqYGszfA4MEFi1FkrWs4zVraMMKEd1BrhGq4lILNANyrUKAAE46&#10;xT/4QuxjX3umCSGgNY6bQmAETTG3aVREaWY6hF6iOsJGC/2i5Cs648akjkoHQe6tBdv3Msf3WVkz&#10;nNAB4N7YhQmque6VlvFpXhSmtgXTVHqe2zPaSF7kiTZqNlIs5qNCoBXR7W4+OhkAO3CrhFRjIjPr&#10;Z0w2Z8GXLDFRMkqSSbNWJC/sGoAKIzpcz0YbfVFNo78fuINJf9IPOoHfnXQCdzzuXE5HQac79Xpn&#10;49PxaDT2PmjOXhBmeZJQpmm3Q8cL/q6pm/Fnx8Vu7Bykd6DC1HwequAc0jAiQS7try1C27u22ec8&#10;uYU+FtxOUZj6sMi4eIdRDRM0wvLtkgiKUfGcwYgaeEGgR67ZBGc9HzZi3zLftxAWA1SEFYabr5cj&#10;Zcf0shL5IoNInqk345cwP9JcN7oZNJZVs4EpaTJoJroew/t743X/vzP8DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAz0b1wd0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j9B2sqsaNOTFVB&#10;iFMhJCS2LUjN0o3dOMIeh9h5wNczXcFyZo7unFvuF+/YZIbYBZSQbzJgBpugO2wlfLy/3j0Ai0mh&#10;Vi6gkfBtIuyr1U2pCh1mPJjpmFpGIRgLJcGm1Becx8Yar+Im9AbpdgmDV4nGoeV6UDOFe8dFlu24&#10;Vx3SB6t682JN83kcvYR6qsVp1o07jL392r5d6p8pBSlv18vzE7BklvQHw1Wf1KEip3MYUUfmJIhc&#10;7AiVcJ9ThSuQPW6p3Zk2IgNelfx/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAre7f&#10;9C8DAAC/BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;z0b1wd0AAAAKAQAADwAAAAAAAAAAAAAAAACJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAJMGAAAAAA==&#10;" path="m,l8814,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5596890,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="255"/>
+        <w:ind w:left="826" w:right="721"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0021623A">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>сведения:</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="117"/>
+        <w:ind w:left="826"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0021623A">
+      <w:r w:rsidRPr="004F1B0A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>послевузовское</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRPr="0021623A" w:rsidRDefault="0021623A" w:rsidP="0021623A">
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1095 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="9"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...565 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="3235"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="4462"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidTr="00401790">
+        <w:trPr>
+          <w:trHeight w:val="296"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F1B0A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidTr="00AC0646">
+        <w:trPr>
+          <w:trHeight w:val="539"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="134" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(растау)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66BE00BA" wp14:editId="222EBD3C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>161290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5419090" cy="1270"/>
+                <wp:effectExtent l="6985" t="5080" r="12700" b="12700"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Полилиния: фигура 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5419090" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8534"/>
+                            <a:gd name="T2" fmla="+- 0 10660 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8534"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8534">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8534" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="578391EB" id="Полилиния: фигура 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:12.7pt;width:426.7pt;height:.1pt;z-index:-251654656;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8534,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0KXCTLQMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVd2K00AUvhd8h2EulW5+Nv3ZsOmyNK0I&#10;qy5sfYBpMmmCyUycmTZdRRD03kfwFQRvFkSfoX0jz0ySbtpFELHQdCbnzHe+8505p+cXmyJHaypk&#10;xlmAnRMbI8oiHmdsGeDX81lvhJFUhMUk54wG+JZKfDF+/Oi8Kn3q8pTnMRUIQJj0qzLAqVKlb1ky&#10;SmlB5AkvKQNjwkVBFGzF0ooFqQC9yC3XtgdWxUVcCh5RKeFtWBvx2OAnCY3UqySRVKE8wMBNmacw&#10;z4V+WuNz4i8FKdMsamiQf2BRkIxB0D1USBRBK5E9gCqySHDJE3US8cLiSZJF1OQA2Tj2UTY3KSmp&#10;yQXEkeVeJvn/YKOX62uBshhq52LESAE12n7d/tr+2N6Z78/t3e6Lj3afYf9992n3cfsNgSvoVpXS&#10;h+M35bXQmcvyikdvJBisA4veSPBBi+oFjwGerBQ3Wm0SUeiToALamJLc7ktCNwpF8LLvOWf2GVQu&#10;ApvjDk3FLOK3Z6OVVM8oNzhkfSVVXdAYVqYccZPTHCCSIofaPu0hG7mOOzCP5gLs3ZzW7YmF5jaq&#10;0Kh/6h07gVIdLMceDGrEY7/T1k+DuR0wSGDZUiRpyzrasIY2rBDRHWQboUoutUBzINcqBAjgpFP8&#10;gy/EPvatzzQhBLTGcVMIjKApFnUaJVGamQ6hl6gKsNFCvyj4ms65Mamj0kGQe2vOul7meJdVbYYT&#10;OgDcm3phgmqundIyPsvy3NQ2Z5rK0LGHRhvJ8yzWRs1GiuVikgu0JrrdzUcnA2AHbqWQKiQyrf2M&#10;qc5Z8BWLTZSUknjarBXJ8noNQLkRHa5no42+qKbR38M9nY6mI6/nuYNpz7PDsHc5m3i9wcwZ9sPT&#10;cDIJnQ+as+P5aRbHlGna7dBxvL9r6mb81eNiP3YO0jtQYWY+D1WwDmkYkSCX9rcuQtu7dbMveHwL&#10;fSx4PUVh6sMi5eIdRhVM0ADLtysiKEb5cwYj6szxPD1yzcbrD13YiK5l0bUQFgFUgBWGm6+XE1WP&#10;6VUpsmUKkRxTb8YvYX4kmW50M2hqVs0GpqTJoJnoegx398br/n9n/BsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGH0nlbeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUSSgWCnEq&#10;isTCgELLwubGRxyI7ch209Bfz2WC7e7e07vvVZvZDmzCEHvvJOSrDBi61uvedRLe988398BiUk6r&#10;wTuU8IMRNvXlRaVK7U/uDadd6hiFuFgqCSalseQ8tgatiis/oiPt0werEq2h4zqoE4XbgRdZJrhV&#10;vaMPRo34ZLD93h0tpbxs96+3H+dGr83UbPtwbsb8S8rrq/nxAVjCOf2ZYcEndKiJ6eCPTkc2SCjy&#10;QpCVhrs1sMWQCUHtDstFAK8r/r9C/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0KXCT&#10;LQMAAL8GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBh&#10;9J5W3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAkgYAAAAA&#10;" path="m,l8534,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5419090,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9426"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9410"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="168" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="117" w:right="282" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сондай-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004F1B0A" w:rsidRPr="004F1B0A" w:rsidRDefault="004F1B0A" w:rsidP="004F1B0A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004F1B0A" w:rsidRPr="004F1B0A">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1B0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="761E5C38" wp14:editId="05C4BDBE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>126365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5330190" cy="1270"/>
+                <wp:effectExtent l="6985" t="11430" r="6350" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Полилиния: фигура 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5330190" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8394"/>
+                            <a:gd name="T2" fmla="+- 0 10520 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8394"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8394">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8394" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="27DA8D2F" id="Полилиния: фигура 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:9.95pt;width:419.7pt;height:.1pt;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8394,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuSr/gLgMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduK2zAQfS/0H4QeW7K+xLmyzrLkUgrb&#10;dmHTD1BsOTa1JVdS4mxLodC+9xP6C4W+LJT2G5I/6kiys0mWQikNxJE8ozNnzmgm5xebIkdrKmTG&#10;WYi9MxcjyiIeZ2wZ4tfzWauPkVSExSTnjIb4lkp8MXr86Lwqh9TnKc9jKhCAMDmsyhCnSpVDx5FR&#10;Sgsiz3hJGRgTLgqiYCuWTixIBehF7viu23UqLuJS8IhKCW8n1ohHBj9JaKReJYmkCuUhBm7KPIV5&#10;LvTTGZ2T4VKQMs2imgb5BxYFyRgE3UNNiCJoJbIHUEUWCS55os4iXjg8SbKImhwgG889yeYmJSU1&#10;uYA4stzLJP8fbPRyfS1QFkPtPIwYKaBG26/bX9sf2zvz/bm9230Zot1n2H/ffdp93H5D4Aq6VaUc&#10;wvGb8lrozGV5xaM3EgzOkUVvJPigRfWCxwBPVoobrTaJKPRJUAFtTElu9yWhG4UieNlpt11vAJWL&#10;wOb5PVMxhwybs9FKqmeUGxyyvpLKFjSGlSlHXOc0B4ikyKG2T1vIRb7nd82jvgB7NxDBuj1x0NxF&#10;Feq3B8Gpk984GSzP7fgW8dSv3fhpMP8ADBJYNhRJ2rCONqymDStEdAe5RqiSSy3QHMg1CgECOOkU&#10;/+ALsU997Zk6hIDWOG0KgRE0xcKmURKlmekQeomqEBst9IuCr+mcG5M6KR0Eubfm7NDLHD9kZc1w&#10;QgeAe2MXJqjmelBaxmdZnpva5kxT6Xluz2gjeZ7F2qjZSLFcjHOB1kS3u/noZADsyK0UUk2ITK2f&#10;MdmcBV+x2ERJKYmn9VqRLLdrAMqN6HA9a230RTWN/n7gDqb9aT9oBX532grcyaR1ORsHre7M63Um&#10;7cl4PPE+aM5eMEyzOKZM026Gjhf8XVPX48+Oi/3YOUrvSIWZ+TxUwTmmYUSCXJpfW4Smd22zL3h8&#10;C30suJ2iMPVhkXLxDqMKJmiI5dsVERSj/DmDETXwgkCPXLMJOj0fNuLQsji0EBYBVIgVhpuvl2Nl&#10;x/SqFNkyhUieqTfjlzA/kkw3uhk0llW9gSlpMqgnuh7Dh3vjdf+/M/oNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDF4FC+3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3U3Qpo3Z&#10;FBE8iPRgqhRv2+yYBLOzIbtNo7/e6UmPw/t4871iM7teTDiGzpOGZKFAINXedtRoeNs93axAhGjI&#10;mt4TavjGAJvy8qIwufUnesWpio3gEgq50dDGOORShrpFZ8LCD0icffrRmcjn2Eg7mhOXu16mSi2l&#10;Mx3xh9YM+Nhi/VUdnYbb7OW5/viJWeZ2WXxv9ttprrZaX1/ND/cgIs7xD4azPqtDyU4HfyQbRK8h&#10;TdIloxys1yDOgLpLed2BI5WALAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC5K&#10;v+AuAwAAvwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMXgUL7fAAAACgEAAA8AAAAAAAAAAAAAAAAAiAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACUBgAAAAA=&#10;" path="m,l8394,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5330190,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="00BC134A" w:rsidRDefault="00437A2D" w:rsidP="007412BB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="88" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="4106" w:right="509"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Қағидаларына</w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007412BB" w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>16-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="00BC134A" w:rsidRDefault="007412BB" w:rsidP="007412BB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="152"/>
+        <w:ind w:left="4106"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="00BC134A" w:rsidRDefault="007412BB" w:rsidP="007412BB">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:left="451"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="00BC134A" w:rsidRDefault="007412BB" w:rsidP="007412BB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7317"/>
+        </w:tabs>
+        <w:spacing w:before="88" w:line="280" w:lineRule="auto"/>
+        <w:ind w:right="622"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>(Тегі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>аты,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC134A">
+        <w:rPr>
+          <w:sz w:val="14"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10651" w:type="dxa"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="2676"/>
+        <w:gridCol w:w="2371"/>
+        <w:gridCol w:w="4291"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidTr="004902C7">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...15 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...41 lines deleted...]
-              <w:t>кумент</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:spacing w:before="101"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>20-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC134A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...15 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="175"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пломның және ди-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t>диплому</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пломға қосымша-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1891"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>үздік=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-              <w:spacing w:line="195" w:lineRule="exact"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="195" w:lineRule="exact"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...97 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1891"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="00BC134A" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="891"/>
+          <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>степень</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="175"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пломның және ди-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t>диплому</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пломға қосымша-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...36 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кандидат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...61 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="523"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...100 lines deleted...]
-              <w:t>стажа</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін серти-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>фикаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...76 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...15 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
           <w:trHeight w:val="2074"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...33 lines deleted...]
-              <w:t>категория</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="165"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>куәлік,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>документ</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="195" w:lineRule="exact"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...258 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1115"/>
+          <w:trHeight w:val="1574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...87 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>деятельности</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-              <w:ind w:left="122" w:right="126"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="341"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>/еңбек қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">растайтын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:t>деятельность</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі ке-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>мінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2 жыл)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="35" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...375 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="818"/>
+          <w:trHeight w:val="886"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="400"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:t>работу</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="265"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:t>об образовании</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пломның қосым-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>шасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«өте</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жақсы»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«жақсы»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:spacing w:before="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-            </w:r>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1484"/>
+          <w:trHeight w:val="1480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="151"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауа-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>зымы бойынша) немесе оқу орнынан ұсы-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t>или учебы</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ныс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="153"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Кон-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>курсты өз бетінше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жариялаған білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...94 lines deleted...]
-              <w:t>организацию/учебное</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>беру ұйымы соңғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жұмыс/оқу орны</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...37 lines deleted...]
-              <w:spacing w:before="69"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>минус</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...15 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRPr="00031755" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-        </w:rPr>
-        <w:sectPr w:rsidR="00977F5A" w:rsidRPr="00977F5A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="007412BB" w:rsidRPr="00031755">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="21"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00E86579" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:line="30" w:lineRule="exact"/>
+        <w:rPr>
           <w:sz w:val="3"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...4 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="3"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C626506" wp14:editId="15CA9656">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="4445" t="0" r="0" b="2540"/>
+                <wp:docPr id="5" name="Группа 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="20" name="Rectangle 7"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="3237F882" id="Группа 5" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATQ1qt4wIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVf9u0zAQ/h+Jd7D8f5cfTdomWjrtVyek&#10;ARODB3ATJ7FI7GC7TQdCQuIReBHegFfY3oiznXWlYxIarZTaufP5u++7ux4ebdoGralUTPAMBwc+&#10;RpTnomC8yvCH94vRDCOlCS9IIzjN8A1V+Gj+8sVh36U0FLVoCioRBOEq7bsM11p3qeepvKYtUQei&#10;oxyMpZAt0bCVlVdI0kP0tvFC3594vZBFJ0VOlYK3Z86I5zZ+WdJcvy1LRTVqMgzYtH1K+1yapzc/&#10;JGklSVezfIBBnoGiJYzDpdtQZ0QTtJLsUaiW5VIoUeqDXLSeKEuWU5sDZBP4e9lcSLHqbC5V2lfd&#10;liagdo+nZ4fN36yvJGJFhmOMOGlBotsfd9/uvt/+gu9PFBuG+q5KwfFCdtfdlXRpwvJS5B8VmL19&#10;u9lXzhkt+9eigKhkpYVlaFPK1oSA3NHGCnGzFYJuNMrh5WQ8DsMQ9MrBFiR+PAiV16Dmo1N5fT6c&#10;S5Jp6A6N7QmPpO46C3GAZPKBYlMPfKr/4/O6Jh21MilD08Cnge8IfQdVSHjVUDR1bFq3eyqV4xFx&#10;cVqDFz2WUvQ1JQWgCow/YN85YDYKVHgesU8SRNJOKn1BRYvMIsMSQFu9yPpSaQPjwcXIp0TDigVr&#10;GruR1fK0kWhNoM3G9mOR77k13DhzYY65iO4NyA53GJspANs2X5IgjPyTMBktJrPpKFpE8SiZ+rOR&#10;HyQnycSPkuhs8dUADKK0ZkVB+SXj9L6Fg+jfJB2GiWs+28Soz3ASh7HN/ekkffv5W5It0zDRGtZm&#10;eLZ1IqlR9JwXkDZJNWGNW3t/wrcsAwf3v5YVq7+R3BXuUhQ3IL8UIBKUGMxeWNRCfsaohzmWYfVp&#10;RSTFqHnFoYSSIIrM4LObKJ6aspS7luWuhfAcQmVYY+SWp9oNy1UnWVXDTYElhotj6OeS2cIwJelQ&#10;DcUKvWVXdmrZXIYJa8bi7t56PfwPzH8DAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G7JrE&#10;f99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE2173lK3&#10;84UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Czx345&#10;jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whklsp7&#10;9uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE0NareMCAABPBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAAAAAA&#10;AAAAAAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEUGAAAAAA==&#10;">
+                <v:rect id="Rectangle 7" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+4jXEvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LqsIw&#10;EN0L/kMYwZ2mdiGXahQRBUFBrorgbmimD2wmpYm2/XuzEFweznu57kwl3tS40rKC2TQCQZxaXXKu&#10;4HbdT/5AOI+ssbJMCnpysF4NB0tMtG35n94Xn4sQwi5BBYX3dSKlSwsy6Ka2Jg5cZhuDPsAml7rB&#10;NoSbSsZRNJcGSw4NBda0LSh9Xl5GwWM3k1ncv442nfen7d2dWxtnSo1H3WYBwlPnf+Kv+6AVxGF9&#10;+BJ+gFx9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH7iNcS+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10651" w:type="dxa"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="2676"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4699"/>
+        <w:gridCol w:w="687"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="719"/>
+          <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...85 lines deleted...]
-              <w:t>бы)</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>/оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жасайды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
+        <w:trPr>
+          <w:trHeight w:val="3871"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="007412BB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="125" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дипломдар, білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>олимпиадалар жә-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>не конкурстар, ғы-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>лыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бой-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ынша жеңімпаз-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дардың грамотала-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ры;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="007412BB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="74" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="121" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дипломдар,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>мұғалімнің олим-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пиадалар және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>конкурстар жеңім-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>паздарының грамо-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>талары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="007412BB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="37" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="284" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>мемлекеттік на-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>града</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ұстазы»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="2495"/>
+          <w:trHeight w:val="1577"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>8.</w:t>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...41 lines deleted...]
-              <w:t>жений</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...43 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="194"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>-авторлық шығар-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...90 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">малары, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>басылым-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...95 lines deleted...]
-              <w:t>града</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="338"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="118"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авто-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...53 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="123" w:right="406"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>БССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="123" w:right="225"/>
-[...47 lines deleted...]
-            </w:r>
+              <w:ind w:left="123" w:right="338"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1808"/>
+          <w:trHeight w:val="1485"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>9.</w:t>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="52"/>
-              <w:ind w:left="122"/>
-[...29 lines deleted...]
-              <w:t>деятельность</w:t>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="122" w:right="343"/>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:right="205"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педаго-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>гикалық қызметін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-              <w:t>публикации</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4699" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102" w:line="364" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1322"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>шетел/орыс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>шетел/қазақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(қазақ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>орыс,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>шетел)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...135 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1941"/>
+          <w:trHeight w:val="5796"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
-[...536 lines deleted...]
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...32 lines deleted...]
-              <w:t>подготовка</w:t>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="007412BB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="223"/>
+                <w:tab w:val="left" w:pos="222"/>
               </w:tabs>
-              <w:spacing w:before="49" w:line="280" w:lineRule="auto"/>
-[...60 lines deleted...]
-            <w:pPr>
+              <w:spacing w:before="52" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="179" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>пәндік дайындық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="007412BB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="223"/>
+                <w:tab w:val="left" w:pos="222"/>
               </w:tabs>
-              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="292" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>цифрлық сауат-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тылық,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="364" w:lineRule="auto"/>
+              <w:ind w:right="737"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="159"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>DELF сертификат-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="221"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Python тілінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">негіздері» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бағдар-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...66 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ламалары бойын-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ша оқыту,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="182"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жұмыста-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>рына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="168"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Халықаралық кур-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>стар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...245 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Cambridge</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>«CELTA</w:t>
-            </w:r>
-[...68 lines deleted...]
-              <w:t>Languages)»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4699" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ПШО,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>НЗМ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Өрлеу»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="205"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тіз-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>беге енгізілген біліктілікті арттыру ұйымдары іске асы-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ратын білім беру саласындағы уәкілетті органмен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>келісілген бағдарламалар бойынша біліктілікті арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>курстары (Нормативтік құқықтық актілерді мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тізілімінде № 30068 болып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тіркелген)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...205 lines deleted...]
-              <w:spacing w:before="74"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="52"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-            </w:r>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:sectPr w:rsidR="00977F5A" w:rsidRPr="00977F5A">
+        </w:rPr>
+        <w:sectPr w:rsidR="007412BB">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="21"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00E86579" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:line="30" w:lineRule="exact"/>
+        <w:rPr>
           <w:sz w:val="3"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...4 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="3"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17F61E29" wp14:editId="57EFD838">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="4445" t="0" r="0" b="2540"/>
+                <wp:docPr id="3" name="Группа 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="25" name="Rectangle 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="3AEF2192" id="Группа 3" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+6AVK4wIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVWuO0zAQ/o/EHSz/7+bR9JGo6WpfXSEt&#10;sGLhAG7iJBaJHWy36YKQkDgCF+EGXGH3RozttFu6rISWVkrtzHj8zffNTGfHm6ZGayoVEzzFwZGP&#10;EeWZyBkvU/zh/WIwxUhpwnNSC05TfEsVPp6/fDHr2oSGohJ1TiWCIFwlXZviSus28TyVVbQh6ki0&#10;lIOxELIhGray9HJJOoje1F7o+2OvEzJvpcioUvD23Bnx3MYvCprpt0WhqEZ1igGbtk9pn0vz9OYz&#10;kpSStBXLehjkGSgawjhcugt1TjRBK8kehWpYJoUShT7KROOJomAZtTlANoF/kM2lFKvW5lImXdnu&#10;aAJqD3h6dtjszfpaIpaneIgRJw1IdPfj/tv997tf8P2Jhoahri0TcLyU7U17LV2asLwS2UcFZu/Q&#10;bvalc0bL7rXIISpZaWEZ2hSyMSEgd7SxQtzuhKAbjTJ4OR4OwzAEvTKwBbE/6oXKKlDz0amsuujP&#10;xfEkdIeG9oRHEnedhdhDMvlAsakHPtX/8XlTkZZamZShqeczHG0JfQdVSHhZUzRybFq3LZXK8Yi4&#10;OKvAi55IKbqKkhxQBcYfsO8dMBsFKjyP2CcJIkkrlb6kokFmkWIJoK1eZH2ltIHx4GLkU6Jm+YLV&#10;td3IcnlWS7Qm0GZD+7HID9xqbpy5MMdcRPcGZIc7jM0UgG2bL3EQRv5pGA8W4+lkEC2i0SCe+NOB&#10;H8Sn8diP4uh88dUADKKkYnlO+RXjdNvCQfRvkvbDxDWfbWLUpTgegXg2ryeT9O3nb0k2TMNEq1mT&#10;4unOiSRG0QueQ9ok0YTVbu39Cd+yDBxsfy0rVn8juSvcpchvQX4pQCToEJi9sKiE/IxRB3MsxerT&#10;ikiKUf2KQwnFQRSZwWc30WhiukruW5b7FsIzCJVijZFbnmk3LFetZGUFNwWWGC5OoJ8LZgvDlKRD&#10;1Rcr9JZd2allc+knrBmL+3vr9fA/MP8NAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G7JrE&#10;f99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE2173lK3&#10;84UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Czx345&#10;jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whklsp7&#10;9uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/ugFSuMCAABPBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAAAAAA&#10;AAAAAAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEUGAAAAAA==&#10;">
+                <v:rect id="Rectangle 5" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBulZZcwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHME7TS0oUo0iorCwwrIqgneH5vQHm5PSRNu+vVlY8HKYmW+Y9bYzlXhR40rLCmbTCARx&#10;anXJuYLr5ThZgnAeWWNlmRT05GC7GQ7WmGjb8i+9zj4XAcIuQQWF93UipUsLMuimtiYOXmYbgz7I&#10;Jpe6wTbATSXjKFpIgyWHhQJr2heUPs5Po+B+mMks7p/fNl30p/3N/bQ2zpQaj7rdCoSnzn/C/+0v&#10;rSCew9+X8APk5g0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBulZZcwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14964" w:type="dxa"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="3372"/>
+        <w:gridCol w:w="1675"/>
+        <w:gridCol w:w="4454"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="4454"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
           <w:trHeight w:val="13287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="163"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Speakers of Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="125"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>English Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="169"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="293"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>"»TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="324"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="209"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Certificate in EMI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Skills (English as a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Medium of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="237"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>to Speakers of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Other Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="279"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>teaching English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>young</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="172"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>as a Foreign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>(IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>IHCYLT -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="172"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Certificate In</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching Young</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Learners and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="72" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="210"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Becoming a Better</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="233"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Assessment for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Assessment in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Science and Maths</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-41"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Teaching</w:t>
-            </w:r>
-[...1301 lines deleted...]
-              <w:t>Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4454" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00977F5A" w:rsidRPr="00977F5A">
+        <w:sectPr w:rsidR="007412BB" w:rsidRPr="007412BB">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="21"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00E86579" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="0" w:line="30" w:lineRule="exact"/>
+        <w:rPr>
           <w:sz w:val="3"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...4 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="3"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2746C791" wp14:editId="6162DCBE">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="4445" t="0" r="0" b="2540"/>
+                <wp:docPr id="1" name="Группа 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Rectangle 3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0C45AF7D" id="Группа 1" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBw1ty5QIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVetu0zAU/o/EO1j+3+XS9JJo6bRbJ6QB&#10;E4MHcB0nsUjsYLtNB0JC4hF4Ed6AV9jeiGO77boNJDRSKbF9Lj7n+845PTxatw1aMaW5FDmODkKM&#10;mKCy4KLK8Yf388EUI22IKEgjBcvxDdP4aPbyxWHfZSyWtWwKphA4ETrruxzXxnRZEGhas5boA9kx&#10;AcJSqpYY2KoqKBTpwXvbBHEYjoNeqqJTkjKt4fTMC/HM+S9LRs3bstTMoCbHEJtxb+XeC/sOZock&#10;qxTpak43YZBnRNESLuDSnaszYghaKv7EVcupklqW5oDKNpBlySlzOUA2Ufgomwsll53Lpcr6qtvB&#10;BNA+wunZbumb1ZVCvADuMBKkBYpuf9x9u/t++wt+P1FkEeq7KgPFC9Vdd1fKpwnLS0k/ahAHj+V2&#10;X3lltOhfywK8kqWRDqF1qVrrAnJHa0fEzY4ItjaIwuF4OIzjGPiiIIvScLQhitbA5hMrWp9v7NJ0&#10;EnujobMISOavcyFuQrL5QLHpezz1/+F5XZOOOZq0hWmDZzzZAvoOqpCIqmFo6NF0alsotccRCXla&#10;gxY7Vkr2NSMFROXQh9j3DOxGAwvPA/avAJGsU9pcMNkiu8ixgqAdX2R1qY1l+V7F0qdlw4s5bxq3&#10;UdXitFFoRaDNhu6xmYLJA7VGWGUhrZkX+xOgHe6wMlsArm2+pFGchCdxOpiPp5NBMk9Gg3QSTgdh&#10;lJ6k4zBJk7P5VxtglGQ1LwomLrlg2xaOkn+jdDNMfPO5JkZ9jtNRPHK5P4he7ycZuudPSbbcwERr&#10;eJvj6U6JZJbRc1FA2iQzhDd+HTwM30EGGGy/DhXHv6XcF+5CFjdAv5JAEnQIzF5Y1FJ9xqiHOZZj&#10;/WlJFMOoeSWghNIoSezgc5tkNLFdpfYli30JERRc5dhg5Jenxg/LZad4VcNNkQNGyGPo55K7wrAl&#10;6aOCuDe95VZuarlcNhPWjsX9vdO6/x+Y/QYAAP//AwBQSwMEFAAGAAgAAAAhACg6OxfbAAAAAwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd7qJkprTbMREduTFNSCeBuzYxLMzobs&#10;msR/320v9TLweI/3vkkXg6lFR62rLCuIxxEI4tzqigsF3/uP5zcQziNrrC2Tghs5WGSjhxQTbXve&#10;UrfzhQgl7BJUUHrfJFK6vCSDbmwb4uCdbWvQB9kWUrfYh3JTy0kUvUqDFYeFEhtalZRfdlej4LPH&#10;fjmN193mcl7djvuXr8MmJqWeHoflOwhPg/8Pwy9+QIcsMJ3slbUTtYLwiP+7wZvPZxMQJwXTCGSW&#10;ynv27AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBw1ty5QIAAE8GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAoOjsX2wAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAAD8FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAARwYAAAAA&#10;">
+                <v:rect id="Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxC62wxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHeGjk+uMWxHEJIoNBCaFIKuS3W+kGslbEUP/59VCj0OMzMN0y2nUwrBupdY1nBehWB&#10;IC6sbrhS8H05vryBcB5ZY2uZFMzkYJsvnjJMtR35i4azr0SAsEtRQe19l0rpipoMupXtiINX2t6g&#10;D7KvpO5xDHDTyjiKEmmw4bBQY0f7morb+W4UXA9rWcbz/cMWyfy5/3Gn0calUs/LabcB4Wny/+G/&#10;9rtWEL/C75fwA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPELrbDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB">
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="26"/>
-          <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10510" w:type="dxa"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="3372"/>
+        <w:gridCol w:w="1675"/>
+        <w:gridCol w:w="4454"/>
+        <w:gridCol w:w="546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidRPr="009E2B1F" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1347"/>
+          <w:trHeight w:val="5255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="314"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Online Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>for Educators:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Development and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="640"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="650"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Key Ideas in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="148"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы на платфор-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ме Coursera, Futute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="295"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Mathematics with</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="171"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Special </w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Educational</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="122" w:right="314"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:right="639"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>expertise</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-              <w:t>"</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="1901"/>
+          <w:trHeight w:val="1671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="146"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>білім алған жоғары және жоғары оқу ор-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>нынан кейінгі білім беру ұйымының түле-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>гі, «Дипломмен ауылға!», «Серпін» мем-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>лекеттік бағдарламаларының қатысушы-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-              <w:t>занятости населения</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сы,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>тә-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жірибесі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:right="153"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>беру гранты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иегерінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>сертифи-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-              <w:t>договор</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>каты, келісім-шар-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>ты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00977F5A">
-[...15 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidTr="008826A5">
+      <w:tr w:rsidR="004902C7" w:rsidTr="004902C7">
         <w:trPr>
-          <w:trHeight w:val="297"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-            <w:pPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6421" w:type="dxa"/>
+            <w:tcW w:w="6129" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004902C7" w:rsidRDefault="004902C7" w:rsidP="008826A5">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00977F5A" w:rsidRPr="00977F5A" w:rsidRDefault="00977F5A" w:rsidP="00977F5A">
-[...7 lines deleted...]
-    <w:p w:rsidR="0021623A" w:rsidRDefault="0021623A" w:rsidP="004A01E9">
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB"/>
+    <w:p w:rsidR="007412BB" w:rsidRDefault="007412BB" w:rsidP="007412BB"/>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="007412BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRDefault="0021623A" w:rsidP="004A01E9">
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0021623A" w:rsidRDefault="0021623A" w:rsidP="004A01E9">
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="004A01E9">
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007412BB" w:rsidRPr="007412BB" w:rsidRDefault="007412BB" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="007412BB" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007412BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="007412BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00437A2D" w:rsidSect="00247927">
+    <w:sectPr w:rsidR="00437A2D" w:rsidRPr="007412BB" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E86579" w:rsidRDefault="00E86579">
+    <w:p w:rsidR="00CD5684" w:rsidRDefault="00CD5684">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E86579" w:rsidRDefault="00E86579">
+    <w:p w:rsidR="00CD5684" w:rsidRDefault="00CD5684">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14125,618 +15210,1281 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E86579" w:rsidRDefault="00E86579">
+    <w:p w:rsidR="00CD5684" w:rsidRDefault="00CD5684">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E86579" w:rsidRDefault="00E86579">
+    <w:p w:rsidR="00CD5684" w:rsidRDefault="00CD5684">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00F525D0" w:rsidRDefault="00977F5A">
+  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
-      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:pStyle w:val="ab"/>
+      <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
+      <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B3FAC7" wp14:editId="1EA85633">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29B90E79" wp14:editId="3B6D104C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>900175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>502919</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="876300" cy="257175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="image1.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="image1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="876300" cy="257175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00E86579">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...101 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6217135E" wp14:editId="2A4EDC3C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5697855</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>396875</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="782320" cy="503555"/>
+              <wp:effectExtent l="1905" t="0" r="0" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="Надпись 10"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="782320" cy="503555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="13" w:line="249" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="10"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Редакциялау </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>күні</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-37"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Сақтау</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>күні</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="65"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Дата редакции</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Дата</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>скачивания</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6217135E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Надпись 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:448.65pt;margin-top:31.25pt;width:61.6pt;height:39.65pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHvO1IxAIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0i2ZYQOUgsqyiQ&#10;foC0B6AlyiIqkSpJW06LLrrvFXqHLrrorldwbtQhZTtOggJFWy2IEWfmze9xzs43bYPWVComeIr9&#10;Ew8jygtRMr5M8ds3uTPBSGnCS9IITlN8QxU+nz59ctZ3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXq&#10;RHSUg7ISsiUafuXSLSXpAb1t3MDzRm4vZNlJUVCl4DYblHhq8auKFvpVVSmqUZNiyE3bU9pzYU53&#10;ekaSpSRdzYpdGuQvsmgJ4xD0AJURTdBKskdQLSukUKLSJ4VoXVFVrKC2BqjG9x5Uc12TjtpaoDmq&#10;O7RJ/T/Y4uX6tUSshNlBezhpYUbbr9tv2+/bn9sft59vvyBQQJf6TiVgfN2Bud5cig142IpVdyWK&#10;dwpxMasJX9ILKUVfU1JClr7xdI9cBxxlQBb9C1FCNLLSwgJtKtmaFkJTEKBDOjeHCdGNRgVcjifB&#10;aQCaAlSRdxpFkY1Akr1zJ5V+RkWLjJBiCQSw4GR9pbRJhiR7ExOLi5w1jSVBw+9dgOFwA6HB1ehM&#10;EnamH2Mvnk/mk9AJg9HcCb0scy7yWeiMcn8cZafZbJb5n0xcP0xqVpaUmzB7fvnhn81vx/SBGQeG&#10;KdGw0sCZlJRcLmaNRGsC/M7tt2vIkZl7Pw3bBKjlQUl+EHqXQezko8nYCfMwcuKxN3E8P76MR14Y&#10;h1l+v6Qrxum/l4T6FMdREA1c+m1tnv0e10aSlmnYIA1rUzw5GJHEMHDOSztaTVgzyEetMOnftQLG&#10;vR+05auh6EBWvVlsAMWQeCHKG2CuFMAsICGsPRBqIT9g1MMKSbF6vyKSYtQ858B+MNF7Qe6FxV4g&#10;vADXFGuMBnGmh7206iRb1oA8vC8uLuCFVMyy9y6L3buCtWCL2K0ws3eO/63V3aKd/gIAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sWYHSlabThOCEhNaVA8e08dpojVOabCtvT3aC22/50+/PxXq2Azvh5I0jCcuFAIbUOm2ok/BZ&#10;v91lwHxQpNXgCCX8oId1eX1VqFy7M1V42oWOxRLyuZLQhzDmnPu2R6v8wo1Icbd3k1UhjlPH9aTO&#10;sdwOPBEi5VYZihd6NeJLj+1hd7QSNl9UvZrvj2Zb7StT1ytB7+lBytubefMMLOAc/mC46Ed1KKNT&#10;446kPRskZKun+4hKSJNHYBdAJCKmJqaHZQa8LPj/H8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMe87UjEAgAAsAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAAAAAAAAAAAAAAAAHgUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAArBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="13" w:line="249" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="10"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Редакциялау </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>күні</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-37"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Сақтау</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>күні</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="65"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Дата редакции</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Дата</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>скачивания</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00E86579">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...67 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E63B088" wp14:editId="417816DD">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6687820</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>396875</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="482600" cy="503555"/>
+              <wp:effectExtent l="1270" t="0" r="1905" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Надпись 9"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="482600" cy="503555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="13"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>15.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>26.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>15.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>26.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="2E63B088" id="Надпись 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:526.6pt;margin-top:31.25pt;width:38pt;height:39.65pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeoJ96xwIAALUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv2STdpNtETVe7TYOQ&#10;lh9p4QHcxGksEjvYbtMFceDOK/AOHDhw4xW6b8TYabrdXSEhIAdrYo+/mW/m80zPt02NNlQqJniC&#10;/RMPI8pzUTC+SvDbN5kzwUhpwgtSC04TfEMVPp89fTLt2piORCXqgkoEIFzFXZvgSus2dl2VV7Qh&#10;6kS0lMNhKWRDNPzKlVtI0gF6U7sjzxu7nZBFK0VOlYLdtD/EM4tfljTXr8pSUY3qBENu2q7Srkuz&#10;urMpiVeStBXL92mQv8iiIYxD0ANUSjRBa8keQTUsl0KJUp/konFFWbKcWg7AxvcesLmuSEstFyiO&#10;ag9lUv8PNn+5eS0RKxIcYcRJAy3afd19233f/dz9uP18+wVFpkZdq2JwvW7BWW8vxRZ6bfmq9krk&#10;7xTiYl4RvqIXUoquoqSAHH1z0z262uMoA7LsXogCgpG1FhZoW8rGFBBKggAdenVz6A/dapTDZjAZ&#10;jT04yeEo9E7DMLQRSDxcbqXSz6hokDESLKH9FpxsrpQ2yZB4cDGxuMhYXVsJ1PzeBjj2OxAarpoz&#10;k4Tt6MfIixaTxSRwgtF44QRemjoX2Txwxpl/Fqan6Xye+p9MXD+IK1YUlJswg7r84M+6t9d5r4uD&#10;vpSoWWHgTEpKrpbzWqINAXVn9tsX5MjNvZ+GLQJweUDJHwXe5ShysvHkzAmyIHSiM2/ieH50GY29&#10;IArS7D6lK8bpv1NCHQgvHIW9ln7LzbPfY24kbpiG+VGzJsGTgxOJjQIXvLCt1YTVvX1UCpP+XSmg&#10;3UOjrV6NRHux6u1ya5+HFbPR8lIUNyBgKUBgoEWYfWBUQn7AqIM5kmD1fk0kxah+zuERmKEzGHIw&#10;loNBeA5XE6wx6s257ofTupVsVQFy/8y4uICHUjIr4rss9s8LZoPlsp9jZvgc/1uvu2k7+wUAAP//&#10;AwBQSwMEFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyonUCjNsSpKgQnJEQaDhyd2E2sxusQu234e7anctvZHc2+KTazG9jJTMF6lJAsBDCDrdcW&#10;Owlf9dvDCliICrUaPBoJvybApry9KVSu/Rkrc9rFjlEIhlxJ6GMcc85D2xunwsKPBum295NTkeTU&#10;cT2pM4W7gadCZNwpi/ShV6N56U172B2dhO03Vq/256P5rPaVreu1wPfsIOX93bx9BhbNHK9muOAT&#10;OpTE1Pgj6sAG0mL5mJJXQpYugV0cSbqmTUPTU7ICXhb8f4nyDwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB6gn3rHAgAAtQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAAAAAAAAAAAAAAAAIQUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="13"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>15.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>26.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>15.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>26.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00E86579">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...285 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="371204BC" wp14:editId="494C8214">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2030730</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>403860</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3319780" cy="442595"/>
+              <wp:effectExtent l="1905" t="3810" r="2540" b="1270"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Надпись 8"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3319780" cy="442595"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:before="32" w:line="208" w:lineRule="auto"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Қазақстан</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Республикасының</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>электронды</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нысандағы</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нормативтік</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>құқықтық</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>актілердің</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>эталонды</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>бақылау</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>банкі</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                          <w:pPr>
+                            <w:spacing w:line="208" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="319"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Эталонный</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>контрольный</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>банк</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нормативных</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>правовых</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>актов</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-37"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Республики</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Казахстан</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>в</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>электронном</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>виде</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="371204BC" id="Надпись 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:159.9pt;margin-top:31.8pt;width:261.4pt;height:34.85pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhxzT2yAIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0ifyREDhLLKgqk&#10;HyDtAWiJsohKpErSltOii+57hd6hiy666xWcG3VIWY6ToEDRVgtiRA7fzJt5nLPzbVOjDZWKCZ5g&#10;/8TDiPJcFIyvEvz2TeZMMVKa8ILUgtME31CFz2dPn5x1bUwDUYm6oBIBCFdx1ya40rqNXVflFW2I&#10;OhEt5XBYCtkQDb9y5RaSdIDe1G7geWO3E7JopcipUrCb9od4ZvHLkub6VVkqqlGdYMhN21XadWlW&#10;d3ZG4pUkbcXyfRrkL7JoCOMQ9ACVEk3QWrJHUA3LpVCi1Ce5aFxRliynlgOw8b0HbK4r0lLLBYqj&#10;2kOZ1P+DzV9uXkvEigRDozhpoEW7r7tvu++7n7sft59vv6CpqVHXqhhcr1tw1ttLsYVeW76qvRL5&#10;O4W4mFeEr+iFlKKrKCkgR9/cdI+u9jjKgCy7F6KAYGSthQXalrIxBYSSIECHXt0c+kO3GuWweXrq&#10;R5MpHOVwFobBKBrZECQebrdS6WdUNMgYCZbQf4tONldKm2xIPLiYYFxkrK6tBmp+bwMc+x2IDVfN&#10;mcnCtvRj5EWL6WIaOmEwXjihl6bORTYPnXHmT0bpaTqfp/4nE9cP44oVBeUmzCAvP/yz9u2F3gvj&#10;IDAlalYYOJOSkqvlvJZoQ0Demf32BTlyc++nYYsAXB5Q8oPQuwwiJxtPJ06YhSMnmnhTx/Ojy2js&#10;hVGYZvcpXTFO/50S6hIcjYJRL6bfcvPs95gbiRumYYDUrAEFH5xIbCS44IVtrSas7u2jUpj070oB&#10;7R4abQVrNNqrVW+XW/s+AhPdiHkpihtQsBQgMNAiDD8wKiE/YNTBIEmwer8mkmJUP+fwCszUGQw5&#10;GMvBIDyHqwnWGPXmXPfTad1KtqoAuX9nXFzASymZFfFdFvv3BcPBctkPMjN9jv+t1924nf0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCHA1g93wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLN2Cqq00nSYEJyREVw4c09ZrozVOabKtvD3mxG62/On39+fb2Q3ijFOwnjQsFwkIpMa3&#10;ljoNn9XrwxpEiIZaM3hCDT8YYFvc3uQma/2FSjzvYyc4hEJmNPQxjpmUoenRmbDwIxLfDn5yJvI6&#10;dbKdzIXD3SBXSZJKZyzxh96M+Nxjc9yfnIbdF5Uv9vu9/igPpa2qTUJv6VHr+7t59wQi4hz/YfjT&#10;Z3Uo2Kn2J2qDGDSo5YbVo4ZUpSAYWD+ueKiZVEqBLHJ5XaH4BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGHHNPbIAgAAtgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIcDWD3fAAAACgEAAA8AAAAAAAAAAAAAAAAAIgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:before="32" w:line="208" w:lineRule="auto"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Қазақстан</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Республикасының</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>электронды</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нысандағы</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нормативтік</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>құқықтық</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>актілердің</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>эталонды</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>бақылау</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>банкі</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="007412BB">
+                    <w:pPr>
+                      <w:spacing w:line="208" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="319"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Эталонный</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>контрольный</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>банк</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нормативных</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>правовых</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>актов</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-37"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Республики</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Казахстан</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>в</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>электронном</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>виде</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -15131,166 +16879,282 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A454D02"/>
+    <w:nsid w:val="4C454688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23E6706A"/>
-    <w:lvl w:ilvl="0" w:tplc="252C8E4C">
+    <w:tmpl w:val="0A3036CE"/>
+    <w:lvl w:ilvl="0" w:tplc="E55E0838">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="122" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A1E42EB2">
+    <w:lvl w:ilvl="1" w:tplc="AD8C6152">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="304" w:hanging="100"/>
+        <w:ind w:left="274" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B57CEC34">
+    <w:lvl w:ilvl="2" w:tplc="23086204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="488" w:hanging="100"/>
+        <w:ind w:left="428" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2BB638BC">
+    <w:lvl w:ilvl="3" w:tplc="C6C61966">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="672" w:hanging="100"/>
+        <w:ind w:left="582" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EBC22964">
+    <w:lvl w:ilvl="4" w:tplc="D8247D8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="857" w:hanging="100"/>
+        <w:ind w:left="736" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3C329ECA">
+    <w:lvl w:ilvl="5" w:tplc="8F2058DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1041" w:hanging="100"/>
+        <w:ind w:left="890" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12C0CC1C">
+    <w:lvl w:ilvl="6" w:tplc="8AF67960">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1225" w:hanging="100"/>
+        <w:ind w:left="1044" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C9C4D792">
+    <w:lvl w:ilvl="7" w:tplc="D8D4BC32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1410" w:hanging="100"/>
+        <w:ind w:left="1198" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9282335E">
+    <w:lvl w:ilvl="8" w:tplc="83468A4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1594" w:hanging="100"/>
+        <w:ind w:left="1352" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C6F454C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88549186"/>
+    <w:lvl w:ilvl="0" w:tplc="3E581B30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="122" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65945DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="274" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="63A4121A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="428" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D3DC5184">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="582" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9A02BD6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="736" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0E2E5A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="890" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A5FC66D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1044" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FF145F54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1198" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7B0E59A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15359,166 +17223,50 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -15575,821 +17323,871 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...4 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000315AD"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00077A6C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B2B5D"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="00104F9E"/>
+    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
+    <w:rsid w:val="00117DF7"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="0017601C"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
-    <w:rsid w:val="001D7008"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
-    <w:rsid w:val="00205CC7"/>
+    <w:rsid w:val="00206676"/>
     <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="002104A2"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
-    <w:rsid w:val="0021623A"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002321C6"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
-    <w:rsid w:val="002F0714"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00316A04"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="00361237"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
-    <w:rsid w:val="003A5634"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003A7CAA"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
-    <w:rsid w:val="003C37C2"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
+    <w:rsid w:val="00477FAE"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="004902C7"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F1B0A"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00507677"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00517CED"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00526DD4"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
-    <w:rsid w:val="00571E4D"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
-    <w:rsid w:val="005D0436"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F4FF6"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
-    <w:rsid w:val="00607921"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="006221D3"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="00653D7E"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
-    <w:rsid w:val="00673C63"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
-    <w:rsid w:val="006E3FE4"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F696E"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700ADC"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00727BDA"/>
+    <w:rsid w:val="0072378B"/>
+    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="007412BB"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A093E"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="0091784D"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009501C7"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="009719AC"/>
     <w:rsid w:val="00977DC7"/>
-    <w:rsid w:val="00977F5A"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
-    <w:rsid w:val="009E2263"/>
+    <w:rsid w:val="009E2B1F"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A63866"/>
+    <w:rsid w:val="00A70C03"/>
+    <w:rsid w:val="00A70DC9"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC2031"/>
+    <w:rsid w:val="00AC0646"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B13E84"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B663AB"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BA68A3"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C60B68"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C83B05"/>
+    <w:rsid w:val="00C857F6"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CD5684"/>
+    <w:rsid w:val="00CE67C8"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
-    <w:rsid w:val="00D00EA5"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD26BA"/>
+    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20BAC"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E54E4E"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E65EEA"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
-    <w:rsid w:val="00E86579"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F627F7"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
-    <w:rsid w:val="00F74B71"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA0961"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0092E85D"/>
-  <w15:docId w15:val="{658CD721-C42D-4CE3-9450-3CB8C47A1ED6}"/>
+  <w14:docId w14:val="757C7CD6"/>
+  <w15:docId w15:val="{95A293F3-CD7E-4639-B223-785E317EC98C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16421,51 +18219,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16734,91 +18532,114 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007412BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="266" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="167"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Основ_Текст"/>
     <w:rsid w:val="008D6A9A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="645"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
@@ -16881,165 +18702,295 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0021623A"/>
+    <w:rsid w:val="004F1B0A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007412BB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00977F5A"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007412BB"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="114" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="117"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00977F5A"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="007412BB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007412BB"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="49" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="122"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="82916394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171575267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="378628516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509415155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043142082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1446004979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17294,79 +19245,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48B6D12F-0BA4-4790-B01B-E738F175860C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{583D30F5-7816-4711-899C-968E12DDF24C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1756</Words>
-  <Characters>10013</Characters>
+  <Words>1704</Words>
+  <Characters>9719</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11746</CharactersWithSpaces>
+  <CharactersWithSpaces>11401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>