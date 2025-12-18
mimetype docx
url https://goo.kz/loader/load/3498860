--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -5,768 +5,566 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="008F6090" w:rsidRDefault="008F6090" w:rsidP="00321427">
+    <w:p w:rsidR="00492992" w:rsidRPr="00BD5A1E" w:rsidRDefault="00492992" w:rsidP="00BD5A1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="16"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      <w:r w:rsidRPr="00B80E99">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">КГУ </w:t>
+        <w:t>«Павлодар қаласының №43 жалпы орта білім беру мектебі»</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...64 lines deleted...]
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> КММ орыс тілінде оқытатын педагог-ассистент  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-        <w:t>На</w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негізгі жұмыскердің бала күтімі бойынша демалыс кезеңіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  17.03.2025ж. дейін) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> временно вакантную  </w:t>
-[...176 lines deleted...]
-        <w:t xml:space="preserve"> г</w:t>
+        <w:t>бос лауазымына конкурс жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F6090" w:rsidRPr="004F2A50" w:rsidRDefault="008F6090" w:rsidP="00321427">
+    <w:p w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="2274"/>
         <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00AF1E41" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00704E3C">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00321427" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 43 жалпы орта білім беру мектебі» </w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">оммуналдық мемлекеттік мекемесі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B56337" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00B56337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пошта мекенжайының орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00335DCB" w:rsidRDefault="00CB6B4F" w:rsidP="00B56337">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14000</w:t>
             </w:r>
-            <w:r w:rsidR="00AD011D">
+            <w:r w:rsidR="00FE4B75">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+            <w:r w:rsidR="00B56337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область,                    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">           </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">, Павлодар </w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> город Павлодар, улица </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00924EAA">
+              <w:t>облысы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лермонтова</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:t xml:space="preserve">,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00924EAA">
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> Павлодар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қаласы</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лермонтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшесі</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00B3089F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00924EAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00704E3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-ші</w:t>
+            </w:r>
+            <w:r w:rsidR="00B56337">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үй</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B56337" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>телефон нөмірлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
@@ -804,13278 +602,19214 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00840259">
+            <w:r w:rsidR="00E20BAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>68</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003009AA">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00840259">
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="003009AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E20BAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00EC0699" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="004D07D1" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00B3089F" w:rsidRDefault="00B56337" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекен-жайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007612FA" w:rsidRPr="007612FA" w:rsidRDefault="004D3B0F" w:rsidP="00321427">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00830EBF" w:rsidRDefault="00A5023C" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
-[...34 lines deleted...]
-              <w:r w:rsidR="00F82B68" w:rsidRPr="00175994">
+              <w:r w:rsidR="00A351FE" w:rsidRPr="00830EBF">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:b/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>43school_pvl@mail.ru</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00F82B68">
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+          </w:p>
+          <w:p w:rsidR="00A351FE" w:rsidRPr="00B3089F" w:rsidRDefault="00A5023C" w:rsidP="00321427">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00830EBF" w:rsidRPr="005A1989">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>sosh43@goo.edu.kz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00830EBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="006E3FE4" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00E65EEA" w:rsidP="00AF1E41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Педагог-</w:t>
             </w:r>
-            <w:r w:rsidR="00077A6C">
+            <w:r w:rsidR="00280F4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ассистент</w:t>
             </w:r>
             <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="0091784D">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 жүктеме</w:t>
+            </w:r>
+            <w:r w:rsidR="008A093E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...31 lines deleted...]
-              <w:t>(временно)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, оқыту тілі: орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жалпы үлгідегі білім беру ұйымдарында ерекше білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>қажеттілігі</w:t>
+            </w:r>
+            <w:r w:rsidR="005145DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>помощь</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>обучающимся</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>по</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>рекомендации психолого-медико-педагогической консультации.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+              <w:t>психологиялық-педагогикалық сүйемелдеуді жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдарында болған барлық уақыт ішінде, олардың дербес қызметі денсаулық жағдайы бойынша шектелген жағдайда, ұйымдастырылған оқу қызметі кезінде ерекше білім беру қажеттілігі бар білім алушыға көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Көру, есту, тірек-қимыл аппараты бұзылған балаларға орнын ауыстыру, өзіне-өзі қызмет көрсету (киінуге, шешінуге көмек көрсетеді), емдеу-алдын алу іс-шараларына ілесіп жүруге. көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00077A6C" w:rsidRPr="001353FB" w:rsidRDefault="00077A6C" w:rsidP="00077A6C">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімнің басшылығымен білім беру, түзету-дамыту процестеріне қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD392F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="001353FB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-медициналық-педагогикалық консультацияның ұсыныстарына сәйкес мұғалімге, сондай-ақ психологиялық-педагогикалық сүйемелдеу қызметінің мамандарына көмек көрсетеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00DD392F" w:rsidRDefault="00280F4D" w:rsidP="00280F4D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Осуществляет наблюдение и ведет сбор данных об учащемся с особыми образовательными потребностями в процессе обучения и развивающей работы,</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Инклюзивті білім беру процесіне қатысушылар арасындағы қақтығыстардың алдын алуға қатысады, сондай-ақ сыныптағы білім алушылардың теріс мінез-құлқын алдын алады және жеңеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00280F4D" w:rsidRPr="00B3089F" w:rsidRDefault="00280F4D" w:rsidP="008A093E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD392F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Психологиялық-педагогикалық сүйемелдеу қызметі мамандарының ерекше білім алу қажеттіліктері бар оқушыларды тексеруіне, сондай-ақ жеке білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="004D07D1" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B3089F">
+            <w:r w:rsidRPr="00443C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00CA0B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтіліне және біліктілік санатына сәйкес төленеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00A351FE" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00515561">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">орта арнайы білім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( min): </w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C108A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>37700</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="005D0436">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>. бастап</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00515561">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004F2A50" w:rsidRPr="00B3089F" w:rsidRDefault="004F2A50" w:rsidP="00CA0B24">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A351FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00CA0B24" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00C108A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>148700</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61" w:rsidRPr="00A351FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="005D3E61">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бастап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00715E75" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00715E75" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00913B43" w:rsidP="00913B43">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>Үміткерге қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44" w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогтердің үлгілік біліктілік сипаттамаларымен бекітілген </w:t>
+            </w:r>
+            <w:r w:rsidR="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A118B1" w:rsidRPr="00B3089F" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+          <w:p w:rsidR="00A118B1" w:rsidRPr="000573B9" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000573B9" w:rsidRPr="000573B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тиісті бағдар бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім, жұмыс өтіліне талаптар қойылмайды немесе тиісті бағдар бойынша техникалық және кәсіптік педагогикалық білім жұмыс өтіліне талаптар қойылмайды;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A118B1" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="004F2A50">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B3089F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="004F2A50" w:rsidRPr="00B3089F">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педаг</w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>га-исследователя не менее 4 лет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">огикалық жұмыс өтілі – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00A70C03" w:rsidRDefault="00A118B1" w:rsidP="00A70C03">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03" w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған жағдайда педагогикалық жұмыс өтілі:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A70C03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-модератор үшін кемінде 2 жыл, педагог-сарапшы үшін кемінде 3 жыл, педагог-зерттеуші үшін кемінде 4 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Құжаттарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қабылдау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00244165" w:rsidRDefault="003446BE" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00BC5496" w:rsidRDefault="00CA0B24" w:rsidP="00CA0B24">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC0699">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5496">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+            <w:r w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC0699">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B76B4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5496">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC0699">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5496">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC0699">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="007612FA">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5496">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00EC0699">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00E52D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>4</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BC5496">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>01</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00BC5496" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="004D07D1" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00470938" w:rsidP="00321427">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00B3089F" w:rsidRDefault="00443C44" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Қажетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тізімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BE09E6" w:rsidRPr="00BE09E6" w:rsidRDefault="00BE09E6" w:rsidP="00BE09E6">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>осы Қағидалардың 15-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">документ, удостоверяющий личность либо электронный </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>документ из сервиса цифровых документов (для идентификации);</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>3)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) </w:t>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>«Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>справку с психоневрологической организации;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>психоневрологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>справку с наркологической организации;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>наркологиялық ұйымнан анықтама;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>сертификаттаудан өту нәтижелері туралы сертификат немесе қолданыстағы біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога- эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог- модератордың немесе педагог-сарапшының немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>айелтс IELTS (IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) сертификаты - 60-65 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00987944" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00987944">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>16-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00987944" w:rsidRDefault="00987944" w:rsidP="00DF533F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE09E6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00987944">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:tab/>
-              <w:t>видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+              <w:t>тәжірибесі жоқ кандидаттың бейнепрезентациясы (өзін-өзі таныстыру) ұзақтығы кемінде 10 минут, ең төменгі ажыратымдылығы – 720 x 480.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B3089F" w:rsidRPr="00B3089F" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="0010161D" w:rsidTr="00B3089F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D478D0" w:rsidRPr="004D07D1" w:rsidRDefault="00D478D0" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D07D1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="00B3089F" w:rsidRDefault="00DF7B58" w:rsidP="00321427">
-[...2 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00443C44" w:rsidP="00704E3C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...14 lines deleted...]
-            </w:r>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>Уақытша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>лауазымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00443C44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="002033"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>мерзімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D478D0" w:rsidRPr="008F6090" w:rsidRDefault="008F6090" w:rsidP="00321427">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00704E3C" w:rsidRDefault="00924EAA" w:rsidP="006424B7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008F6090">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk110257937"/>
+            <w:r w:rsidRPr="00704E3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>17.03.2025</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="0086110D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>17.03.2025ж. дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B3089F" w:rsidRDefault="00B3089F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:before="88" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="4106"/>
+        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="4106" w:right="162"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...47 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мемлекеттік білім беру ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін лауазымдарға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымдардан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-        <w:t>образования</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>15-қосымша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="002C250F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7A7D6E2A" wp14:editId="38F82D3C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1190625</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>383540</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5953125" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="19" name="Полилиния: фигура 19"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5953125" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 5406 5406"/>
+                            <a:gd name="T1" fmla="*/ T0 w 3918"/>
+                            <a:gd name="T2" fmla="+- 0 9323 5406"/>
+                            <a:gd name="T3" fmla="*/ T2 w 3918"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="3918">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="3917" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7AF2E538" id="Полилиния: фигура 19" o:spid="_x0000_s1026" style="position:absolute;margin-left:93.75pt;margin-top:30.2pt;width:468.75pt;height:3.55pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="3918,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApJfHnLgMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NP2LNl2hpkVI&#10;C6y05QBu4jQRiR1st+mCkJDgnSNwBSReVkJwhvZGjJ2k23ZBQohIdcaZ8cw333im5xebIkdrKmTG&#10;WYCdMxsjyiIeZ2wZ4FfzWWeIkVSExSTnjAb4hkp8MX744LwqferylOcxFQicMOlXZYBTpUrfsmSU&#10;0oLIM15SBsqEi4Io2IqlFQtSgfcit1zb7lsVF3EpeESlhK9hrcRj4z9JaKReJomkCuUBBmzKrMKs&#10;C71a43PiLwUp0yxqYJB/QFGQjEHQvauQKIJWIrvnqsgiwSVP1FnEC4snSRZRkwNk49gn2VynpKQm&#10;FyBHlnua5P9zG71YXwmUxVC7EUaMFFCj7Zftz+337a35/dje7j77aPcJ9t92H3cftl8RmAJvVSl9&#10;OH5dXgmduSwvefRagsI60uiNBBu0qJ7zGNyTleKGq00iCn0SWEAbU5KbfUnoRqEIPvZGva7j9jCK&#10;QOf17GFPh7aI3x6OVlI9pdw4IutLqeqKxiCZesRNUnOoflLkUNzHHWSjnmf3zdLcgL2Z05o9stDc&#10;RhXqjpzhqZHbGhlfo67b/a2vbmumfbkHvgD/skVI0hZ0tGENapAQ0R1kG6JKLjVBc8DWMgQewEhn&#10;+AdbiH1qW59pQghojdOmEBhBUyzqbEuiNDIdQouoCrChQn8o+JrOuVGpk9JBkDttzg6t4PjgCFWt&#10;hhM6gKnqPqjGelBZxmdZnpvS5kxDGTj2wHAjeZ7FWqnRSLFcTHKB1kS3u3ma63JkVgqpQiLT2s6o&#10;6pwFX7HYREkpiaeNrEiW1zKgyg3pcD0bbvRFNY3+bmSPpsPp0Ot4bn/a8eww7DyZTbxOf+YMemE3&#10;nExC573G7Hh+msUxZRp2O3Qc7++auhl/9bjYj52j9I5YmJnnPgvWMQzDPuTSvk12ppF179bNvuDx&#10;DfSx4PUUhakPQsrFW4wqmKABlm9WRFCM8mcMRtTI8Tw9cs3G6w1c2IhDzeJQQ1gErgKsMNx8LU5U&#10;PaZXpciWKURyTL0ZfwLzI8l0nxt8NapmA1PSZNBMdD2GD/fG6u5/Z/wLAAD//wMAUEsDBBQABgAI&#10;AAAAIQAUEwLu3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BboMwEETvlfoP1lbKrTFEgSCK&#10;iWilSrkmjdQeDd4CKl4j7ATy992c2uPsjGbfFPvFDuKKk+8dKYjXEQikxpmeWgXnj/fnDIQPmowe&#10;HKGCG3rYl48Phc6Nm+mI11NoBZeQz7WCLoQxl9I3HVrt125EYu/bTVYHllMrzaRnLreD3ERRKq3u&#10;iT90esS3Dpuf08UqmJdX2R8/d6ZKbVXFtf/Kkuyg1OppqV5ABFzCXxju+IwOJTPV7kLGi4F1tks4&#10;qiCNtiDugXiT8LqaL+zIspD/J5S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACkl8ecu&#10;AwAAvwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABQT&#10;Au7cAAAACgEAAA8AAAAAAAAAAAAAAAAAiAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AACRBgAAAAA=&#10;" path="m,l3917,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5951606,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Форма</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
-[...38 lines deleted...]
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="26" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4106"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>конкурс</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="004D3B0F" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23EC1776" wp14:editId="334CDA57">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>215900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6143625" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="18" name="Полилиния: фигура 18"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6143625" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5E14F029" id="Полилиния: фигура 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:17pt;width:483.75pt;height:3.55pt;flip:y;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAAZDHiNAMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc1uEzEQviPxDpaPoHR/sknTqElVJQ1C&#10;KlCpgbuz682u2LUX28mmICQkuPMIvAISl0oIniF5I8azu2mS9oAQkeKMPeOZb77xTE7PVnlGllzp&#10;VIoB9Y5cSrgIZZSK+YC+nk5aPUq0YSJimRR8QG+4pmfDx49Oy6LPfZnILOKKgBOh+2UxoIkxRd9x&#10;dJjwnOkjWXAByliqnBnYqrkTKVaC9zxzfNftOqVUUaFkyLWG03GlpEP0H8c8NK/iWHNDsgEFbAZX&#10;hevMrs7wlPXnihVJGtYw2D+gyFkqIOjW1ZgZRhYqvecqT0MltYzNUShzR8ZxGnLMAbLx3INsrhNW&#10;cMwFyNHFlib9/9yGL5dXiqQR1A4qJVgONVp/W/9e/1zf4vfX+nbztU82X2D/Y/N582n9nYAp8FYW&#10;ug/Xr4srZTPXxaUM32pQOHsau9FgQ2blCxmBe7YwErlaxSoncZYWbyA6ngAfZIXFudkWh68MCeGw&#10;6wXtrt+hJARd0HF7HQvCYX3rxgIIF9o84xJltrzUpqptBBJWJqrTm8I7iPMMyvy0RVxIJmjjUr+F&#10;rZnXmD1xyNQlJelA/EMjvzFCX8e+Gzzoq92YWV/+ji/AP28QsqQBHa5EjRokwmwvuUhQIbUlaArY&#10;GobAAxghAQ/bQuxD2+pOHUJBkxy2h6IE2mNWZVswY5HZEFYk5YAiFfYgl0s+lagyB6WDIHfaTOxa&#10;wfX9DCo13LABsKrboBbrTmWFnKRZhqXNhIUStP02cqNllkZWadFoNZ+NMkWWzDY+furnsmdWKG3G&#10;TCeVHaqqnJVciAijJJxFF7VsWJpVMqDKkHR4njU39qFiy384cU8uehe9oBX43YtW4I7HrfPJKGh1&#10;J95xZ9wej0Zj76PF7AX9JI0iLizsZvx4wd+1dz0Iq8GxHUB76e2xMMHPfRacfRjIPuTS/GJ22NK2&#10;i6u2n8noBjpayWqewvwHIZHqPSUlzNIB1e8WTHFKsucChtWJFwR2+OIm6ECXUKJ2NbNdDRMhuBpQ&#10;Q+HlW3FkqoG9KFQ6TyBSNSyEPIdJEqe2zxFfharewLzEDOrZbgfy7h6t7v6Bhn8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQDm1AMv3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhc&#10;EHUMKSohThUqwb0N3N14m0SN11HstClfz/YEx9E+zb7J17PrxQnH0HnSoBYJCKTa244aDV/Vx+MK&#10;RIiGrOk9oYYLBlgXtze5yaw/0xZPu9gILqGQGQ1tjEMmZahbdCYs/IDEt4MfnYkcx0ba0Zy53PXy&#10;KUlepDMd8YfWDLhpsT7uJqdhEw7lt6/c9tJV0/Lz530q/fFB6/u7uXwDEXGOfzBc9VkdCnba+4ls&#10;ED3nVZoyquE55U1XQC3VK4i9hlQpkEUu/08ofgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAAZDHiNAMAAMkGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDm1AMv3QAAAAoBAAAPAAAAAAAAAAAAAAAAAI4FAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAmAYAAAAA&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6142479,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="004D3B0F" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1394"/>
+        <w:ind w:left="543"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26611898" wp14:editId="75F942A7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>262255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5934075" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="17" name="Полилиния: фигура 17"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5934075" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="65F40336" id="Полилиния: фигура 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:20.65pt;width:467.25pt;height:3.55pt;flip:y;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0svGvNgMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc2O0zAQviPxDpaPoG5+mv5F265W7RYh&#10;LbDSFu5u4jQRjh1st+mCkJDgziPwCkhcVkLwDO0bMXaSbtvdA0JUqjv2jGe++cYzPT1b5wytqFSZ&#10;4EPsnbgYUR6JOOOLIX49m7b6GClNeEyY4HSIb6jCZ6PHj07LIqS+SAWLqUTghKuwLIY41boIHUdF&#10;Kc2JOhEF5aBMhMyJhq1cOLEkJXjPmeO7btcphYwLKSKqFJxOKiUeWf9JQiP9KkkU1YgNMWDTdpV2&#10;nZvVGZ2ScCFJkWZRDYP8A4qcZByC7lxNiCZoKbN7rvIskkKJRJ9EIndEkmQRtTlANp57lM11Sgpq&#10;cwFyVLGjSf0/t9HL1ZVEWQy162HESQ412nzb/N783Nza76/N7fZriLZfYP9j+3n7afMdgSnwVhYq&#10;hOvXxZU0maviUkRvFSicA43ZKLBB8/KFiME9WWphuVonMkcJy4o3EN2eAB9obYtzsysOXWsUwWFn&#10;0A7cXgejCHRBx+13DAiHhMaNARAtlX5GhZXJ6lLpqrYxSLYycZ3eDN5BkjMo89MWcpHXD9p2qd/C&#10;zsxrzJ44aOaiEnXaXf/YyG+MrK+e7wYP+mo3ZsaXv+cL8C8ahCRtQEdrXqMGCRHTS64lqBDKEDQD&#10;bA1D4AGMLAEP20LsY9vqTh1CQpMct4fECNpjXmVbEG2QmRBGRCUUw1BhDnKxojNhVfqodBDkTsv4&#10;vhVcP8ygUsMNE8BWdRfUYN2rLBfTjDFbWsYNlKDtty0UJVgWG6VBo+RiPmYSrYhpfPupn8uBWSGV&#10;nhCVVnZWVeUsxZLHNkpKSXxRy5pkrJIBFbOkw/OsuTEP1bb8h4E7uOhf9INW4HcvWoE7mbTOp+Og&#10;1Z16vc6kPRmPJ95Hg9kLwjSLY8oN7Gb8eMHftXc9CKvBsRtAB+kdsDC1n/ssOIcwLPuQS/Nrs7Mt&#10;bbq4avu5iG+go6Wo5inMfxBSId9jVMIsHWL1bkkkxYg95zCsBl4QmOFrN0EHugQjua+Z72sIj8DV&#10;EGsML9+IY10N7GUhs0UKkaphwcU5TJIkM31u8VWo6g3MS5tBPdvNQN7fW6u7f6DRHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAFvI1gzdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNm&#10;TLyYdkHRUGRpsIneW/S+ZadAys4SdmmpT+/0ZI//zJd/vsnXs+3FCUffOVIQLyMQSLUzHTUKvqvP&#10;RQrCB01G945QwQU9rIv7u1xnxp1pi6ddaASXkM+0gjaEIZPS1y1a7ZduQOLdwY1WB45jI82oz1xu&#10;e/kcRW/S6o74QqsH3LRYH3eTVbDxh/LHVXZ76arp9ev3Yyrd8Umpx4e5fAcRcA7/MFz1WR0Kdtq7&#10;iYwXPec0SRhVkMQvIK5AHKcrEHuepAnIIpe3LxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHSy8a82AwAAyQYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAFvI1gzdAAAACgEAAA8AAAAAAAAAAAAAAAAAkAUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAACaBgAAAAA=&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5932968,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса)),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>ИИН</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="004D3B0F" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1819"/>
+        <w:ind w:left="543"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882B87" w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>работы)</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="004D3B0F" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="9" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="767EECC9" wp14:editId="7E4EDF6A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1171575</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>326390</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5943600" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="15" name="Полилиния: фигура 15"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm flipV="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5943600" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="634A2527" id="Полилиния: фигура 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.25pt;margin-top:25.7pt;width:468pt;height:3.55pt;flip:y;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAvd9UNQMAAMkGAAAOAAAAZHJzL2Uyb0RvYy54bWysVc2O0zAQviPxDpaPoG5+mnbbaNvVqj8I&#10;aYGVtnB3E6eJcOxgu00XhIQEdx6BV0DishKCZ2jfiLGTdNvuHhCiUt2xZ/zNNzOe6dn5OmdoRaXK&#10;BB9g78TFiPJIxBlfDPDr2bTVw0hpwmPCBKcDfEMVPh8+fnRWFiH1RSpYTCUCEK7CshjgVOsidBwV&#10;pTQn6kQUlIMyETInGrZy4cSSlICeM8d33a5TChkXUkRUKTgdV0o8tPhJQiP9KkkU1YgNMHDTdpV2&#10;nZvVGZ6RcCFJkWZRTYP8A4ucZByc7qDGRBO0lNk9qDyLpFAi0SeRyB2RJFlEbQwQjeceRXOdkoLa&#10;WCA5qtilSf0/2Ojl6kqiLIbadTDiJIcabb5tfm9+bm7t99fmdvs1RNsvsP+x/bz9tPmOwBTyVhYq&#10;hOvXxZU0kaviUkRvFSicA43ZKLBB8/KFiAGeLLWwuVonMkcJy4o34N2eQD7Q2hbnZlccutYogsNO&#10;P2h3XahhBLqg4/YsCYeEBsYQiJZKP6PCymR1qXRV2xgkW5m4Dm8GGEnOoMxPW8hFXi9o26V+Czsz&#10;rzF74qCZi0rUaXf9YyO/MbJYp74bPIjVbswMlr+HBfwXDUOSNqSjNa9Zg4SI6SXXJqgQyiRoBtya&#10;DAECGNkEPGwLvo9tqzu1CwlNctweEiNoj3kVbUG0YWZcGBGVUAyTCnOQixWdCavSR6UDJ3daxvet&#10;4PphBJUabhgH8IIqwTo1XPcqy8U0Y8yWlnFDJWj7bUtFCZbFRmnYKLmYj5hEK2Ia335MMAB2YFZI&#10;pcdEpZWdVVUxS7HksfWSUhJPalmTjFUyADGbdHiedW7MQ7Ut/6Hv9ie9SS9oBX530grc8bh1MR0F&#10;re7UO+2M2+PRaOx9NJy9IEyzOKbc0G7Gjxf8XXvXg7AaHLsBdBDeQRam9nM/C84hDZskiKX5rYrQ&#10;dHHV9nMR30BHS1HNU5j/IKRCvseohFk6wOrdkkiKEXvOYVj1vSAww9dugg50CUZyXzPf1xAeAdQA&#10;awwv34gjXQ3sZSGzRQqeqmHBxQVMkiQzfW5HTsWq3sC8tBHUs90M5P29tbr7Bxr+AQAA//8DAFBL&#10;AwQUAAYACAAAACEA7L+nltwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6DMBBE75XyD9ZG&#10;6qVqDFGoEMVENFJ7T0jvDt4ACl4jbBLSr+/m1B5n9ml2Jt/OthdXHH3nSEG8ikAg1c501Cg4Vp+v&#10;KQgfNBndO0IFd/SwLRZPuc6Mu9Eer4fQCA4hn2kFbQhDJqWvW7Tar9yAxLezG60OLMdGmlHfONz2&#10;ch1Fb9LqjvhDqwfctVhfDpNVsPPn8ttVdn/vqin5+vmYSnd5Uep5OZfvIALO4Q+GR32uDgV3OrmJ&#10;jBc963STMKogiTcgHkC8jtg5sZMmIItc/p9Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDAvd9UNQMAAMkGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDsv6eW3AAAAAoBAAAPAAAAAAAAAAAAAAAAAI8FAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAmAYAAAAA&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5942492,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32DDE436" wp14:editId="0588CB74">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1170940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>180975</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5934075" cy="45085"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="16" name="Полилиния: фигура 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5934075" cy="45085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1843 1843"/>
+                            <a:gd name="T1" fmla="*/ T0 w 5362"/>
+                            <a:gd name="T2" fmla="+- 0 7204 1843"/>
+                            <a:gd name="T3" fmla="*/ T2 w 5362"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="5362">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="5361" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="4323">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7350850B" id="Полилиния: фигура 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:92.2pt;margin-top:14.25pt;width:467.25pt;height:3.55pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="5362,45085" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1GuvtLwMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2O0zAQfkfiDpYfQd38NO220bYr1GwR&#10;0gIrbTmAGztNRGIH2226ICQkeOcIXAGJl5UQnKG9EWMn6bZdkBAiUp1xZjzzzTee6dn5usjRikmV&#10;CT7C3omLEeOxoBlfjPCr2bQzwEhpwinJBWcjfMMUPh8/fHBWlSHzRSpyyiQCJ1yFVTnCqdZl6Dgq&#10;TllB1IkoGQdlImRBNGzlwqGSVOC9yB3fdftOJSQtpYiZUvA1qpV4bP0nCYv1yyRRTKN8hAGbtqu0&#10;69yszviMhAtJyjSLGxjkH1AUJOMQdOcqIpqgpczuuSqyWAolEn0Si8IRSZLFzOYA2XjuUTbXKSmZ&#10;zQXIUeWOJvX/3MYvVlcSZRRq18eIkwJqtPmy+bn5vrm1vx+b2+3nEG0/wf7b9uP2w+YrAlPgrSpV&#10;CMevyytpMlflpYhfK1A4BxqzUWCD5tVzQcE9WWphuVonsjAngQW0tiW52ZWErTWK4WNv2A3c0x5G&#10;MeiCnjvomdAOCdvD8VLpp0xYR2R1qXRdUQqSrQdtkppB9ZMih+I+7iAXeYOga5fmBuzMvNbskYNm&#10;LqpQr9v3j4381sj6OvXd4Le+uq2Z8eXv+QL8ixYhSVvQ8Zo3qEFCxHSQa4kqhTIEzQBbyxB4ACOT&#10;4R9sIfaxbX2mCSGhNY6bQmIETTGvsy2JNshMCCOiCophqDAfCrFiM2FV+qh0EOROm/N9Kzh+mEGt&#10;hhMmgK3qLqjBuldZLqZZntvS5txACbp+10JRIs+oURo0Si7mk1yiFTHtbp/muhyYlVLpiKi0trOq&#10;OmcplpzaKCkj9KKRNcnyWgZUuSUdrmfDjbmottHfDd3hxeBiEHQCv3/RCdwo6jyZToJOf+qd9qJu&#10;NJlE3nuD2QvCNKOUcQO7HTpe8HdN3Yy/elzsxs5BegcsTO1znwXnEIZlH3Jp3zY728imd+tmnwt6&#10;A30sRT1FYeqDkAr5FqMKJugIqzdLIhlG+TMOI2roBYEZuXYT9KBLMJL7mvm+hvAYXI2wxnDzjTjR&#10;9ZheljJbpBDJs/Xm4gnMjyQzfW7x1aiaDUxJm0Ez0c0Y3t9bq7v/nfEvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAPj448uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF90jcwRokdtRJaSo3&#10;jVMhRFUWCImWA7jxEAficWS7bdrT465g+TVP/7+pVqPt2RF96BxJyCcZMKTG6Y5aCZ+79YMAFqIi&#10;rXpHKOGMAVb17U2lSu1O9IHHbWxZKqFQKgkmxqHkPDQGrQoTNyCl25fzVsUUfcu1V6dUbns+zbI5&#10;t6qjtGDUgM8Gm5/twUpo4+b1ZXzbvW+a9fkiCvPdZf4i5f3d+LQEFnGMfzBc9ZM61Mlp7w6kA+tT&#10;FrNZQiVMRQHsCuS5WADbS3gs5sDriv9/of4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;tRrr7S8DAAC/BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAPj448uAAAAAKAQAADwAAAAAAAAAAAAAAAACJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAJYGAAAAAA==&#10;" path="m,l5361,e" filled="f" strokeweight=".1201mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5932968,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="245"/>
+        <w:ind w:left="543"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-6"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>телефон</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="140" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="292" w:right="287"/>
+        <w:ind w:left="167" w:right="161"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="280" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="179"/>
+        <w:ind w:left="117" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...61 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беруіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-2"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="113" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(қажетінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-        </w:rPr>
-[...5 lines deleted...]
-        </w:pict>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BF1E0D4" wp14:editId="394B0DFE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>161290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5596890" cy="1270"/>
+                <wp:effectExtent l="6985" t="12700" r="6350" b="5080"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="14" name="Полилиния: фигура 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5596890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8814"/>
+                            <a:gd name="T2" fmla="+- 0 10940 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8814"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8814">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8814" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="039761E7" id="Полилиния: фигура 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:12.7pt;width:440.7pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8814,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdTpuzMAMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVV2K2zAQfi/0DkKPLVn/rDc/Zp1lyU8p&#10;bNuFTQ+g2HJsakuupMTZlkKhfe8ReoVCXxZKe4bkRh1JdjbJUiilhsgjz+ibb2Y0k/OLdVmgFRUy&#10;5yzC3omLEWUxT3K2iPDr2bTTx0gqwhJScEYjfEslvhg+fnReVyH1ecaLhAoEIEyGdRXhTKkqdBwZ&#10;Z7Qk8oRXlIEy5aIkCrZi4SSC1IBeFo7vul2n5iKpBI+plPB1bJV4aPDTlMbqVZpKqlARYeCmzCrM&#10;OterMzwn4UKQKsvjhgb5BxYlyRk43UGNiSJoKfIHUGUeCy55qk5iXjo8TfOYmhggGs89iuYmIxU1&#10;sUByZLVLk/x/sPHL1bVAeQK1CzBipIQabb5ufm1+bO7M7+fmbvslRNvPsP++/bT9uPmGwBTyVlcy&#10;hOM31bXQkcvqisdvJCicA43eSLBB8/oFTwCeLBU3uVqnotQnIQtobUpyuysJXSsUw8ezs0G3P4DK&#10;xaDz/J6pmEPC9my8lOoZ5QaHrK6ksgVNQDLlSJqYZgCRlgXU9mkHucj3/K5ZmguwM/NasycOmrmo&#10;Rv2+jRZKuzPyWyOD5bmDwCIeg522dhrM3wODABYtRZK1rOM1a2iDhIjuINckquJSJ2gG5NoMAQIY&#10;6RD/YAu+j23tmcaFgNY4bgqBETTF3IZREaWZaRdaRHWETS70h5Kv6IwblToqHTi51xZs38oc32dl&#10;1XBCO4B7YwXjVHPdKy3j07woTG0Lpqn0PLdnciN5kSdaqdlIsZiPCoFWRLe7eXQwAHZgVgmpxkRm&#10;1s6obMyCL1livGSUJJNGViQvrAxAhUk6XM8mN/qimkZ/P3AHk/6kH3QCvzvpBO543LmcjoJOd+r1&#10;zsan49Fo7H3QnL0gzPIkoUzTboeOF/xdUzfjz46L3dg5CO8gC1PzPMyCc0jDJAliad+2CG3v2maf&#10;8+QW+lhwO0Vh6oOQcfEOoxomaITl2yURFKPiOYMRNfCCQI9cswnOej5sxL5mvq8hLAaoCCsMN1+L&#10;I2XH9LIS+SIDT56pN+OXMD/SXDe6GTSWVbOBKWkiaCa6HsP7e2N1/78z/A0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAPJle4XdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Q/WVuJGnUYh&#10;ghCnQkhIXFuQmqMbb+MIP0LsPODXsznBbXdnNPtNeVisYRMOofNOwH6XAEPXeNW5VsDH++vdA7AQ&#10;pVPSeIcCvjHAodrclLJQfnZHnE6xZRTiQiEF6Bj7gvPQaLQy7HyPjrSrH6yMtA4tV4OcKdwaniZJ&#10;zq3sHH3QsscXjc3nabQC6qlOz7NqzHHs9Vf2dq1/puiFuN0uz0/AIi7xzwwrPqFDRUwXPzoVmBGQ&#10;7tOcrDTcZ8BWQ/KYUbvLesmBVyX/X6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB1O&#10;m7MwAwAAvwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;APJle4XdAAAACgEAAA8AAAAAAAAAAAAAAAAAigUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACUBgAAAAA=&#10;" path="m,l8814,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5596890,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="886"/>
+        <w:ind w:left="826" w:right="721"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-5"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="8" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>______________________________________________________________</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F648F2F" wp14:editId="1FD5C39C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201930</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5596890" cy="1270"/>
+                <wp:effectExtent l="6985" t="9525" r="6350" b="8255"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="13" name="Полилиния: фигура 13"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5596890" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8814"/>
+                            <a:gd name="T2" fmla="+- 0 10940 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8814"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8814">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8814" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1986546A" id="Полилиния: фигура 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:15.9pt;width:440.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8814,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCt7t/0LwMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduK2zAQfS/0H4QeW7K+rDcXs86y5FIK&#10;23Zh0w9QbDk2tSVXUuJsS6HQvvcT+guFviyU9huSP+pIsrNJlkIpDcSRPKMzZ85oJucX67JAKypk&#10;zlmEvRMXI8pinuRsEeHXs2mnj5FUhCWk4IxG+JZKfDF8/Oi8rkLq84wXCRUIQJgM6yrCmVJV6Dgy&#10;zmhJ5AmvKANjykVJFGzFwkkEqQG9LBzfdbtOzUVSCR5TKeHt2Brx0OCnKY3VqzSVVKEiwsBNmacw&#10;z7l+OsNzEi4EqbI8bmiQf2BRkpxB0B3UmCiCliJ/AFXmseCSp+ok5qXD0zSPqckBsvHco2xuMlJR&#10;kwuII6udTPL/wcYvV9cC5QnU7hQjRkqo0ebr5tfmx+bOfH9u7rZfQrT9DPvv20/bj5tvCFxBt7qS&#10;IRy/qa6FzlxWVzx+I8HgHFj0RoIPmtcveALwZKm40WqdilKfBBXQ2pTkdlcSulYohpdnZ4NufwCV&#10;i8Hm+T1TMYeE7dl4KdUzyg0OWV1JZQuawMqUI2lymgFEWhZQ26cd5CLf87vm0VyAnZvXuj1x0MxF&#10;Ner3veDYyW+dDJbnDgKLeOwHitqYGszfA4MEFi1FkrWs4zVraMMKEd1BrhGq4lILNANyrUKAAE46&#10;xT/4QuxjX3umCSGgNY6bQmAETTG3aVREaWY6hF6iOsJGC/2i5Cs648akjkoHQe6tBdv3Msf3WVkz&#10;nNAB4N7YhQmque6VlvFpXhSmtgXTVHqe2zPaSF7kiTZqNlIs5qNCoBXR7W4+OhkAO3CrhFRjIjPr&#10;Z0w2Z8GXLDFRMkqSSbNWJC/sGoAKIzpcz0YbfVFNo78fuINJf9IPOoHfnXQCdzzuXE5HQac79Xpn&#10;49PxaDT2PmjOXhBmeZJQpmm3Q8cL/q6pm/Fnx8Vu7Bykd6DC1HwequAc0jAiQS7try1C27u22ec8&#10;uYU+FtxOUZj6sMi4eIdRDRM0wvLtkgiKUfGcwYgaeEGgR67ZBGc9HzZi3zLftxAWA1SEFYabr5cj&#10;Zcf0shL5IoNInqk345cwP9JcN7oZNJZVs4EpaTJoJroew/t743X/vzP8DQAA//8DAFBLAwQUAAYA&#10;CAAAACEAz0b1wd0AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j9B2sqsaNOTFVB&#10;iFMhJCS2LUjN0o3dOMIeh9h5wNczXcFyZo7unFvuF+/YZIbYBZSQbzJgBpugO2wlfLy/3j0Ai0mh&#10;Vi6gkfBtIuyr1U2pCh1mPJjpmFpGIRgLJcGm1Becx8Yar+Im9AbpdgmDV4nGoeV6UDOFe8dFlu24&#10;Vx3SB6t682JN83kcvYR6qsVp1o07jL392r5d6p8pBSlv18vzE7BklvQHw1Wf1KEip3MYUUfmJIhc&#10;7AiVcJ9ThSuQPW6p3Zk2IgNelfx/heoXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAre7f&#10;9C8DAAC/BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;z0b1wd0AAAAKAQAADwAAAAAAAAAAAAAAAACJBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAJMGAAAAAA==&#10;" path="m,l8814,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5596890,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="364" w:lineRule="auto"/>
-        <w:ind w:left="117" w:right="255"/>
+        <w:ind w:left="826" w:right="721"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00882B87">
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>сведения:</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="117"/>
+        <w:ind w:left="826"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-8"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00882B87">
+      <w:r w:rsidRPr="00D375B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:t>послевузовское</w:t>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кейін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882B87" w:rsidRPr="00882B87" w:rsidRDefault="00882B87" w:rsidP="00882B87">
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1486 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="463"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="3235"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="4462"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidTr="00D375B7">
+        <w:trPr>
+          <w:trHeight w:val="1144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D375B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidTr="00D375B7">
+        <w:trPr>
+          <w:trHeight w:val="1118"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3235" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="134" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(растау)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66BE00BA" wp14:editId="222EBD3C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>161290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5419090" cy="1270"/>
+                <wp:effectExtent l="6985" t="5080" r="12700" b="12700"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="12" name="Полилиния: фигура 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5419090" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8534"/>
+                            <a:gd name="T2" fmla="+- 0 10660 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8534"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8534">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8534" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="37446770" id="Полилиния: фигура 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:12.7pt;width:426.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8534,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0KXCTLQMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVd2K00AUvhd8h2EulW5+Nv3ZsOmyNK0I&#10;qy5sfYBpMmmCyUycmTZdRRD03kfwFQRvFkSfoX0jz0ySbtpFELHQdCbnzHe+8505p+cXmyJHaypk&#10;xlmAnRMbI8oiHmdsGeDX81lvhJFUhMUk54wG+JZKfDF+/Oi8Kn3q8pTnMRUIQJj0qzLAqVKlb1ky&#10;SmlB5AkvKQNjwkVBFGzF0ooFqQC9yC3XtgdWxUVcCh5RKeFtWBvx2OAnCY3UqySRVKE8wMBNmacw&#10;z4V+WuNz4i8FKdMsamiQf2BRkIxB0D1USBRBK5E9gCqySHDJE3US8cLiSZJF1OQA2Tj2UTY3KSmp&#10;yQXEkeVeJvn/YKOX62uBshhq52LESAE12n7d/tr+2N6Z78/t3e6Lj3afYf9992n3cfsNgSvoVpXS&#10;h+M35bXQmcvyikdvJBisA4veSPBBi+oFjwGerBQ3Wm0SUeiToALamJLc7ktCNwpF8LLvOWf2GVQu&#10;ApvjDk3FLOK3Z6OVVM8oNzhkfSVVXdAYVqYccZPTHCCSIofaPu0hG7mOOzCP5gLs3ZzW7YmF5jaq&#10;0Kh/6h07gVIdLMceDGrEY7/T1k+DuR0wSGDZUiRpyzrasIY2rBDRHWQboUoutUBzINcqBAjgpFP8&#10;gy/EPvatzzQhBLTGcVMIjKApFnUaJVGamQ6hl6gKsNFCvyj4ms65Mamj0kGQe2vOul7meJdVbYYT&#10;OgDcm3phgmqundIyPsvy3NQ2Z5rK0LGHRhvJ8yzWRs1GiuVikgu0JrrdzUcnA2AHbqWQKiQyrf2M&#10;qc5Z8BWLTZSUknjarBXJ8noNQLkRHa5no42+qKbR38M9nY6mI6/nuYNpz7PDsHc5m3i9wcwZ9sPT&#10;cDIJnQ+as+P5aRbHlGna7dBxvL9r6mb81eNiP3YO0jtQYWY+D1WwDmkYkSCX9rcuQtu7dbMveHwL&#10;fSx4PUVh6sMi5eIdRhVM0ADLtysiKEb5cwYj6szxPD1yzcbrD13YiK5l0bUQFgFUgBWGm6+XE1WP&#10;6VUpsmUKkRxTb8YvYX4kmW50M2hqVs0GpqTJoJnoegx398br/n9n/BsAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGH0nlbeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjzFPwzAQhXck/oN1SGzUSSgWCnEq&#10;isTCgELLwubGRxyI7ch209Bfz2WC7e7e07vvVZvZDmzCEHvvJOSrDBi61uvedRLe988398BiUk6r&#10;wTuU8IMRNvXlRaVK7U/uDadd6hiFuFgqCSalseQ8tgatiis/oiPt0werEq2h4zqoE4XbgRdZJrhV&#10;vaMPRo34ZLD93h0tpbxs96+3H+dGr83UbPtwbsb8S8rrq/nxAVjCOf2ZYcEndKiJ6eCPTkc2SCjy&#10;QpCVhrs1sMWQCUHtDstFAK8r/r9C/QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD0KXCT&#10;LQMAAL8GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBh&#10;9J5W3gAAAAoBAAAPAAAAAAAAAAAAAAAAAIcFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAkgYAAAAA&#10;" path="m,l8534,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5419090,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9426"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9410"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="168" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="826"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="280" w:lineRule="auto"/>
+        <w:ind w:left="117" w:right="282" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сондай-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D375B7" w:rsidRPr="00D375B7" w:rsidRDefault="00D375B7" w:rsidP="00D375B7">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00D375B7" w:rsidRPr="00D375B7">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D375B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="761E5C38" wp14:editId="05C4BDBE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1350010</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>126365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5330190" cy="1270"/>
+                <wp:effectExtent l="6985" t="11430" r="6350" b="6350"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="11" name="Полилиния: фигура 11"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5330190" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 2126 2126"/>
+                            <a:gd name="T1" fmla="*/ T0 w 8394"/>
+                            <a:gd name="T2" fmla="+- 0 10520 2126"/>
+                            <a:gd name="T3" fmla="*/ T2 w 8394"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="8394">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="8394" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="19D45C79" id="Полилиния: фигура 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:106.3pt;margin-top:9.95pt;width:419.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="8394,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuSr/gLgMAAL8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVduK2zAQfS/0H4QeW7K+xLmyzrLkUgrb&#10;dmHTD1BsOTa1JVdS4mxLodC+9xP6C4W+LJT2G5I/6kiys0mWQikNxJE8ozNnzmgm5xebIkdrKmTG&#10;WYi9MxcjyiIeZ2wZ4tfzWauPkVSExSTnjIb4lkp8MXr86Lwqh9TnKc9jKhCAMDmsyhCnSpVDx5FR&#10;Sgsiz3hJGRgTLgqiYCuWTixIBehF7viu23UqLuJS8IhKCW8n1ohHBj9JaKReJYmkCuUhBm7KPIV5&#10;LvTTGZ2T4VKQMs2imgb5BxYFyRgE3UNNiCJoJbIHUEUWCS55os4iXjg8SbKImhwgG889yeYmJSU1&#10;uYA4stzLJP8fbPRyfS1QFkPtPIwYKaBG26/bX9sf2zvz/bm9230Zot1n2H/ffdp93H5D4Aq6VaUc&#10;wvGb8lrozGV5xaM3EgzOkUVvJPigRfWCxwBPVoobrTaJKPRJUAFtTElu9yWhG4UieNlpt11vAJWL&#10;wOb5PVMxhwybs9FKqmeUGxyyvpLKFjSGlSlHXOc0B4ikyKG2T1vIRb7nd82jvgB7NxDBuj1x0NxF&#10;Feq3B8Gpk984GSzP7fgW8dSv3fhpMP8ADBJYNhRJ2rCONqymDStEdAe5RqiSSy3QHMg1CgECOOkU&#10;/+ALsU997Zk6hIDWOG0KgRE0xcKmURKlmekQeomqEBst9IuCr+mcG5M6KR0Eubfm7NDLHD9kZc1w&#10;QgeAe2MXJqjmelBaxmdZnpva5kxT6Xluz2gjeZ7F2qjZSLFcjHOB1kS3u/noZADsyK0UUk2ITK2f&#10;MdmcBV+x2ERJKYmn9VqRLLdrAMqN6HA9a230RTWN/n7gDqb9aT9oBX532grcyaR1ORsHre7M63Um&#10;7cl4PPE+aM5eMEyzOKZM026Gjhf8XVPX48+Oi/3YOUrvSIWZ+TxUwTmmYUSCXJpfW4Smd22zL3h8&#10;C30suJ2iMPVhkXLxDqMKJmiI5dsVERSj/DmDETXwgkCPXLMJOj0fNuLQsji0EBYBVIgVhpuvl2Nl&#10;x/SqFNkyhUieqTfjlzA/kkw3uhk0llW9gSlpMqgnuh7Dh3vjdf+/M/oNAAD//wMAUEsDBBQABgAI&#10;AAAAIQDF4FC+3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3U3Qpo3Z&#10;FBE8iPRgqhRv2+yYBLOzIbtNo7/e6UmPw/t4871iM7teTDiGzpOGZKFAINXedtRoeNs93axAhGjI&#10;mt4TavjGAJvy8qIwufUnesWpio3gEgq50dDGOORShrpFZ8LCD0icffrRmcjn2Eg7mhOXu16mSi2l&#10;Mx3xh9YM+Nhi/VUdnYbb7OW5/viJWeZ2WXxv9ttprrZaX1/ND/cgIs7xD4azPqtDyU4HfyQbRK8h&#10;TdIloxys1yDOgLpLed2BI5WALAv5f0L5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC5K&#10;v+AuAwAAvwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMXgUL7fAAAACgEAAA8AAAAAAAAAAAAAAAAAiAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAACUBgAAAAA=&#10;" path="m,l8394,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5330190,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00437A2D" w:rsidRPr="00E21889" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00E21889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:spacing w:before="88" w:after="120" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="4106" w:right="509"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басшылары мен педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымнан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қағидаларына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>16-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4106"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="266" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="451"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7317"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="88" w:after="0" w:line="278" w:lineRule="auto"/>
+        <w:ind w:left="117" w:right="622"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(Тегі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal2"/>
+        <w:tblW w:w="10650" w:type="dxa"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="462"/>
+        <w:gridCol w:w="2676"/>
+        <w:gridCol w:w="2371"/>
+        <w:gridCol w:w="4291"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
           <w:trHeight w:val="591"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...41 lines deleted...]
-              <w:t>кумент</w:t>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...10 lines deleted...]
-              <w:spacing w:before="101"/>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-              <w:t>20)</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Баллы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
           <w:trHeight w:val="1185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>Уровень образования</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пломның және ди-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...39 lines deleted...]
-              <w:t>диплому</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пломға қосымша-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1891"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үздік=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...275 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1891"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
-          <w:trHeight w:val="891"/>
+          <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>степень</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="122" w:right="175"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пломның және ди-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...39 lines deleted...]
-              <w:t>диплому</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пломға қосымша-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...188 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
-          <w:trHeight w:val="523"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...100 lines deleted...]
-              <w:t>стажа</w:t>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="15" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="122" w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін серти-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>фикаттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="52"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...96 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
           <w:trHeight w:val="2074"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-              <w:t>категория</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="165"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>куәлік,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>документ</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...345 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="2275"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
         <w:trPr>
-          <w:trHeight w:val="1115"/>
+          <w:trHeight w:val="1574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
               <w:ind w:left="122"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...82 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>деятельности</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="341"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/еңбек қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">растайтын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...22 lines deleted...]
-              <w:t>деятельность</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың орынбасары (лауазымдық жұмыс өтілі ке-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 жыл)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="35" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...564 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
         <w:trPr>
-          <w:trHeight w:val="818"/>
+          <w:trHeight w:val="886"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
             <w:pPr>
               <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...22 lines deleted...]
-              <w:t>работу</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="265"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы ди-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...22 lines deleted...]
-              <w:t>об образовании</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пломның қосым-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«өте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жақсы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«жақсы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...80 lines deleted...]
-              <w:spacing w:before="70"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
         <w:trPr>
-          <w:trHeight w:val="1484"/>
+          <w:trHeight w:val="1480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="50"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="121"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="2676" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="151"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауа-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зымы бойынша) немесе оқу орнынан ұсы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...39 lines deleted...]
-              <w:t>или учебы</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="2371" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (Кон-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курсты өз бетінше</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жариялаған білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...90 lines deleted...]
-              <w:t>организацию/учебное</w:t>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру ұйымы соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыс/оқу орны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...37 lines deleted...]
-              <w:spacing w:before="69"/>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
               <w:ind w:left="123"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...113 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
-        </w:rPr>
-        <w:sectPr w:rsidR="00390551" w:rsidRPr="00390551">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C">
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="004D3B0F" w:rsidP="00390551">
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
         <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="3"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        </w:pict>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59629A9D" wp14:editId="309AD785">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+                <wp:docPr id="28" name="Группа 28"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="29" name="Rectangle 7"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="75A588FF" id="Группа 28" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn/HCy4wIAAFEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVetu0zAU/o/EO1j+3+XS9JJo6bRbJ6QB&#10;E4MHcB0nsUjsYLvNBkJC4hF4Ed6AV9jeiGO77UrHJDRSKbF9Lj7n+845PTy6aRu0YkpzKXIcHYQY&#10;MUFlwUWV4w/v54MpRtoQUZBGCpbjW6bx0ezli8O+y1gsa9kUTCFwInTWdzmujemyINC0Zi3RB7Jj&#10;AoSlVC0xsFVVUCjSg/e2CeIwHAe9VEWnJGVaw+mZF+KZ81+WjJq3ZamZQU2OITbj3sq9F/YdzA5J&#10;VinS1ZyuwyDPiKIlXMClW1dnxBC0VPyRq5ZTJbUszQGVbSDLklPmcoBsonAvmwsll53Lpcr6qtvC&#10;BNDu4fRst/TN6kohXuQ4BqYEaYGjux/33+6/3/2C308Ex4BR31UZqF6o7rq7Uj5RWF5K+lGDONiX&#10;233lldGify0LcEuWRjqMbkrVWheQPbpxVNxuqWA3BlE4HA+HcRwDYxRkURqO1lTRGvh8ZEXr87Vd&#10;mk5ibzR0FgHJ/HUuxHVINh8oN/2AqP4/RK9r0jFHlLYwbRBNN4i+gzokomoYmng0ndoGSu1xREKe&#10;1qDFjpWSfc1IAVFFVh9i3zGwGw0sPA/YJwEiWae0uWCyRXaRYwVBO77I6lIbG8aDiqVPy4YXc940&#10;bqOqxWmj0IpAow3d4yLfU2uEVRbSmnmP/gRohzuszBaAa5wvaRQn4UmcDubj6WSQzJPRIJ2E00EY&#10;pSfpOEzS5Gz+1QYYJVnNi4KJSy7Ypomj5N8oXY8T336ujVGf43QUj1zuTycZuudvSbbcwExreJvj&#10;6VaJZJbRc1FA2iQzhDd+HfwZvkMZMNh8HSqOf0u5L9yFLG6BfiWBJOgQmL6wqKX6jFEPkyzH+tOS&#10;KIZR80pACaVRktjR5zbJaGK7Su1KFrsSIii4yrHByC9PjR+Xy07xqoabIgeMkMfQzyV3hWFL0ke1&#10;LlboLbdyc8vlsp6xdjDu7p3Wwz/B7DcAAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G7JrE&#10;f99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE2173lK3&#10;84UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Czx345&#10;jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whklsp7&#10;9uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ/xwsuMCAABRBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAAAAAA&#10;AAAAAAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEUGAAAAAA==&#10;">
+                <v:rect id="Rectangle 7" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDv2JxZxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHeGjk+mNaxHEJIoNBCaFIKuS3W+kGslbEUP/59VCj0OMzMN0y2nUwrBupdY1nBehWB&#10;IC6sbrhS8H05vryCcB5ZY2uZFMzkYJsvnjJMtR35i4azr0SAsEtRQe19l0rpipoMupXtiINX2t6g&#10;D7KvpO5xDHDTyjiKEmmw4bBQY0f7morb+W4UXA9rWcbz/cMWyfy5/3Gn0calUs/LabcB4Wny/+G/&#10;9rtWEL/B75fwA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO/YnFnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
+        <w:tblStyle w:val="TableNormal2"/>
+        <w:tblW w:w="10650" w:type="dxa"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="462"/>
+        <w:gridCol w:w="2676"/>
+        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="4699"/>
+        <w:gridCol w:w="687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="492"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>/оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="3871"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="52" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="125" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломдар, білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар жә-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>не конкурстар, ғы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бой-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынша жеңімпаз-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дардың грамотала-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ры;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="74" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="121" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дипломдар,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімнің олим-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пиадалар және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстар жеңім-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>паздарының грамо-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>талары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="9"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="37" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:right="284" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік на-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>града</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="101" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұстазы»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="1577"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="194"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-авторлық шығар-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">малары, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басылым-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="338"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР ОАМ тізбесіне енген оқулықтар мен (немесе) ОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="118"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авто-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="230" w:lineRule="atLeast"/>
+              <w:ind w:left="123" w:right="406"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="49" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="338"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="1485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="205"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педаго-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гикалық қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="1322"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Екі тілде сабақ беру, орыс/қазақ = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:line="195" w:lineRule="exact"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(қазақ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="5796"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="52" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="179" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пәндік дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="222"/>
+              </w:tabs>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:right="292" w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>цифрлық сауат-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тылық,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="362" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="737"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="159"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELF сертификат-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="221"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Python тілінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">негіздері» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдар-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ламалары бойын-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ша оқыту,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Microsoft»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="101" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="182"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Курсера </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жұмыста-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рына оқыту</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="168"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Халықаралық кур-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>стар:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4699" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>НЗМ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Өрлеу»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="123" w:right="205"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тіз-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беге енгізілген біліктілікті арттыру ұйымдары іске асы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ратын білім беру саласындағы уәкілетті органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>келісілген бағдарламалар бойынша біліктілікті арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>курстары (Нормативтік құқықтық актілерді мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тізілімінде № 30068 болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тіркелген)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="687" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36D254C0" wp14:editId="7C233B3B">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+                <wp:docPr id="30" name="Группа 30"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="31" name="Rectangle 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5F65BA83" id="Группа 30" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRjm6M4wIAAFEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVWtuEzEQ/o/EHSz/T/eRzWNX3VR9pUIq&#10;UFE4gOP17lrs2ovtZFsQEhJH4CLcgCu0N2JsJ2lIqYRKIm3snfH4m++bmRwe3bQNWjGluRQ5jg5C&#10;jJigsuCiyvGH9/PBFCNtiChIIwXL8S3T+Gj28sVh32UslrVsCqYQBBE667sc18Z0WRBoWrOW6APZ&#10;MQHGUqqWGNiqKigU6SF62wRxGI6DXqqiU5IyreHtmTfimYtfloyat2WpmUFNjgGbcU/lngv7DGaH&#10;JKsU6WpO1zDIM1C0hAu4dBvqjBiCloo/CtVyqqSWpTmgsg1kWXLKXA6QTRTuZXOh5LJzuVRZX3Vb&#10;moDaPZ6eHZa+WV0pxIscD4EeQVrQ6O7H/bf773e/4PsTwWvgqO+qDFwvVHfdXSmfKCwvJf2owRzs&#10;2+2+8s5o0b+WBYQlSyMdRzelam0IyB7dOClut1KwG4MovBwPh3EcAyQKtigNR2upaA16PjpF6/P1&#10;uTSdxP6QBx6QzF/nIK4h2Xyg3PQDo/r/GL2uScecUNrStGE02jD6DuqQiKphaOTZdG4bKrXnEQl5&#10;WoMXO1ZK9jUjBaCKrD9g3zlgNxpUeB6xTxJEsk5pc8Fki+wixwpAO73I6lIbC+PBxcqnZcOLOW8a&#10;t1HV4rRRaEWg0Ybu45DvuTXCOgtpj/mI/g3IDndYmy0A1zhf0ihOwpM4HczH08kgmSejQToJp4Mw&#10;Sk/ScZikydn8qwUYJVnNi4KJSy7Ypomj5N8kXY8T336ujVGf43QUj1zuTycZus/fkmy5gZnW8DbH&#10;060Tyayi56KAtElmCG/8OvgTvmMZONj8Olac/lZyX7gLWdyC/EqCSNAhMH1hUUv1GaMeJlmO9acl&#10;UQyj5pWAEkqjJLGjz22S0cR2ldq1LHYtRFAIlWODkV+eGj8ul53iVQ03RY4YIY+hn0vuCsOWpEe1&#10;LlboLbdyc8vlsp6xdjDu7p3Xwz/B7DcAAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G7JrE&#10;f99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE2173lK3&#10;84UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Czx345&#10;jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whklsp7&#10;9uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0Y5ujOMCAABRBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAAAAAA&#10;AAAAAAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEUGAAAAAA==&#10;">
+                <v:rect id="Rectangle 5" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUdwaCwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bi8Iw&#10;FITfBf9DOIJvmraCLNUoiygILixeEHw7NKcXtjkpTbTtv98sCPs4zMw3zHrbm1q8qHWVZQXxPAJB&#10;nFldcaHgdj3MPkA4j6yxtkwKBnKw3YxHa0y17fhMr4svRICwS1FB6X2TSumykgy6uW2Ig5fb1qAP&#10;si2kbrELcFPLJIqW0mDFYaHEhnYlZT+Xp1Hw2McyT4bnyWbL4Wt3d9+dTXKlppP+cwXCU+//w+/2&#10;UStYxPD3JfwAufkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlHcGgsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal2"/>
+        <w:tblW w:w="14970" w:type="dxa"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="463"/>
+        <w:gridCol w:w="3373"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="4456"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="4456"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="13287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="163"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers of Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="169"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"»TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="324"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="209"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Skills (English as a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Medium of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Other Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>as a Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IHCYLT -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learners and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="72" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Becoming a Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="233"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Science and Maths</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F44B8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E0A09D0" wp14:editId="4F132900">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+                <wp:docPr id="32" name="Группа 32"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Rectangle 3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5FF0BF0F" id="Группа 32" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAbxdxC5AIAAFEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVWuO0zAQ/o/EHSz/7+bR9JGo6WpfXSEt&#10;sGLhAK7jJBaJHWy36YKQkDgCF+EGXGH3RoydtFu6rISWVEpsz8Mz3zcznR1v6gqtmdJcihQHRz5G&#10;TFCZcVGk+MP7xWCKkTZEZKSSgqX4lml8PH/5YtY2CQtlKauMKQROhE7aJsWlMU3ieZqWrCb6SDZM&#10;gDCXqiYGtqrwMkVa8F5XXuj7Y6+VKmuUpExrOD3vhHju/Oc5o+ZtnmtmUJViiM24t3LvpX178xlJ&#10;CkWaktM+DPKMKGrCBVy6c3VODEErxR+5qjlVUsvcHFFZezLPOWUuB8gm8A+yuVRy1bhciqQtmh1M&#10;AO0BTs92S9+srxXiWYqHIUaC1MDR3Y/7b/ff737B7yeCY8CobYoEVC9Vc9Ncqy5RWF5J+lGD2DuU&#10;233RKaNl+1pm4JasjHQYbXJVWxeQPdo4Km53VLCNQRQOx8NhGIbAGAVZEPujnipaAp+PrGh50dvF&#10;8QTysEZDZ+GRpLvOhdiHZPOBctMPiOr/Q/SmJA1zRGkL0xbR4RbRd1CHRBQVQ8MOTae2hVJ3OCIh&#10;z0rQYidKybZkJIOoAqsPse8Z2I0GFp4H7JMAkaRR2lwyWSO7SLGCoB1fZH2ljQ3jQcXSp2XFswWv&#10;KrdRxfKsUmhNoNGG7nGRH6hVwioLac06j90J0A53WJktANc4X+IgjPzTMB4sxtPJIFpEo0E88acD&#10;P4hP47EfxdH54qsNMIiSkmcZE1dcsG0TB9G/UdqPk679XBujNsXxKBy53J9O0nfP35KsuYGZVvE6&#10;xdOdEkksoxcig7RJYgivurX3Z/gOZcBg+3WoOP4t5V3hLmV2C/QrCSRBh8D0hUUp1WeMWphkKdaf&#10;VkQxjKpXAkooDqLIjj63iUYT21VqX7LclxBBwVWKDUbd8sx043LVKF6UcFPggBHyBPo5564wbEl2&#10;UfXFCr3lVm5uuVz6GWsH4/7eaT38E8x/AwAA//8DAFBLAwQUAAYACAAAACEAKDo7F9sAAAADAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF7wX/wzKF3uomSmtNsxER25MU1IJ4G7NjEszOhuya&#10;xH/fbS/1MvB4j/e+SReDqUVHrassK4jHEQji3OqKCwXf+4/nNxDOI2usLZOCGzlYZKOHFBNte95S&#10;t/OFCCXsElRQet8kUrq8JINubBvi4J1ta9AH2RZSt9iHclPLSRS9SoMVh4USG1qVlF92V6Pgs8d+&#10;OY3X3eZyXt2O+5evwyYmpZ4eh+U7CE+D/w/DL35AhywwneyVtRO1gvCI/7vBm89nExAnBdMIZJbK&#10;e/bsBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABvF3ELkAgAAUQYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACg6OxfbAAAAAwEAAA8AAAAAAAAA&#10;AAAAAAAAPgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABGBgAAAAA=&#10;">
+                <v:rect id="Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAL6T1uwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bi8Iw&#10;FITfhf0P4Szsm02tIFKNssgKwgrihYV9OzSnF2xOShNt+++NIPg4zMw3zHLdm1rcqXWVZQWTKAZB&#10;nFldcaHgct6O5yCcR9ZYWyYFAzlYrz5GS0y17fhI95MvRICwS1FB6X2TSumykgy6yDbEwctta9AH&#10;2RZSt9gFuKllEsczabDisFBiQ5uSsuvpZhT8/0xkngy3X5vNhv3mzx06m+RKfX323wsQnnr/Dr/a&#10;O61gOoXnl/AD5OoBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAC+k9bsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal2"/>
+        <w:tblW w:w="10515" w:type="dxa"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="463"/>
+        <w:gridCol w:w="3374"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="4456"/>
+        <w:gridCol w:w="546"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00BC5496" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="5255"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="18" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="314"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Online Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>for Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="640"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="650"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Key Ideas in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="148"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсы на платфор-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ме Coursera, Futute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="295"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="171"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="639"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="1671"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="146"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алған жоғары және жоғары оқу ор-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нынан кейінгі білім беру ұйымының түле-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гі, «Дипломмен ауылға!», «Серпін» мем-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лекеттік бағдарламаларының қатысушы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тә-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="278" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иегерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертифи-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каты, келісім-шар-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidTr="00F44B8C">
+        <w:trPr>
+          <w:trHeight w:val="296"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3835" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="121"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F44B8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6129" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="546" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00F44B8C" w:rsidRPr="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00F44B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E21889" w:rsidRDefault="00E21889" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F44B8C" w:rsidRDefault="00F44B8C" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="17"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E21889" w:rsidRPr="00E21889">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1660" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00F44B8C" w:rsidRDefault="00E21889" w:rsidP="00F44B8C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E21889" w:rsidRPr="00F44B8C">
+          <w:headerReference w:type="default" r:id="rId10"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21889">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17F61E29" wp14:editId="57EFD838">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="4445" t="0" r="0" b="2540"/>
+                <wp:docPr id="3" name="Группа 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="25" name="Rectangle 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="06524702" id="Группа 3" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+6AVK4wIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVWuO0zAQ/o/EHSz/7+bR9JGo6WpfXSEt&#10;sGLhAG7iJBaJHWy36YKQkDgCF+EGXGH3RozttFu6rISWVkrtzHj8zffNTGfHm6ZGayoVEzzFwZGP&#10;EeWZyBkvU/zh/WIwxUhpwnNSC05TfEsVPp6/fDHr2oSGohJ1TiWCIFwlXZviSus28TyVVbQh6ki0&#10;lIOxELIhGray9HJJOoje1F7o+2OvEzJvpcioUvD23Bnx3MYvCprpt0WhqEZ1igGbtk9pn0vz9OYz&#10;kpSStBXLehjkGSgawjhcugt1TjRBK8kehWpYJoUShT7KROOJomAZtTlANoF/kM2lFKvW5lImXdnu&#10;aAJqD3h6dtjszfpaIpaneIgRJw1IdPfj/tv997tf8P2Jhoahri0TcLyU7U17LV2asLwS2UcFZu/Q&#10;bvalc0bL7rXIISpZaWEZ2hSyMSEgd7SxQtzuhKAbjTJ4OR4OwzAEvTKwBbE/6oXKKlDz0amsuujP&#10;xfEkdIeG9oRHEnedhdhDMvlAsakHPtX/8XlTkZZamZShqeczHG0JfQdVSHhZUzRybFq3LZXK8Yi4&#10;OKvAi55IKbqKkhxQBcYfsO8dMBsFKjyP2CcJIkkrlb6kokFmkWIJoK1eZH2ltIHx4GLkU6Jm+YLV&#10;td3IcnlWS7Qm0GZD+7HID9xqbpy5MMdcRPcGZIc7jM0UgG2bL3EQRv5pGA8W4+lkEC2i0SCe+NOB&#10;H8Sn8diP4uh88dUADKKkYnlO+RXjdNvCQfRvkvbDxDWfbWLUpTgegXg2ryeT9O3nb0k2TMNEq1mT&#10;4unOiSRG0QueQ9ok0YTVbu39Cd+yDBxsfy0rVn8juSvcpchvQX4pQCToEJi9sKiE/IxRB3MsxerT&#10;ikiKUf2KQwnFQRSZwWc30WhiukruW5b7FsIzCJVijZFbnmk3LFetZGUFNwWWGC5OoJ8LZgvDlKRD&#10;1Rcr9JZd2allc+knrBmL+3vr9fA/MP8NAAD//wMAUEsDBBQABgAIAAAAIQAoOjsX2wAAAAMBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMoXe6iZKa02zERHbkxTUgngbs2MSzM6G7JrE&#10;f99tL/Uy8HiP975JF4OpRUetqywriMcRCOLc6ooLBd/7j+c3EM4ja6wtk4IbOVhko4cUE2173lK3&#10;84UIJewSVFB63yRSurwkg25sG+LgnW1r0AfZFlK32IdyU8tJFL1KgxWHhRIbWpWUX3ZXo+Czx345&#10;jdfd5nJe3Y77l6/DJialnh6H5TsIT4P/D8MvfkCHLDCd7JW1E7WC8Ij/u8Gbz2cTECcF0whklsp7&#10;9uwHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/ugFSuMCAABPBgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAKDo7F9sAAAADAQAADwAAAAAAAAAA&#10;AAAAAAA9BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEUGAAAAAA==&#10;">
+                <v:rect id="Rectangle 5" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBulZZcwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHME7TS0oUo0iorCwwrIqgneH5vQHm5PSRNu+vVlY8HKYmW+Y9bYzlXhR40rLCmbTCARx&#10;anXJuYLr5ThZgnAeWWNlmRT05GC7GQ7WmGjb8i+9zj4XAcIuQQWF93UipUsLMuimtiYOXmYbgz7I&#10;Jpe6wTbATSXjKFpIgyWHhQJr2heUPs5Po+B+mMks7p/fNl30p/3N/bQ2zpQaj7rdCoSnzn/C/+0v&#10;rSCew9+X8APk5g0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBulZZcwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="127" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="463"/>
+        <w:gridCol w:w="3372"/>
+        <w:gridCol w:w="1675"/>
+        <w:gridCol w:w="4454"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E21889" w:rsidRPr="00BC5496" w:rsidTr="008826A5">
+        <w:trPr>
+          <w:trHeight w:val="13287"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="463" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1675" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="47" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="163"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers of Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="169"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="293"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">English </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching –</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"»TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="324"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Test»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="209"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Skills (English as a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Medium of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to Speakers of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Other Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«TESOL»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="102" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="279"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>as a Foreign</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="122"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IHCYLT -</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="34" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Certificate In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learners and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="72" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="210"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Becoming a Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teacher: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="233"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Assessment in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Science and Maths</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-41"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4454" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E21889" w:rsidRPr="00E21889">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1380" w:right="740" w:bottom="280" w:left="1300" w:header="645" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="30" w:lineRule="exact"/>
+        <w:ind w:left="117"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21889">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="3"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2746C791" wp14:editId="6162DCBE">
+                <wp:extent cx="6332220" cy="19050"/>
+                <wp:effectExtent l="4445" t="0" r="0" b="2540"/>
+                <wp:docPr id="1" name="Группа 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6332220" cy="19050"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9972" cy="30"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="27" name="Rectangle 3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="9972" cy="30"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="333333"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="096BA8E5" id="Группа 1" o:spid="_x0000_s1026" style="width:498.6pt;height:1.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9972,30" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBw1ty5QIAAE8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVetu0zAU/o/EO1j+3+XS9JJo6bRbJ6QB&#10;E4MHcB0nsUjsYLtNB0JC4hF4Ed6AV9jeiGO77boNJDRSKbF9Lj7n+845PTxatw1aMaW5FDmODkKM&#10;mKCy4KLK8Yf388EUI22IKEgjBcvxDdP4aPbyxWHfZSyWtWwKphA4ETrruxzXxnRZEGhas5boA9kx&#10;AcJSqpYY2KoqKBTpwXvbBHEYjoNeqqJTkjKt4fTMC/HM+S9LRs3bstTMoCbHEJtxb+XeC/sOZock&#10;qxTpak43YZBnRNESLuDSnaszYghaKv7EVcupklqW5oDKNpBlySlzOUA2Ufgomwsll53Lpcr6qtvB&#10;BNA+wunZbumb1ZVCvADuMBKkBYpuf9x9u/t++wt+P1FkEeq7KgPFC9Vdd1fKpwnLS0k/ahAHj+V2&#10;X3lltOhfywK8kqWRDqF1qVrrAnJHa0fEzY4ItjaIwuF4OIzjGPiiIIvScLQhitbA5hMrWp9v7NJ0&#10;EnujobMISOavcyFuQrL5QLHpezz1/+F5XZOOOZq0hWmDZzzZAvoOqpCIqmFo6NF0alsotccRCXla&#10;gxY7Vkr2NSMFROXQh9j3DOxGAwvPA/avAJGsU9pcMNkiu8ixgqAdX2R1qY1l+V7F0qdlw4s5bxq3&#10;UdXitFFoRaDNhu6xmYLJA7VGWGUhrZkX+xOgHe6wMlsArm2+pFGchCdxOpiPp5NBMk9Gg3QSTgdh&#10;lJ6k4zBJk7P5VxtglGQ1LwomLrlg2xaOkn+jdDNMfPO5JkZ9jtNRPHK5P4he7ycZuudPSbbcwERr&#10;eJvj6U6JZJbRc1FA2iQzhDd+HTwM30EGGGy/DhXHv6XcF+5CFjdAv5JAEnQIzF5Y1FJ9xqiHOZZj&#10;/WlJFMOoeSWghNIoSezgc5tkNLFdpfYli30JERRc5dhg5Jenxg/LZad4VcNNkQNGyGPo55K7wrAl&#10;6aOCuDe95VZuarlcNhPWjsX9vdO6/x+Y/QYAAP//AwBQSwMEFAAGAAgAAAAhACg6OxfbAAAAAwEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe8F/8Myhd7qJkprTbMREduTFNSCeBuzYxLMzobs&#10;msR/320v9TLweI/3vkkXg6lFR62rLCuIxxEI4tzqigsF3/uP5zcQziNrrC2Tghs5WGSjhxQTbXve&#10;UrfzhQgl7BJUUHrfJFK6vCSDbmwb4uCdbWvQB9kWUrfYh3JTy0kUvUqDFYeFEhtalZRfdlej4LPH&#10;fjmN193mcl7djvuXr8MmJqWeHoflOwhPg/8Pwy9+QIcsMJ3slbUTtYLwiP+7wZvPZxMQJwXTCGSW&#10;ynv27AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBw1ty5QIAAE8GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAoOjsX2wAAAAMBAAAPAAAAAAAA&#10;AAAAAAAAAD8FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAARwYAAAAA&#10;">
+                <v:rect id="Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;width:9972;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxC62wxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHeGjk+uMWxHEJIoNBCaFIKuS3W+kGslbEUP/59VCj0OMzMN0y2nUwrBupdY1nBehWB&#10;IC6sbrhS8H05vryBcB5ZY2uZFMzkYJsvnjJMtR35i4azr0SAsEtRQe19l0rpipoMupXtiINX2t6g&#10;D7KvpO5xDHDTyjiKEmmw4bBQY0f7morb+W4UXA9rWcbz/cMWyfy5/3Gn0calUs/LabcB4Wny/+G/&#10;9rtWEL/C75fwA2T+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPELrbDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#333" stroked="f"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="127" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="463"/>
-        <w:gridCol w:w="3080"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4443"/>
+        <w:gridCol w:w="3372"/>
+        <w:gridCol w:w="1675"/>
+        <w:gridCol w:w="4454"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00E21889" w:rsidRPr="00BC5496" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="719"/>
+          <w:trHeight w:val="5255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:spacing w:before="18" w:line="280" w:lineRule="auto"/>
-              <w:ind w:left="122" w:right="121"/>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+              <w:ind w:left="122" w:right="314"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Online Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>for Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Development and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...42 lines deleted...]
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="71" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="640"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="650"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Key Ideas in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mentoring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="148"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Курсы на платфор-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ме Coursera, Futute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="295"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Mathematics with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="70" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="171"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Special </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="69" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="639"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:spacing w:before="2"/>
               <w:ind w:left="122"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>бы)</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="2495"/>
+          <w:trHeight w:val="1671"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="463" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...1 lines deleted...]
-              <w:spacing w:before="49"/>
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="50"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>8.</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3080" w:type="dxa"/>
+            <w:tcW w:w="3372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...26 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="146"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>білім алған жоғары және жоғары оқу ор-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>нынан кейінгі білім беру ұйымының түле-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>жений</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>гі, «Дипломмен ауылға!», «Серпін» мем-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лекеттік бағдарламаларының қатысушы-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тә-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-39"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1978" w:type="dxa"/>
+            <w:tcW w:w="1675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...24 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="122" w:right="153"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-40"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>беру гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="1"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иегерінің </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сертифи-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...84 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>каты, келісім-шар-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-40"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...91 lines deleted...]
-              <w:t>града</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4443" w:type="dxa"/>
+            <w:tcW w:w="4454" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
-[...94 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="123"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
-          </w:p>
-[...52 lines deleted...]
-            <w:r w:rsidRPr="00390551">
+            <w:r w:rsidRPr="00E21889">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00390551">
-[...143 lines deleted...]
-              <w:t>баллов</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00390551" w:rsidRPr="00390551" w:rsidTr="008826A5">
+      <w:tr w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidTr="008826A5">
         <w:trPr>
-          <w:trHeight w:val="1808"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="463" w:type="dxa"/>
-[...4089 lines deleted...]
-            <w:tcW w:w="3543" w:type="dxa"/>
+            <w:tcW w:w="3835" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:spacing w:before="52"/>
               <w:ind w:left="121"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00390551">
-[...5 lines deleted...]
-              <w:t>Итого:</w:t>
+            <w:r w:rsidRPr="00E21889">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6421" w:type="dxa"/>
+            <w:tcW w:w="6129" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+          <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00390551" w:rsidRPr="00390551" w:rsidRDefault="00390551" w:rsidP="00390551">
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRDefault="00390551" w:rsidP="00882B87">
+    <w:p w:rsidR="00E21889" w:rsidRPr="00E21889" w:rsidRDefault="00E21889" w:rsidP="00E21889">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRDefault="00390551" w:rsidP="00882B87">
+    <w:p w:rsidR="00E21889" w:rsidRDefault="00E21889" w:rsidP="00452A41">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRDefault="00390551" w:rsidP="00882B87">
+    <w:p w:rsidR="00E21889" w:rsidRDefault="00E21889" w:rsidP="00452A41">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00390551" w:rsidRDefault="00390551" w:rsidP="00882B87">
+    <w:p w:rsidR="00E21889" w:rsidRDefault="00E21889" w:rsidP="00452A41">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="002060"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00390551" w:rsidSect="00247927">
+    <w:p w:rsidR="00E21889" w:rsidRDefault="00E21889" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E21889" w:rsidRPr="00790B31" w:rsidRDefault="00E21889" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E21889" w:rsidRPr="00790B31" w:rsidSect="00247927">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004D3B0F" w:rsidRDefault="004D3B0F">
+    <w:p w:rsidR="00A5023C" w:rsidRDefault="00A5023C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004D3B0F" w:rsidRDefault="004D3B0F">
+    <w:p w:rsidR="00A5023C" w:rsidRDefault="00A5023C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -14098,618 +19832,1280 @@
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004D3B0F" w:rsidRDefault="004D3B0F">
+    <w:p w:rsidR="00A5023C" w:rsidRDefault="00A5023C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004D3B0F" w:rsidRDefault="004D3B0F">
+    <w:p w:rsidR="00A5023C" w:rsidRDefault="00A5023C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00F525D0" w:rsidRDefault="00390551">
+  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
     <w:pPr>
-      <w:pStyle w:val="ac"/>
+      <w:pStyle w:val="ab"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07B3FAC7" wp14:editId="1EA85633">
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29B90E79" wp14:editId="3B6D104C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>900175</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>502919</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="876300" cy="257175"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="7" name="image1.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="image1.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="876300" cy="257175"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="004D3B0F">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...101 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6217135E" wp14:editId="2A4EDC3C">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5697855</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>396875</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="782320" cy="503555"/>
+              <wp:effectExtent l="1905" t="0" r="0" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="Надпись 10"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="782320" cy="503555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="13" w:line="249" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="10"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Редакциялау </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>күні</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-37"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Сақтау</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>күні</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="65"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Дата редакции</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Дата</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>скачивания</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6217135E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Надпись 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:448.65pt;margin-top:31.25pt;width:61.6pt;height:39.65pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHvO1IxAIAALAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0i2ZYQOUgsqyiQ&#10;foC0B6AlyiIqkSpJW06LLrrvFXqHLrrorldwbtQhZTtOggJFWy2IEWfmze9xzs43bYPWVComeIr9&#10;Ew8jygtRMr5M8ds3uTPBSGnCS9IITlN8QxU+nz59ctZ3CQ1ELZqSSgQgXCV9l+Ja6y5xXVXUtCXq&#10;RHSUg7ISsiUafuXSLSXpAb1t3MDzRm4vZNlJUVCl4DYblHhq8auKFvpVVSmqUZNiyE3bU9pzYU53&#10;ekaSpSRdzYpdGuQvsmgJ4xD0AJURTdBKskdQLSukUKLSJ4VoXVFVrKC2BqjG9x5Uc12TjtpaoDmq&#10;O7RJ/T/Y4uX6tUSshNlBezhpYUbbr9tv2+/bn9sft59vvyBQQJf6TiVgfN2Bud5cig142IpVdyWK&#10;dwpxMasJX9ILKUVfU1JClr7xdI9cBxxlQBb9C1FCNLLSwgJtKtmaFkJTEKBDOjeHCdGNRgVcjifB&#10;aQCaAlSRdxpFkY1Akr1zJ5V+RkWLjJBiCQSw4GR9pbRJhiR7ExOLi5w1jSVBw+9dgOFwA6HB1ehM&#10;EnamH2Mvnk/mk9AJg9HcCb0scy7yWeiMcn8cZafZbJb5n0xcP0xqVpaUmzB7fvnhn81vx/SBGQeG&#10;KdGw0sCZlJRcLmaNRGsC/M7tt2vIkZl7Pw3bBKjlQUl+EHqXQezko8nYCfMwcuKxN3E8P76MR14Y&#10;h1l+v6Qrxum/l4T6FMdREA1c+m1tnv0e10aSlmnYIA1rUzw5GJHEMHDOSztaTVgzyEetMOnftQLG&#10;vR+05auh6EBWvVlsAMWQeCHKG2CuFMAsICGsPRBqIT9g1MMKSbF6vyKSYtQ858B+MNF7Qe6FxV4g&#10;vADXFGuMBnGmh7206iRb1oA8vC8uLuCFVMyy9y6L3buCtWCL2K0ws3eO/63V3aKd/gIAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENk&#10;JG4sWYHSlabThOCEhNaVA8e08dpojVOabCtvT3aC22/50+/PxXq2Azvh5I0jCcuFAIbUOm2ok/BZ&#10;v91lwHxQpNXgCCX8oId1eX1VqFy7M1V42oWOxRLyuZLQhzDmnPu2R6v8wo1Icbd3k1UhjlPH9aTO&#10;sdwOPBEi5VYZihd6NeJLj+1hd7QSNl9UvZrvj2Zb7StT1ytB7+lBytubefMMLOAc/mC46Ed1KKNT&#10;446kPRskZKun+4hKSJNHYBdAJCKmJqaHZQa8LPj/H8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMe87UjEAgAAsAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAK+dWOngAAAACwEAAA8AAAAAAAAAAAAAAAAAHgUAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAArBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="13" w:line="249" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="10"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Редакциялау </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>күні</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-37"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Сақтау</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>күні</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="1" w:line="249" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="65"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Дата редакции</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Дата</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>скачивания</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="004D3B0F">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...67 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E63B088" wp14:editId="417816DD">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6687820</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>396875</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="482600" cy="503555"/>
+              <wp:effectExtent l="1270" t="0" r="1905" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Надпись 9"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="482600" cy="503555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="13"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>15.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>26.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>15.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="8"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>26.08.2023</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="2E63B088" id="Надпись 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:526.6pt;margin-top:31.25pt;width:38pt;height:39.65pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAeoJ96xwIAALUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpbv2STdpNtETVe7TYOQ&#10;lh9p4QHcxGksEjvYbtMFceDOK/AOHDhw4xW6b8TYabrdXSEhIAdrYo+/mW/m80zPt02NNlQqJniC&#10;/RMPI8pzUTC+SvDbN5kzwUhpwgtSC04TfEMVPp89fTLt2piORCXqgkoEIFzFXZvgSus2dl2VV7Qh&#10;6kS0lMNhKWRDNPzKlVtI0gF6U7sjzxu7nZBFK0VOlYLdtD/EM4tfljTXr8pSUY3qBENu2q7Srkuz&#10;urMpiVeStBXL92mQv8iiIYxD0ANUSjRBa8keQTUsl0KJUp/konFFWbKcWg7AxvcesLmuSEstFyiO&#10;ag9lUv8PNn+5eS0RKxIcYcRJAy3afd19233f/dz9uP18+wVFpkZdq2JwvW7BWW8vxRZ6bfmq9krk&#10;7xTiYl4RvqIXUoquoqSAHH1z0z262uMoA7LsXogCgpG1FhZoW8rGFBBKggAdenVz6A/dapTDZjAZ&#10;jT04yeEo9E7DMLQRSDxcbqXSz6hokDESLKH9FpxsrpQ2yZB4cDGxuMhYXVsJ1PzeBjj2OxAarpoz&#10;k4Tt6MfIixaTxSRwgtF44QRemjoX2Txwxpl/Fqan6Xye+p9MXD+IK1YUlJswg7r84M+6t9d5r4uD&#10;vpSoWWHgTEpKrpbzWqINAXVn9tsX5MjNvZ+GLQJweUDJHwXe5ShysvHkzAmyIHSiM2/ieH50GY29&#10;IArS7D6lK8bpv1NCHQgvHIW9ln7LzbPfY24kbpiG+VGzJsGTgxOJjQIXvLCt1YTVvX1UCpP+XSmg&#10;3UOjrV6NRHux6u1ya5+HFbPR8lIUNyBgKUBgoEWYfWBUQn7AqIM5kmD1fk0kxah+zuERmKEzGHIw&#10;loNBeA5XE6wx6s257ofTupVsVQFy/8y4uICHUjIr4rss9s8LZoPlsp9jZvgc/1uvu2k7+wUAAP//&#10;AwBQSwMEFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyonUCjNsSpKgQnJEQaDhyd2E2sxusQu234e7anctvZHc2+KTazG9jJTMF6lJAsBDCDrdcW&#10;Owlf9dvDCliICrUaPBoJvybApry9KVSu/Rkrc9rFjlEIhlxJ6GMcc85D2xunwsKPBum295NTkeTU&#10;cT2pM4W7gadCZNwpi/ShV6N56U172B2dhO03Vq/256P5rPaVreu1wPfsIOX93bx9BhbNHK9muOAT&#10;OpTE1Pgj6sAG0mL5mJJXQpYugV0cSbqmTUPTU7ICXhb8f4nyDwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAB6gn3rHAgAAtQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADOnsl7gAAAADAEAAA8AAAAAAAAAAAAAAAAAIQUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="13"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>15.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>26.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>15.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="8"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>26.08.2023</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="004D3B0F">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
-[...285 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="371204BC" wp14:editId="494C8214">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2030730</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>403860</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3319780" cy="442595"/>
+              <wp:effectExtent l="1905" t="3810" r="2540" b="1270"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Надпись 8"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3319780" cy="442595"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:before="32" w:line="208" w:lineRule="auto"/>
+                            <w:ind w:left="20"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Қазақстан</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Республикасының</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>электронды</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нысандағы</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нормативтік</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>құқықтық</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>актілердің</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>эталонды</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>бақылау</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>банкі</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                          <w:pPr>
+                            <w:spacing w:line="208" w:lineRule="auto"/>
+                            <w:ind w:left="20" w:right="319"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Эталонный</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-9"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>контрольный</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>банк</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>нормативных</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>правовых</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-8"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>актов</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-37"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Республики</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Казахстан</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>в</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>электронном</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00031755">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>виде</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="371204BC" id="Надпись 8" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:159.9pt;margin-top:31.8pt;width:261.4pt;height:34.85pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhxzT2yAIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtu2zAQ3RfoHQjuFX0ifyREDhLLKgqk&#10;HyDtAWiJsohKpErSltOii+57hd6hiy666xWcG3VIWY6ToEDRVgtiRA7fzJt5nLPzbVOjDZWKCZ5g&#10;/8TDiPJcFIyvEvz2TeZMMVKa8ILUgtME31CFz2dPn5x1bUwDUYm6oBIBCFdx1ya40rqNXVflFW2I&#10;OhEt5XBYCtkQDb9y5RaSdIDe1G7geWO3E7JopcipUrCb9od4ZvHLkub6VVkqqlGdYMhN21XadWlW&#10;d3ZG4pUkbcXyfRrkL7JoCOMQ9ACVEk3QWrJHUA3LpVCi1Ce5aFxRliynlgOw8b0HbK4r0lLLBYqj&#10;2kOZ1P+DzV9uXkvEigRDozhpoEW7r7tvu++7n7sft59vv6CpqVHXqhhcr1tw1ttLsYVeW76qvRL5&#10;O4W4mFeEr+iFlKKrKCkgR9/cdI+u9jjKgCy7F6KAYGSthQXalrIxBYSSIECHXt0c+kO3GuWweXrq&#10;R5MpHOVwFobBKBrZECQebrdS6WdUNMgYCZbQf4tONldKm2xIPLiYYFxkrK6tBmp+bwMc+x2IDVfN&#10;mcnCtvRj5EWL6WIaOmEwXjihl6bORTYPnXHmT0bpaTqfp/4nE9cP44oVBeUmzCAvP/yz9u2F3gvj&#10;IDAlalYYOJOSkqvlvJZoQ0Demf32BTlyc++nYYsAXB5Q8oPQuwwiJxtPJ06YhSMnmnhTx/Ojy2js&#10;hVGYZvcpXTFO/50S6hIcjYJRL6bfcvPs95gbiRumYYDUrAEFH5xIbCS44IVtrSas7u2jUpj070oB&#10;7R4abQVrNNqrVW+XW/s+AhPdiHkpihtQsBQgMNAiDD8wKiE/YNTBIEmwer8mkmJUP+fwCszUGQw5&#10;GMvBIDyHqwnWGPXmXPfTad1KtqoAuX9nXFzASymZFfFdFvv3BcPBctkPMjN9jv+t1924nf0CAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCHA1g93wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbv&#10;SLxDZCRuLN2Cqq00nSYEJyREVw4c09ZrozVOabKtvD3mxG62/On39+fb2Q3ijFOwnjQsFwkIpMa3&#10;ljoNn9XrwxpEiIZaM3hCDT8YYFvc3uQma/2FSjzvYyc4hEJmNPQxjpmUoenRmbDwIxLfDn5yJvI6&#10;dbKdzIXD3SBXSZJKZyzxh96M+Nxjc9yfnIbdF5Uv9vu9/igPpa2qTUJv6VHr+7t59wQi4hz/YfjT&#10;Z3Uo2Kn2J2qDGDSo5YbVo4ZUpSAYWD+ueKiZVEqBLHJ5XaH4BQAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAGHHNPbIAgAAtgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAIcDWD3fAAAACgEAAA8AAAAAAAAAAAAAAAAAIgUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAAuBgAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="00D45A83" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:before="32" w:line="208" w:lineRule="auto"/>
+                      <w:ind w:left="20"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Қазақстан</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Республикасының</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>электронды</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нысандағы</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нормативтік</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>құқықтық</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>актілердің</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>эталонды</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>бақылау</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>банкі</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="00D45A83" w:rsidRPr="00031755" w:rsidRDefault="00E21889">
+                    <w:pPr>
+                      <w:spacing w:line="208" w:lineRule="auto"/>
+                      <w:ind w:left="20" w:right="319"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Эталонный</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-9"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>контрольный</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>банк</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>нормативных</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>правовых</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-8"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>актов</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-37"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Республики</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Казахстан</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>в</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>электронном</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00031755">
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>виде</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
@@ -15104,166 +21500,282 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2A454D02"/>
+    <w:nsid w:val="4C454688"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23E6706A"/>
-    <w:lvl w:ilvl="0" w:tplc="252C8E4C">
+    <w:tmpl w:val="0A3036CE"/>
+    <w:lvl w:ilvl="0" w:tplc="E55E0838">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="122" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="A1E42EB2">
+    <w:lvl w:ilvl="1" w:tplc="AD8C6152">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="304" w:hanging="100"/>
+        <w:ind w:left="274" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="B57CEC34">
+    <w:lvl w:ilvl="2" w:tplc="23086204">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="488" w:hanging="100"/>
+        <w:ind w:left="428" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2BB638BC">
+    <w:lvl w:ilvl="3" w:tplc="C6C61966">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="672" w:hanging="100"/>
+        <w:ind w:left="582" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="EBC22964">
+    <w:lvl w:ilvl="4" w:tplc="D8247D8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="857" w:hanging="100"/>
+        <w:ind w:left="736" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="3C329ECA">
+    <w:lvl w:ilvl="5" w:tplc="8F2058DC">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1041" w:hanging="100"/>
+        <w:ind w:left="890" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12C0CC1C">
+    <w:lvl w:ilvl="6" w:tplc="8AF67960">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1225" w:hanging="100"/>
+        <w:ind w:left="1044" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="C9C4D792">
+    <w:lvl w:ilvl="7" w:tplc="D8D4BC32">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1410" w:hanging="100"/>
+        <w:ind w:left="1198" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9282335E">
+    <w:lvl w:ilvl="8" w:tplc="83468A4A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1594" w:hanging="100"/>
+        <w:ind w:left="1352" w:hanging="100"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C6F454C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88549186"/>
+    <w:lvl w:ilvl="0" w:tplc="3E581B30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="122" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="65945DE4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="274" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="63A4121A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="428" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D3DC5184">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="582" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9A02BD6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="736" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0E2E5A74">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="890" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A5FC66D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1044" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FF145F54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1198" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="7B0E59A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1352" w:hanging="100"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -15332,166 +21844,50 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...114 lines deleted...]
-  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -15548,819 +21944,866 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...4 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
+    <w:rsid w:val="000573B9"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
-    <w:rsid w:val="00077A6C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00093671"/>
     <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A1589"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B2B5D"/>
+    <w:rsid w:val="000B6862"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="0010161D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00153436"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
-    <w:rsid w:val="001B39E1"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204307"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="002104A2"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
-    <w:rsid w:val="00244165"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280F4D"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A2141"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C250F"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
-    <w:rsid w:val="002F0714"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="003009AA"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="00321427"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="003305A7"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00335DCB"/>
-    <w:rsid w:val="003446BE"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00345A55"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00381255"/>
-    <w:rsid w:val="00390551"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B5721"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C286F"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="00415884"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="004260C3"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00443C44"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00492992"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A01E9"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004C1F73"/>
     <w:rsid w:val="004D07D1"/>
     <w:rsid w:val="004D120D"/>
-    <w:rsid w:val="004D3B0F"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="00507677"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="00515561"/>
+    <w:rsid w:val="005145DB"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B0921"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
-    <w:rsid w:val="005D0436"/>
     <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D3E61"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
-    <w:rsid w:val="005F5AFA"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006257E5"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00636139"/>
     <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="006424B7"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="0066303D"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
-    <w:rsid w:val="006E3FE4"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F4340"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00700ADC"/>
+    <w:rsid w:val="00704E3C"/>
     <w:rsid w:val="00706B0C"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00715E75"/>
-    <w:rsid w:val="00727BDA"/>
+    <w:rsid w:val="00726C3B"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007612FA"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="00790B31"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007C3AFB"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00830EBF"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="00840259"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00860EED"/>
+    <w:rsid w:val="0086110D"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="0088118E"/>
-    <w:rsid w:val="00882B87"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A093E"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
-    <w:rsid w:val="008B3237"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C4E33"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
-    <w:rsid w:val="008F6090"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
-    <w:rsid w:val="0091784D"/>
+    <w:rsid w:val="00913B43"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00924EAA"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00987944"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D536D"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A118B1"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A5023C"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A572CE"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A63866"/>
+    <w:rsid w:val="00A70C03"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
-    <w:rsid w:val="00AC2031"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
-    <w:rsid w:val="00AD011D"/>
     <w:rsid w:val="00AD2280"/>
-    <w:rsid w:val="00AD4252"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE5AB7"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00AF1E41"/>
+    <w:rsid w:val="00B0017D"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B05AC7"/>
     <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B212E5"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B3089F"/>
-    <w:rsid w:val="00B32943"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B549F4"/>
+    <w:rsid w:val="00B54EE4"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B56337"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B663AB"/>
     <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B760F5"/>
+    <w:rsid w:val="00B76B4D"/>
+    <w:rsid w:val="00B80E99"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BC5496"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
-    <w:rsid w:val="00BE09E6"/>
+    <w:rsid w:val="00BD5A1E"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE4A7F"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BE792E"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C108A0"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C256D4"/>
     <w:rsid w:val="00C26849"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C53A35"/>
     <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C63D19"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C71C71"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C83B05"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA0B24"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CB09A2"/>
+    <w:rsid w:val="00CA444E"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7A1A"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32923"/>
     <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D3471A"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D375B7"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB4D4B"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD5EBD"/>
     <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE3170"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF533F"/>
     <w:rsid w:val="00DF7B58"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E17FA3"/>
     <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E20BAC"/>
+    <w:rsid w:val="00E21889"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E327C0"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40DF4"/>
     <w:rsid w:val="00E43AF2"/>
-    <w:rsid w:val="00E45008"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E52D94"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E54E4E"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E62F31"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E65EEA"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
-    <w:rsid w:val="00EB7C4D"/>
-    <w:rsid w:val="00EC0699"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1EBC"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F44B8C"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F82AA5"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
-    <w:rsid w:val="00FC5F6A"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD1C06"/>
     <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FE4B75"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="50DF3050"/>
-  <w15:docId w15:val="{658CD721-C42D-4CE3-9450-3CB8C47A1ED6}"/>
+  <w14:docId w14:val="3E5BD27A"/>
+  <w15:docId w15:val="{95A293F3-CD7E-4639-B223-785E317EC98C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16705,51 +23148,50 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -16852,165 +23294,313 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00A351FE"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
-  </w:style>
-[...7 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00882B87"/>
+    <w:rsid w:val="00D375B7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="en-US"/>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ac">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="ad"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00390551"/>
+    <w:rsid w:val="00E21889"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="ac"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00390551"/>
+    <w:rsid w:val="00E21889"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="Table Normal1"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E21889"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal2">
+    <w:name w:val="Table Normal2"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00F44B8C"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="82916394">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="171575267">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="378628516">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="419379063">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="509415155">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1043142082">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1147747301">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1446004979">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:43school_pvl@mail.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh43@goo.edu.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -17265,79 +23855,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9672880-7E99-4200-9186-BEC2754F22F2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AD89A85B-4352-4C5F-9823-1229448FA940}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10328</Characters>
+  <Pages>10</Pages>
+  <Words>1919</Words>
+  <Characters>10939</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>91</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12115</CharactersWithSpaces>
+  <CharactersWithSpaces>12833</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>