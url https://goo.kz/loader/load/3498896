--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,18142 +1,10911 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="2815E980" w14:textId="46F052A2" w:rsidR="003E3EEA" w:rsidRPr="00CE035C" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w14:paraId="68C90D11" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Средняя общеобразовательная школа имени Камала Макпалеева</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC7B219" w14:textId="5CBC8314" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="002739F9" w:rsidP="00B00AEE">
+    <w:p w14:paraId="0407216B" w14:textId="2B1AEE17" w:rsidR="004B21EB" w:rsidRPr="006C5759" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя начальных классов </w:t>
+      </w:r>
+      <w:r w:rsidR="0021531A" w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2A8E" w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E72C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ые </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AF2A8E" w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72C15">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 1-16 часов, 2-13 часов</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2A8E" w:rsidRPr="006C5759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2099A9FD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">бастауыш сынып </w:t>
-[...160 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="391"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7539"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="002739F9" w14:paraId="3DE1DBE9" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="783AF8B6" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A2AD560" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="421B1784" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3848B159" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="2461FD2B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57C86545" w14:textId="2F14CA7B" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00701022">
+          <w:p w14:paraId="5E3A28C5" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRPr="009C3014" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C3014">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00CE035C">
+              <w:t>Коммунальное государственное учреждение «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C3014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Средняя общеобразовательная школа имени Камала Макпалеева</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C3014">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C3014">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...47 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="665EC795" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="45EED2BC" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CBE5D4D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="09645495" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E0E1CC7" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="690D9259" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E72D4EA" w14:textId="2E4F94D9" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="004D2777">
+          <w:p w14:paraId="48B43F57" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1400</w:t>
-[...89 lines deleted...]
-              <w:t>8</w:t>
+              <w:t xml:space="preserve">Республика Казахстан, Павлодарская область, город Павлодар, улица Гагарина 58 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="7455C780" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="4069083B" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D1B9045" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="76173FE0" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="057A8B8D" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="74FA5C73" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49484397" w14:textId="385AB315" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="001A5CB6" w:rsidP="004D2777">
+          <w:p w14:paraId="43B98D28" w14:textId="034F768B" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7182) </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00913CE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...64 lines deleted...]
-              <w:t>-07-34</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>22-22-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w14:paraId="381D889E" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="16D2133E" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D37CED" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
-[...3 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+          <w:p w14:paraId="186D8AF7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="616C5AA6" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="3D78DCCE" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14DE883F" w14:textId="2AF96DBD" w:rsidR="00CB6B4F" w:rsidRPr="00CE035C" w:rsidRDefault="00000000" w:rsidP="00701022">
+          <w:p w14:paraId="60BB91B7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="00000000" w:rsidP="00C23F68">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="00DD79AC" w:rsidRPr="00B450F3">
+              <w:r w:rsidR="004B21EB" w:rsidRPr="00CF781E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh4</w:t>
               </w:r>
-              <w:r w:rsidR="00DD79AC" w:rsidRPr="00B450F3">
+              <w:r w:rsidR="004B21EB" w:rsidRPr="00CF781E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>@</w:t>
               </w:r>
-              <w:r w:rsidR="00DD79AC" w:rsidRPr="00B450F3">
+              <w:r w:rsidR="004B21EB" w:rsidRPr="00CF781E">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="004A2A1B" w:rsidRPr="00CE035C">
+            <w:r w:rsidR="004B21EB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="002739F9" w14:paraId="7AA3412C" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w:rsidRPr="00973860" w14:paraId="058855D7" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="600EE3EC" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="1438EB5F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="364ABC5C" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="66AA57AD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="307DFB5D" w14:textId="35E665D4" w:rsidR="00533294" w:rsidRDefault="002739F9" w:rsidP="003742F5">
+          <w:p w14:paraId="6279C801" w14:textId="433FDF2B" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0021531A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00533294">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Учител</w:t>
+            </w:r>
+            <w:r w:rsidR="00C357D4" w:rsidRPr="0021531A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00533294" w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ь </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021531A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00533294">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> начальных классов с русским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidR="002A79AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="00533294" w:rsidRPr="00E56D0A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="008132CA" w:rsidRPr="0021531A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>16 сағат</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6C28F747" w14:textId="10ED6AC6" w:rsidR="002739F9" w:rsidRPr="00CE035C" w:rsidRDefault="002739F9" w:rsidP="003742F5">
+              <w:t>16 часов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF28295" w14:textId="5E555697" w:rsidR="002A79AC" w:rsidRPr="0021531A" w:rsidRDefault="002A79AC" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Орыс сыныптарында бастауыш сынып мұғалімі-13 сағат</w:t>
+              <w:t>Учитель начальных классов с русским языком обучения -13 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="002739F9" w14:paraId="6638BBD1" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="54D90A16" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="640821DA" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5A51C610" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E282D0E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36553260" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7A60DE" w14:textId="0EE8E865" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AE3163D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="1100C149" w14:textId="77777777" w:rsidTr="008F198A">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2564C55C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25F42C52" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23550DB9" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10FC3412" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 106 845  тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3666636B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 130 000 тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="6D3AFE67" w14:textId="77777777" w:rsidTr="008F198A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6503D6F3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2707A58D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="5F5A026A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1B8A0E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B66E7A3" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w14:paraId="0A8C03FF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="65D15B1D" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3881F6FF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="2BA14DF7" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CED78AA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00CE035C" w14:paraId="03A0A55E" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="0E6B69AD" w14:textId="77777777" w:rsidTr="008F198A">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="298A3EE2" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="0B3E9DF2" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="379B248A" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="7C3E0F5F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55D5A410" w14:textId="77777777" w:rsidR="008E7665" w:rsidRPr="00CE035C" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w14:paraId="73E0B422" w14:textId="4B7F0DD0" w:rsidR="004B21EB" w:rsidRPr="00546AE1" w:rsidRDefault="00513DAE" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00992DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72C15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="004B21EB" w:rsidRPr="00992DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72C15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B21EB" w:rsidRPr="00992DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidR="00A033C3" w:rsidRPr="00992DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00945D53">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B21EB" w:rsidRPr="00992DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72C15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004B21EB" w:rsidRPr="00992DDC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72C15">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="2D42ABD3" w14:textId="77777777" w:rsidTr="008F198A">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49C1C5EC" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D2D1CB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...8 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17C7112B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00153C55" w:rsidRPr="00CE035C">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AEA6FD8" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-            <w:r w:rsidR="005A0AF6" w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00153C55" w:rsidRPr="00CE035C">
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED1876A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6744AE18" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D7BE96" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB76198" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39281402" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CE035C">
-[...7 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51945A15" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4350AACD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08B545C7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) заполненный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="002C2B1A" w14:paraId="2575FDFB" w14:textId="77777777" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="004B21EB" w14:paraId="580CCEF5" w14:textId="77777777" w:rsidTr="008F198A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44F4BDA9" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00CE035C" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="71C690E5" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRPr="008F198A" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>3</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C1CC88E" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00CE035C" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-          <w:p w14:paraId="7746F51B" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00CE035C" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w14:paraId="69B199D3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B0F56">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6858" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78360105" w14:textId="77777777" w:rsidR="00C75E82" w:rsidRPr="00CE035C" w:rsidRDefault="00C75E82" w:rsidP="00C75E82">
+          <w:p w14:paraId="5D671E93" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRPr="008F198A" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...174 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00CE035C" w14:paraId="412ABB6C" w14:textId="77777777" w:rsidTr="00DC10A3">
-[...2941 lines deleted...]
-      <w:tr w:rsidR="00D478D0" w:rsidRPr="00CE035C" w14:paraId="027AAD49" w14:textId="77777777" w:rsidTr="00D478D0">
+    </w:tbl>
+    <w:p w14:paraId="7E6C79DF" w14:textId="41BA34A7" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F82C69B" w14:textId="7709FD46" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554665E2" w14:textId="08BF67E5" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32017909" w14:textId="7D8D14A0" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285D2D78" w14:textId="19A62B70" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16DD2F2C" w14:textId="3E676966" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="204353A9" w14:textId="51ED398F" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14C60183" w14:textId="0B34BAE9" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00F33897" w14:textId="0DCEB853" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E81F5DC" w14:textId="6AC1D69E" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29535DE4" w14:textId="7E45BC48" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="545508CC" w14:textId="5D3F50A6" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6105E8A3" w14:textId="3ABAAA7A" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="262AEE6D" w14:textId="580998D9" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0339A117" w14:textId="54E5A42E" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08D854BB" w14:textId="6E373025" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="563EEDB5" w14:textId="473212BE" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6705E2A1" w14:textId="67D431FF" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528EF8F9" w14:textId="51F25387" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587B5189" w14:textId="0DF3D967" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE7F5B8" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004B21EB" w14:paraId="098361A8" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8A929D" w14:textId="77777777" w:rsidR="00D478D0" w:rsidRPr="00CE035C" w:rsidRDefault="00D478D0" w:rsidP="00BF329F">
+          <w:p w14:paraId="228C5D4B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BCBF599" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+          <w:p w14:paraId="7DE3D4B1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="3A99E4BF" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28639153" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="3CE93806" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ECADCEB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="5A170057" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1789ECF4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="3F74F25B" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21540E5B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0482645B" w14:textId="77777777" w:rsidR="00E7201E" w:rsidRPr="00CE035C" w:rsidRDefault="00E7201E" w:rsidP="00F7191E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B77800" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...578 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="37567D72" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="104632B7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7014514C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567FC100" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75EC866F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="7E1C0885" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147FC942" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0558B508" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
-[...5 lines deleted...]
-        <w:t>конкурс</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A4229">
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEE3E19" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3725B565" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D0FC9C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="3CACB417" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="777790A2" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="4885AC5F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B32A66E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7127B5B5" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F49E3F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="1B72C23D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C925DC7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="362456F0" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B27FF25" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3873ECA2" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5249D38C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0367B96C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="754593BF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D41123E" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w14:paraId="09420A30" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04659C3C" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00CE035C" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...244 lines deleted...]
-    <w:p w14:paraId="46436509" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="458D9A65" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2287F27F" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="6468EF0E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546EBF03" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="28A7C82D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="37A2BDDE" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="47B722E4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795AB713" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w14:paraId="57C255AD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала / ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282E5468" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="555DA750" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1468E10B" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="04E87D43" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="168E0C82" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="661A149B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2127"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2124"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="2187"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00CE035C" w14:paraId="2AE2858F" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="004B21EB" w14:paraId="6DAEB73C" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6282A2D4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="11957107" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="439788FF" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="2D1DD08B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD62468" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
-[...19 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="276F7269" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="113FA7AA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7984DC77" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+          <w:p w14:paraId="520FDE3A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45CD3D1F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00437A2D" w:rsidRPr="00CE035C" w14:paraId="42729AE5" w14:textId="77777777" w:rsidTr="00DF4A7D">
+      <w:tr w:rsidR="004B21EB" w14:paraId="27DD782E" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="749"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F2A9B7C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="62B864FE" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="309BCA66" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="57074933" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63B0898A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="4D901D11" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06994ED9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w14:paraId="2CB7F277" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="41AD28A5" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="765831FB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AFD1989" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w14:paraId="30827002" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>Біліктілік</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>санатының</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...79 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE035C">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE035C">
-[...24 lines deleted...]
-        <w:t>_______</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AC95D35" w14:textId="77777777" w:rsidR="00B00AEE" w:rsidRPr="00CE035C" w:rsidRDefault="00B00AEE" w:rsidP="00C424F6">
+    <w:p w14:paraId="170FC017" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...495 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C7C27BD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="5248F125" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5357FA86" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520D5D58" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w14:paraId="7132B799" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65C2D115" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="41BA6F61" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DDC03D8" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00CE035C" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+    <w:p w14:paraId="284FAD63" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>Cондай-ақ</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w14:paraId="13BB7DF1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADB4B43" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E31278" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47486A39" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00CE035C">
+    </w:p>
+    <w:p w14:paraId="401FE460" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2288FE49" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C8FEDF7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A90674" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4769755E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>қосымша</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00CE035C">
+    </w:p>
+    <w:p w14:paraId="33C88033" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>мәліметтері</w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00CE035C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEAF155" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00CE035C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>болған</w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    </w:p>
+    <w:p w14:paraId="29390453" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B67B1B5" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24192028" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>жағдайда</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8C60EA" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="72F3693B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="306EDD21" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w14:paraId="7F19004E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
-        </w:rPr>
-[...463 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00301843" w:rsidRPr="00CE035C" w14:paraId="7F7D2E41" w14:textId="77777777" w:rsidTr="006F7468">
+      <w:tr w:rsidR="004B21EB" w14:paraId="56CA08A3" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39C746C3" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          <w:p w14:paraId="7D2DA48C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2CF2737E" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          <w:p w14:paraId="5B0E8492" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C457BA4" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          <w:p w14:paraId="0ADB41D9" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="40A53EBC" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="175A6DF5" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...17 lines deleted...]
-          <w:p w14:paraId="1E648B64" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="3E838921" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="12442DAF" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="7E2DF24E" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE035C">
-[...9 lines deleted...]
-          <w:p w14:paraId="5C994872" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00CE035C">
+          </w:p>
+          <w:p w14:paraId="2AAE3E05" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59CEFF51" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42E63B52" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31311A2A" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DBE31B5" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24F94DC3" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FDD2D74" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="737536FE" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07A43618" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FAA2221" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D766508" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75F78F14" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64E8B545" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79AB2513" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47B993F8" w14:textId="77777777" w:rsidR="00E0280F" w:rsidRDefault="00E0280F" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5700BCAA" w14:textId="35BA50C6" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5252A79D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47F5146A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201D134E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="167A674A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D92E16" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00646296" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="1FBA3ECB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2626C86B" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00CE035C" w:rsidRDefault="001B695E" w:rsidP="001B695E">
+    <w:p w14:paraId="4707A299" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00CE035C">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Педагогтің</w:t>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE035C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...226 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E385FE" w14:textId="77777777" w:rsidR="001B695E" w:rsidRPr="00CE035C" w:rsidRDefault="001B695E" w:rsidP="001B695E">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="0AF5B1E9" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-        <w:t>(</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE035C">
-[...73 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-        <w:t>))</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B983054" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00610B31">
+    <w:p w14:paraId="0EB6E175" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10106" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="5104"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4259B4DC" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="004B21EB" w14:paraId="105F5A5A" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6882ABD4" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
+          <w:p w14:paraId="18F4069F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64AEAF51" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C88A10D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40973568" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E8ADC7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00CE035C">
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="0C8372D2" w14:textId="77777777" w:rsidTr="00F60609">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3519E4DF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7806CF63" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3D6DFF00" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384EEDF8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3FDC817C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="470C173D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00610B31">
-[...60 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w14:paraId="09604DC3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E93F1E7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CB41060" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42E4E41A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35E45853" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="006F7468">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="620FA03F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="002739F9" w14:paraId="14BC9480" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="004B21EB" w14:paraId="7DE024D6" w14:textId="77777777" w:rsidTr="00F60609">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D8A547" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7749571A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="539F7721" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27AA2267" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44F69518" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C2A517" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4044485C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1698C592" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="20F49243" w14:textId="77777777" w:rsidTr="00F60609">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF22BCB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5786BC93" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66FD2539" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1889E309" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CD79640" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75AC081D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63C02BE8" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E61485C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5521CC89" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CB078D1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6917A39E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AECDF5B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C4182AB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="783EC770" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B76147E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BFCE28B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F8BADE3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C9AAA91" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="148E52FF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3312BDB4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71047DA7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 80 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="545552A6" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68508232" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739F9479" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C0FDDC4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17BB9321" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1208142F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AFB1595" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D77CC0B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27DBB6D0" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="330103EF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4900AE68" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A2FA9AB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="518CCF73" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21FF4FD0" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AA59AA7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E2AEC6F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FBD2A26" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4706ED1D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC34E5E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A26E60" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C712707" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF2FC54" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C6F29C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3256518B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 80 до90 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3483198A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24778705" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 баллов = 0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18839406" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AD26F6B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4609090E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63AD25DE" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04928FF1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05A8BF4F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BFFA5D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="5F05FB2C" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1367"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="067C26C7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="619BCAF6" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63E86560" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="30C6292B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D261C61" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6585FFD8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...48 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7A1B9332" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EEADCD4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60B4F7DB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...204 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+          <w:p w14:paraId="632667A3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5362C203" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB9D937" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ACECA95" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3E6110" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061E7FBA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B16BF09" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF8AAC8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="12ABAC84" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4E133EB0" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="004B21EB" w14:paraId="405FCF33" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="952"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21999DD0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0381C22C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D47E797" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2402B6C7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A8C5A14" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="172AAAE4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> диплом</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2568A362" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...35 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="5AEAA1F3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7653DF29" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...108 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AA519B7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AD831A8" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1716504C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="52F5F25E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="002739F9" w14:paraId="01BC18FC" w14:textId="77777777" w:rsidTr="00854F32">
+      <w:tr w:rsidR="004B21EB" w14:paraId="11F458E7" w14:textId="77777777" w:rsidTr="00F60609">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="369CA335" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="322DED44" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26F40858" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>рудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF0EC1C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="079EEDB4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7711CBDC" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C69CFA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E80E594" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="3FBBA09C" w14:textId="77777777" w:rsidTr="00F60609">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5358BFED" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="660357B4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="211EDEE7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="294880AA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="385A12E5" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="5D7CBF4A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72939FE6" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
-[...2613 lines deleted...]
-              <w:t xml:space="preserve"> - 10 балл</w:t>
+          <w:p w14:paraId="15C3694E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04AB8CA3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C65A01C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="443EFEA4" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="334C0B89" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="54969376" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2817219D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="1C0D6202" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A714201" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...45 lines deleted...]
-              <w:t>Санаты.</w:t>
+          <w:p w14:paraId="48759854" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05FDF32A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6261B1CB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...46 lines deleted...]
-              <w:t>құжат</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>исьмо</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A663AB7" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...332 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          <w:p w14:paraId="58EEAC6F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>го рекомендательного письма</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575A098C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="342D16ED" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3EE10A" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="40D55E7C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="257BF23E" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="02C80748" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07634484" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="2FA3FC98" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="064822D8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="411E2E2F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="186D765D" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3DDE882E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D1B3503" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CD87EF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A62829C" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">1 </w:t>
+          <w:p w14:paraId="62E4BF7A" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C929B7C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F63E108" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55BCA27B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B239D3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10613822" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 3 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>жылға</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>дейін</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>жылдан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...226 lines deleted...]
-              <w:t xml:space="preserve"> = 3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75F3CFE8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7CB33A14" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="4996E07C" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="43AAD597" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F08EAD9" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4ECC0BEE" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="342654C2" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="04F27AD7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D8E6CB8" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
-[...128 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="655F3842" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEDAB4F" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...87 lines deleted...]
-              <w:t>директор = 5 балл</w:t>
+          <w:p w14:paraId="10FE37FC" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03B689A1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCA991E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D46361E" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5360CD25" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="7D19CF54" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="3B825B13" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C2EC8BE" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0BD0D0D5" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69D7F6BD" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="64E84016" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D21A913" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3CEF7B7C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A6128AD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...66 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2F5FED69" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...23 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="0C624C84" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="321E2B5C" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A72463B" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CFD2F29" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...146 lines deleted...]
-              <w:t xml:space="preserve"> = 0,5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3806F6AF" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E3279A7" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07C71FC0" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="7171F2F3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="07D2BB81" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="7331C733" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6233CDC3" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="12ECB90E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7869A29B" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1E83F6B3" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CE035C">
-[...6 lines deleted...]
-              <w:t>Алдыңғы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CE035C">
-[...166 lines deleted...]
-              <w:t>)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="078FFC50" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> Хат </w:t>
+          <w:p w14:paraId="479BF5BD" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452F1CCA" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B705603" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FA088C1" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CAB41E2" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, обучение по программам «Основы программирования </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">в Python», «Обучение работе с Microsoft» </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39CF4109" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="410B58E9" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B5ECC5E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02260677" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="2ED3174E" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00CE035C" w14:paraId="36132038" w14:textId="77777777" w:rsidTr="00854F32">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B21EB" w14:paraId="34A1D39F" w14:textId="77777777" w:rsidTr="00F60609">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="2343" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A700727" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...17 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w14:paraId="57B3F4C0" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76CF31FB" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="2DC14218" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05BD5E67" w14:textId="77777777" w:rsidR="00610B31" w:rsidRPr="00CE035C" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
-[...2970 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="6A114C1D" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="00C23F68">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61617950" w14:textId="77777777" w:rsidR="00301843" w:rsidRPr="00CE035C" w:rsidRDefault="00301843" w:rsidP="00F7191E">
+    <w:p w14:paraId="3F40417F" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7377E094" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="1F1D6A99" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58EF8AE5" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00CE035C" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w14:paraId="468F31AB" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B05A37" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
+    <w:p w14:paraId="7E714EE6" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2081E6D2" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
+    <w:p w14:paraId="5BECCF54" w14:textId="77777777" w:rsidR="004B21EB" w:rsidRPr="00E7201E" w:rsidRDefault="004B21EB" w:rsidP="004B21EB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3280BD10" w14:textId="77777777" w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidRDefault="006A04C5" w:rsidP="00F7191E">
-[...69 lines deleted...]
-    <w:sectPr w:rsidR="006A04C5" w:rsidRPr="00CE035C" w:rsidSect="00DB5787">
+    <w:p w14:paraId="652E9D8B" w14:textId="77777777" w:rsidR="00F60609" w:rsidRPr="004B21EB" w:rsidRDefault="00F60609" w:rsidP="004B21EB"/>
+    <w:sectPr w:rsidR="00F60609" w:rsidRPr="004B21EB" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -18807,798 +11576,797 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1412118182">
+  <w:num w:numId="1" w16cid:durableId="615794427">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1593540124">
+  <w:num w:numId="2" w16cid:durableId="616065681">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="2044817941">
+  <w:num w:numId="3" w16cid:durableId="1056052498">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1736736491">
+  <w:num w:numId="4" w16cid:durableId="1650666978">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="271403636">
+  <w:num w:numId="5" w16cid:durableId="1870795532">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1060442756">
+  <w:num w:numId="6" w16cid:durableId="112600556">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
-    <w:rsid w:val="00015C92"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
-    <w:rsid w:val="000527AE"/>
+    <w:rsid w:val="0005252B"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="00072D5E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00084BA1"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
-    <w:rsid w:val="000D25CD"/>
+    <w:rsid w:val="000C7725"/>
+    <w:rsid w:val="000D1728"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7028"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
-    <w:rsid w:val="0012572A"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="001445C2"/>
-    <w:rsid w:val="00144911"/>
     <w:rsid w:val="00153C55"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
-    <w:rsid w:val="001A5CB6"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C2940"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
-    <w:rsid w:val="0020278F"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="0021531A"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
-    <w:rsid w:val="002739F9"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="0028056B"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
-    <w:rsid w:val="002A4229"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002A79AC"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
-    <w:rsid w:val="002C2B1A"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
-    <w:rsid w:val="002D58B2"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E2498"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00311B95"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="00324BEF"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
-    <w:rsid w:val="00347991"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="0036124A"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
-    <w:rsid w:val="003742F5"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381AD2"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D51E8"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
-    <w:rsid w:val="00431847"/>
-    <w:rsid w:val="004375C4"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="0048699B"/>
     <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="004943E8"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="004A2A1B"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B21EB"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D2777"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00513DAE"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
-    <w:rsid w:val="00533294"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00547D90"/>
-    <w:rsid w:val="0055080E"/>
+    <w:rsid w:val="00546AE1"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A0AF6"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D3A9F"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E4790"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="00601FEA"/>
     <w:rsid w:val="00602344"/>
-    <w:rsid w:val="006023B2"/>
     <w:rsid w:val="00602932"/>
+    <w:rsid w:val="0060370A"/>
+    <w:rsid w:val="006049B5"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="0062360E"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00634929"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="0065168F"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
-    <w:rsid w:val="006636BA"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
-    <w:rsid w:val="006A04C5"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006C5759"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F1A20"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00701022"/>
-    <w:rsid w:val="0071263E"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
-    <w:rsid w:val="00752E10"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="0076290D"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007B5E99"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00812D90"/>
+    <w:rsid w:val="008132CA"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00837CF1"/>
-    <w:rsid w:val="0084232C"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
-    <w:rsid w:val="00861156"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00876678"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
-    <w:rsid w:val="008A0FD7"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F198A"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
+    <w:rsid w:val="00913CE0"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00945D53"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00955FE3"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00967D21"/>
+    <w:rsid w:val="00973860"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="0099235D"/>
+    <w:rsid w:val="00992DDC"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C3014"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
-    <w:rsid w:val="00A01C6A"/>
+    <w:rsid w:val="00A033C3"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5142"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE2DD5"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE7D96"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
-    <w:rsid w:val="00AF4B7D"/>
+    <w:rsid w:val="00AF2A8E"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B570F0"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
-    <w:rsid w:val="00B65F99"/>
-    <w:rsid w:val="00B70D7D"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B93FBD"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
-    <w:rsid w:val="00BB26A9"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C13332"/>
     <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C20CE3"/>
     <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C357D4"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
-    <w:rsid w:val="00C738BC"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C90F57"/>
-    <w:rsid w:val="00C9202C"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CD10F3"/>
+    <w:rsid w:val="00CC70F8"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE035C"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
-    <w:rsid w:val="00D03654"/>
     <w:rsid w:val="00D06E89"/>
-    <w:rsid w:val="00D14CCD"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D15644"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
-    <w:rsid w:val="00D63053"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA2FCC"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
-    <w:rsid w:val="00DC2989"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD79AC"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E0280F"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E12862"/>
     <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E138E0"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
-    <w:rsid w:val="00E56D0A"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E6064C"/>
     <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E66C69"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E7201E"/>
+    <w:rsid w:val="00E72C15"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
-    <w:rsid w:val="00EC6224"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF3470"/>
     <w:rsid w:val="00EF5AEE"/>
-    <w:rsid w:val="00F01D3C"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F255E7"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60609"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00F84765"/>
     <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA54CF"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
-    <w:rsid w:val="00FF5E23"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="73EDAF3D"/>
-  <w15:docId w15:val="{4F46F1A6-8B2D-4918-8FD0-F84DD0C31AAD}"/>
+  <w14:docId w14:val="74A9500A"/>
+  <w15:docId w15:val="{5B41285E-4E44-4301-A707-366D0CA52338}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20102,128 +12870,102 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00533294"/>
+    <w:rsid w:val="003D51E8"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="652762380">
+    <w:div w:id="917056588">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="1844973991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh4@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -20495,78 +13237,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD8E03D7-E4AA-4C9E-BA52-96C2FCF12B49}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C29BF874-13CF-4BE7-AE32-43DF60EB4660}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>9814</Characters>
+  <Pages>8</Pages>
+  <Words>1788</Words>
+  <Characters>10198</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
+  <Lines>84</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11512</CharactersWithSpaces>
+  <CharactersWithSpaces>11963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>