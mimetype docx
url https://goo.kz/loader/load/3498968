--- v0 (2025-12-05)
+++ v1 (2026-02-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2869d64" w14:textId="2869d64">
+    <w:p w14:paraId="5cdb759" w14:textId="5cdb759">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,394 +76,370 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының білім беру саласындағы қызметті жүзеге асыратын террористік тұрғыдан осал объектілерінің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулықты бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2022 жылғы 30 наурыздағы № 117 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 сәуірде № 27414 болып тіркелді.</w:t>
+        <w:t>Об утверждении инструкции по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 30 марта 2022 года № 117. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 апреля 2022 года № 27414.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Терроризмге қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 10-2-бабының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10-2 Закона Республики Казахстан "О противодействии терроризму", ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрыққа </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+      1. Утвердить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инструкцию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан согласно приложению к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...89 lines deleted...]
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятиях, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курируюшего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -479,75 +455,92 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр образования и науки</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -571,368 +564,228 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...299 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...10 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр внутренних дел</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министр по чрезвычайным ситуациям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Председатель Комитета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>национальной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -968,5324 +821,5557 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымшаға</w:t>
-[...9 lines deleted...]
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Білім және ғылым министрі</w:t>
+              <w:t>Министра образования и науки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2022 жылғы 30 наурыздағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 117 бұйрығына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>от 30 марта 2022 года № 117</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қазақстан Республикасының білім беру саласындағы қызметті жүзеге асыратын террористік тұрғыдан осал объектілерінің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулық</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
+        <w:t xml:space="preserve"> Инструкция по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Нұсқаулықтың тақырыбы жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ереже</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Қазақстан Республикасының білім беру саласындағы қызметті жүзеге асыратын террористік тұрғыдан осал объектілерінің терроризмге қарсы қорғалуын ұйымдастыру жөніндегі нұсқаулық (бұдан әрі - Нұсқаулық) "Терроризмге қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 10-2-бабының </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
+      1. Настоящая инструкция по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, осуществляющих деятельность в области образования Республики Казахстан (далее – Инструкция), разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 10-2 Закона Республики Казахстан "О противодействии терроризму" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требованиями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, утвержденных постановлением Правительства Республики Казахстан от 6 мая 2021 года № 305.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы Нұсқаулық Қазақстан Республикасы Үкіметінің 2021 жылғы 12 сәуірдегі № 234 </w:t>
-[...40 lines deleted...]
-    </w:p>
+      2. Настоящая Инструкция распространяется на объекты Министерства просвещения Республики Казахстан, а также на объекты, осуществляющие деятельность в сфере образования, отнесенные к объектам уязвимым в террористическом отношении в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>критериями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отнесения объектов к уязвимым в террористическом отношении, утвержденными постановлением Правительством Республики Казахстан от 12 апреля 2021 года № 234 (далее - Правила).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Настоящая Инструкция не распространяется на объекты, осуществляющие деятельность в сфере образования, мероприятия по обеспечению антитеррористической защищенности которых регламентированы иными инструкциями по организации антитеррористической защиты объектов, уязвимых в террористическом отношении, утвержденными первыми руководителями государственных органов, в введении которых данные объекты находятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...255 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В настоящей Инструкции используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) система видеонаблюдения – совокупность функционирующих видеоканалов, программных и технических средств записи и хранения видеоданных, а также программных и (или) технических средств управления, осуществляющих информационный обмен между собой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) система освещения – совокупность технических средств, позволяющих обеспечить необходимый уровень освещенности для системы видеонаблюдения, видимости людей и транспортных средств на объекте в темное время суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъекты охранной деятельности – это специализированные охранные подразделения органов внутренних дел Республики Казахстан и частные охранные организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) потенциально опасные участки объекта – территориально выделенные зоны (участки), конструктивные и технологические элементы объекта, где используются, хранятся или эксплуатируются взрывопожароопасные, опасные химические вещества, оружие и боеприпасы, токсичные вещества и препараты, элементы технологических цепочек, систем, оборудования или устройств, критические зоны объекта, а также места возможного массового пребывания людей на объекте, совершение акта терроризма на которых может способствовать причинению ущерба жизни и здоровью, возникновению аварии, созданию угрозы чрезвычайной ситуации с опасными социально-экономическими последствиями, хищению опасных веществ и материалов с целью их дальнейшего использования для совершения акта терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) периметр объекта – граница объекта согласно правоустанавливающим документам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) учебные (профилактические) мероприятия – превентивные способы обучения персонала и охраны, реализуемые в виде инструктажей и занятий в целях привития навыков первичного реагирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) педагог – лицо, имеющее педагогическое или иное профессиональное образование по соответствующему профилю и осуществляющее профессиональную деятельность педагога по обучению и воспитанию обучающихся и (или) воспитанников, методическому сопровождению или организации образовательной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) пропускной режим – совокупность правил, регламентирующих установленный порядок, исключающий возможность несанкционированного входа (выхода) лиц, въезда (выезда) транспортных средств, вноса (выноса), ввоза (вывоза) имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) паспорт антитеррористической защищенности – информационно-справочный документ, содержащий общие и инженерно-технические сведения об объекте, отражающие состояние его антитеррористической защищенности, и предназначенный для планирования мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте, уязвимом в террористическом отношении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) объекты, уязвимые в террористическом отношении, – особо важные государственные, стратегические, опасные производственные объекты, а также объекты отраслей экономики, имеющие стратегическое значение, объекты массового скопления людей, охраняемые объекты, требующие обязательной организации антитеррористической защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) система оповещения – совокупность технических средств, предназначенных для оперативного информирования (светового и (или) звукового оповещения) находящихся на объекте, уязвимом в террористическом отношении, лиц о тревоге при чрезвычайных происшествиях (аварии, пожаре, стихийном бедствии, нападении, террористическом акте) и действиях в сложившейся обстановке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Объектілердің терроризмге қарсы қауіпсіздігі келесі жағдайларды жасау арқылы қамтамасыз етіледі: </w:t>
-[...20 lines deleted...]
-    </w:p>
+      4. Меры по обеспечению антитеррористической защиты объектов направлены на создание условий, препятствующих совершению актов терроризма (снижение риска их совершения) на территории объектов, минимизацию и (или) ликвидацию последствий возможных террористических угроз. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация мер защиты строится на принципах заблаговременности, дифференцированного подхода, адекватности и комплексности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Антитеррористическая защищенность объектов обеспечивается созданием условий, направленных на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) воспрепятствование неправомерному проникновению на объекты, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установлению пропускного режима на объектах и его неукоснительного соблюдения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      укреплению объекта в инженерно-техническом отношении средствами, позволяющими выявить неправомерное проникновение на объект;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обнаружение признаков подготовки и (или) совершения актов терроризма, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контролю за обстановкой на объектах и близлежащей территории на предмет выявления подозрительных лиц и предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профилактикой экстремизма (правовое просвещение, формирование негативного эмоционального отношения к экстремизму) среди обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улучшением материально-технической базы в плане инженерно-технического оснащения объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) пресечение попыток совершения актов терроризма на объектах, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлению охраны объектов силами подготовленных сотрудников объекта или заключением договора с субъектами охранной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацией постоянного контроля за установленным порядком доступа на объекты посетителей и транспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      формированию у коллектива, в том числе педагогического, и обучающихся культуры безопасности, антитеррористического сознания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      контролю всех мероприятий, которыми обеспечивается антитеррористическая безопасность объектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) минимизацию и ликвидацию последствий возможных террористических угроз на объектах, что достигается принятием мер по:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      разработке алгоритмов реагирования на возможные угрозы террористического характера, адекватных особенностям объектов образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соответствующей подготовке сотрудников субъектов охранной деятельности, сотрудников, обучающихся, а также родителей (законных представителей) обучающихся и воспитанников в отношении их действий при совершении акта терроризма и после него;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организации своевременного оповещения уполномоченных органов, сотрудников, обучающихся, а также информированием родителей (законных представителей) обучающихся и воспитанников по их действиям в случае совершения акта терроризма на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      своевременному составлению и поддержанию в актуальном состоянии паспорта антитеррористической защищенности объекта, его надлежащим хранением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Антитеррористическую защищенность объектов организует первый руководитель объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      объектілерге кіруге рұқсаттама орнату және оны қатаң сақтау; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      7. Приказом руководителя определяется лицо, обеспечивающее проведение мероприятий по антитеррористической защищенности объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      объектіге заңсыз кіруді анықтау арқылы объектіні инженерлік-техникалық тұрғыдан нығайту. </w:t>
-[...19 lines deleted...]
-    </w:p>
+      Выбор и назначение ответственного сотрудника за обеспечение проведения мероприятий по антитеррористической защищенности объекта производится с учетом компетенции и должностных обязанностей последнего, наиболее соответствующих специфике антитеррористической деятельности. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководителем объекта издается соответствующий приказ, функция сотрудника включается в должностные обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Собственники, владельцы, руководители или иные должностные лица объектов, при размещении в арендуемом здании (помещении) обеспечивают в договоре аренды определение сторон, разрабатывающих паспорт антитеррористической защищенности объекта, осуществляющих охрану объекта, оснащение объекта современными инженерно-техническими средствами, контроль за их бесперебойным функционированием, организацию пропускного режима и финансирование данных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Требования к организации пропускного режима</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Настоящая глава определяет требования к организации пропускного режима на объектах, соответствующие целям обеспечения антитеррористической защищенности объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Собственники, владельцы, руководители объектов, согласно пункту 77 главы 6, отнесенных к 3 группе для обеспечения более высокого уровня антитеррористической защищенности объектов заключают договор об оказании охранных услуг, в рамках действующего законодательства, с субъектом охранной деятельности, имеющим лицензию на оказание охранных услуг, в том числе охрану объектов, уязвимых в террористическом отношении на срок не менее трех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проект договора об оказании охранных услуг с субъектом охранной деятельности согласовывается с попечительским (родительским) советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При заключении договора об оказании охранных услуг с субъектом охранной деятельности собственник, владелец, руководитель объекта указывает в договоре охранных услуг мероприятия, реализуемые субъектом охранной деятельности по обеспечению антитеррористической защищенности и должного уровня безопасности, к которым относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организация санкционированного допуска сотрудников, педагогов, обучающихся, воспитанников и их родителей (законных представителей), транспортных средств на объект или его части (зоны);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выявление на территории объекта лиц с противоправными намерениями, а также предметов и веществ, которые могут быть использованы для их реализации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) охрана объекта, защита (контроль) потенциально опасных участков объекта и критических зон, в том числе исключение бесконтрольного пребывания на них посторонних лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      күдікті адамдар мен заттарды анықтау үшін объектілердегі және қоршаған аумақтағы жағдайды бақылау; </w:t>
-[...1 lines deleted...]
-    </w:p>
+      4) организация учебных мероприятий с лицами, обеспечивающими безопасность объекта, по исполнению мероприятий первичного реагирования, направленных на минимизацию и ликвидацию угроз техногенного характера, возникших в результате совершенного акта терроризма; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) надлежащее использование технических средств защиты, установленных на объекте согласно требованиям к организации антитеррористической защиты объектов, уязвимых в террористическом отношении, предусмотренным главой 6 настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      білім алушылар арасындағы экстремизм профилактикасы (құқықтық оқыту, экстремизмге жағымсыз эмоционалды қарым-қатынасты қалыптастыру); </w:t>
-[...1 lines deleted...]
-    </w:p>
+      12. Пропускной режим на объекте осуществляется согласно порядку организации пропускного и внутриобъектового режима, который разрабатывается администрацией объекта, и утверждается приказом руководителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Руководитель организации определяет порядок пропускного режима, ответственных лиц за его организацию и контроль. В случае отсутствия договора об оказании охранных услуг с субъектом охранной деятельности предусматривается назначение лиц, ответственных за непосредственное выполнение пропускного режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      объектілерді инженерлік-техникалық жарақтандыру тұрғысынан материалдық-техникалық базаны жақсарту; </w:t>
-[...37 lines deleted...]
-    </w:p>
+      14. Порядок организации пропускного режима для объектов предусматривает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      график работы сотрудников объектов и порядок их пропуска в рабочее и не рабочее время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок пропуска на объект посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок вноса (выноса), ввоза (вывоза) материальных ценностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перечень предметов и веществ, запрещенных к проносу на объекты, если это не предусмотрено иными правовыми актами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      келушілердің объектілер мен көлік құралдарына кіруінің белгіленген тәртібін тұрақты бақылауды ұйымдастыру; </w:t>
-[...19 lines deleted...]
-    </w:p>
+      перечень потенциально опасных участков объектов (входные ворота, входная дверь, запасной выход, окна первого этажа, подвальное помещение). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участок доступа (устанавливаются не менее двух основных участков: первый участок - здания, территории, помещения доступ в которые сотрудникам, обучающимся, родителям и иным посетителям не ограничен; второй участок - здания и (или) помещения доступ в которые разрешен определенной категории лиц – электрощитовые, котельни, лаборатории кабинетов физики, химии, в вузах – помещения со сложным техническим оборудованием).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Для объектов образования порядок организации пропускного режима помимо сведений, перечисленных в пункте 14 настоящей главы предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок пропуска воспитанников на объекты дошкольных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      объектілердің антитеррорлық қауіпсіздігін қамтамасыз ететін барлық іс-шараларды бақылау; </w:t>
-[...55 lines deleted...]
-    </w:p>
+      порядок пропуска обучающихся на учебные занятия, занятия внеурочной деятельности, кружков и секций, в течение перемен; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      порядок пропуска родителей (законных представителей) обучающихся и воспитанников на объект образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      места (основные и запасные) для осуществления массового пропуска обучающихся на занятия и порядок их контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      уәкілетті органдарға, қызметкерлерге, білім алушыларға уақытылы хабарлауды ұйымдастыру, сондай-ақ білім алушылар мен тәрбиеленушілердің ата-аналарына (заңды өкілдеріне) объектіде терроризм актісі туындаған кезде олардың әрекеттері туралы хабарлау; </w:t>
-[...19 lines deleted...]
-    </w:p>
+      16. Перечень предметов и веществ, запрещенных к вносу, ограниченных для использования в организациях образования и на их территориях, утвержден </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра образования и науки Республики Казахстан от 25 мая 2021 года № 235 "Об утверждении перечня предметов и веществ, запрещенных к вносу, ограниченных для использования в организациях образования и на их территориях" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22857). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. На основании порядка организации пропускного и внутриобъектового режимов на каждом объекте, с учетом присущих ему особенностей, руководитель организации или руководитель частной охранной организации (по согласованию с руководителем объекта) разрабатывает должностную инструкцию по обеспечению безопасности, которая в обязательном порядке предусматривает: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проверку соответствующих документов, удостоверяющих личность, при входе в организацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проверку соответствующих документов и характер ввозимых грузов при пропуске на территорию объекта автотранспортных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проверку документов и цели прибытия лиц из других организаций, посещающих объект по служебным делам, делать соответствующие записи в книге посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) регулярный обход территории объектов на предмет проверки внутренних помещений, осмотра периметра объекта и обследование ограждений на предмет их повреждений, выявления посторонних, взрывоопасных и подозрительных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) немедленный доклад руководителю объекта и своим непосредственным начальникам в охранном предприятии о всех обнаруженных нарушениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) действия лиц, обеспечивающих безопасность объекта, исходя из оснащенности конкретного объекта при выявлении лиц, пытающихся в нарушение установленных правил проникнуть на территорию объекта и (или) совершить противоправные действия в отношении сотрудников, педагогов, обучающихся, воспитанников, при обнаружении неизвестного автотранспорта, длительное время припаркованного в непосредственной близости у периметра объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. На объектах образования помимо мероприятий, предусмотренных пунктом 17 настоящей главы должностная инструкция лиц, обеспечивающих безопасность объекта, предусматривает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) содержание входных дверей свободными для входа и выхода во время массового (общего) прибытия сотрудников, педагогов, обучающихся и воспитанников на работу и занятия, и убытия их после окончания работы и занятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществление пропуска на объект родителей (законных представителей), иных представителей обучающихся и воспитанников согласно установленному порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Должностная инструкция носит обезличенный характер и разрабатывается для каждого объекта с учетом его особенностей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. В целях качественной организации пропускного режима на объекте необходимо предусматривать пост сотрудника (сотрудников) охраны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Уведомления о порядке организации пропускного режима, ограничивающего права граждан, разъясняющие правомерность требований лиц, обеспечивающих безопасность объекта, размещаются администрацией объекта в местах, доступных для обозрения (при входе на объект).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Требования к организации профилактических и учебных мероприятий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Собственники, владельцы, руководители являются организаторами мероприятий по организации профилактических и учебных мероприятий по обеспечению их антитеррористической защищенности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. В целях обеспечения высокого качества организации профилактических и учебных мероприятий руководителем объекта их координация, а также проведение указанных мероприятий с педагогами объекта образования возлагается на лицо, ответственное за проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...95 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Целью профилактических мероприятий является создание на объекте образования условий, способствующих минимизации совершения на нем акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Целью учебных мероприятий является ознакомление сотрудников объектов образования, педагогов, обучающихся, воспитанников, родителей (законных представителей) с основами организации антитеррористической безопасности, выработка навыков грамотного и рационального поведения при угрозе совершения акта терроризма и после его совершения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 25 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Профилактические и учебные мероприятия проводятся в виде инструктажей, занятий (практические и теоретические) с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сотрудниками объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) педагогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обучающимися и воспитанниками объекта, их родителями (законными представителями);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лицами, обеспечивающими безопасность объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Проведение профилактических и учебных мероприятий с сотрудниками, педагогами, обучающимися, воспитанниками, а также с их родителями (законными представителями) осуществляется сотрудником, утвержденным приказом руководителя объекта на проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. К проведению данных мероприятий привлекаются представители государственных и местных исполнительных органов по согласованию с антитеррористической комиссией административно-территориальной единицы по месту расположения объекта, а также наиболее подготовленные сотрудники объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. При проведении профилактических и учебных мероприятий с обучающимися объектов образования помимо лиц, перечисленных в пункте 28 настоящей главы участвуют педагоги, психологи, классные руководители (кураторы групп) обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Формирование навыков по безопасному поведению в условиях дошкольной организации у воспитанников реализуется в ходе организованной учебной деятельности "Основы безопасного поведения" начиная с предшкольной группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. Варианты тематик профилактических и учебных мероприятий по вопросам антитеррористической безопасности приводятся в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Профилактические мероприятия с воспитанниками, обучающимися осуществляются и в рамках воспитательно-образовательного процесса, уроков (занятий), классных часов, воспитательной работы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К профилактическим мероприятиям относятся действия педагогического состава по предупреждению и выявлению фактов нарушений обучающимися правил внутришкольного распорядка. Профилактические и учебные мероприятия с обучающимися объектов образования соответствуют возрасту воспитанников и обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При проведении занятий с обучающимися, воспитанниками лицами не из числа педагогического персонала объекта образования, форма занятия, материал адаптируется под возраст обучающихся и воспитанников и согласовывается с руководителем объекта образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Проведение профилактических и учебных мероприятий с сотрудниками субъектов охранной деятельности возлагается на его руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. С лицами, обеспечивающими безопасность объекта, проводятся дополнительные занятия по приобретению и (или) совершенствованию навыков использования инженерно-технических средств антитеррористической защиты, технике осмотра помещений, выявлению возможных мест закладки взрывных устройств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Занятия (практические и теоретические) проводятся в соответствии с графиками проведения, утвержденными собственником, владельцем, руководителем объекта или руководителем субъекта охранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Лицо, ответственное за проведение мероприятий по антитеррористической защищенности составляет графики мероприятий для отдельных групп сотрудников с учетом их деятельности, обучающихся – с учетом их возраста, языка обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Теоретические занятия направлены на профилактику распространения идеологии терроризма среди сотрудников, педагогов, обучающихся, воспитанников, сотрудников по обеспечению безопасности, а также на противодействия терроризму, формированию неприятия идеологии терроризма в различных ее проявлениях, на формирование культуры безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Практические занятия направлены на обеспечение максимальной слаженности и четкости действий сотрудников, педагогов, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Практические занятия по действиям при возникновении угрозы совершения акта терроризма в помещениях и на территории объекта с охватом всего коллектива объекта проводятся не менее одного раза в год при координации антитеррористической комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      40. Проведению практических занятий с охватом всего коллектива объекта предшествует проведение теоретических и практических занятий, плановых инструктажей с отдельными группами сотрудников, педагогов, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта, направленных на формирование у них знаний алгоритмов поведения при возможных сценариях совершения актов терроризма согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Проведение инструктажа предназначено для ознакомления сотрудников и педагогов с основными правилами антитеррористической безопасности, выработки навыков грамотного и рационального поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Плановый инструктаж проводится не реже двух раз в год для каждой из групп коллектива объекта (сотрудников, педагогов, лиц, обеспечивающих безопасность объекта, обучающихся, воспитанников согласно их возрастным особенностям).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Внеплановый инструктаж проводится при:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) введении в регионе, где находится объект, одного из уровня террористической опасности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Указом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан от 9 августа 2013 года № 611 "Об утверждении Правил организации и функционирования государственной системы мониторинга информации и оповещения населения о возникновении угрозы акта терроризма": умеренный ("желтый"), высокий ("оранжевый"), критический ("красный") при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличии информации о возможной угрозе совершения акта терроризма на объекте при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подготовке к занятиям, тренировочным мероприятиям, оценке действий подразделений, охраны и персонала объекта образования при координации оперативного штаба по борьбе с терроризмом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) подготовке к проведению охранных мероприятий при координации Службы государственной охраны Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Содержание внепланового инструктажа определяется в каждом конкретном случае в зависимости от причин и обстоятельств, вызвавших необходимость его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Проводится инструктаж для группы сотрудников, уже работающих на объекте, или индивидуально (для лиц, только поступивших на работу, обучение).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Для проведения профилактических и учебных мероприятий используется вмещающее всех или определенную группу сотрудников, воспитанников, обучающихся помещение, в котором выделяются места для размещения специальной наглядной информации (стендов, плакатов), установления проектора для демонстрации тематических слайдов, использования аудиотехники или видеотехники.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. После завершения мероприятия его результаты заносятся в журнал учета учебных мероприятий по антитеррористической защите (далее - журнал) по форме согласно приложению 3 к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Журнал пронумеровывается, прошнуровывается и скрепляется печатью. Заполнение журнала производится с соблюдением строгой последовательности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Ведение журнала осуществляется лицом, ответственным за проведение мероприятий по антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. При участии на инструктаже или занятии более 20 человек документирование указанного мероприятия осуществляется в виде протокола.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Өткізу режимін ұйымдастыруға қойылатын талаптар</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+        <w:t xml:space="preserve"> Глава 4. Требования к организации взаимодействия по вопросам реагирования на террористические проявления, а также ликвидации угроз техногенного характера, возникших в результате совершенного акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Взаимодействие с антитеррористической комиссией организуется в целях профилактики и предупреждения актов терроризма, обучения и подготовки сотрудников, обучающихся, воспитанников, лиц, обеспечивающих безопасность объекта, определения готовности объекта к действиям в случае угрозы или совершения акта терроризма на объекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z139" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. 6-тараудың </w:t>
-[...132 lines deleted...]
-    </w:p>
+      52. Взаимодействие с антитеррористической комиссией устанавливается на этапе планирования профилактических и учебных мероприятий путем уточнения наиболее вероятных для объекта угроз террористического характера. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Исходя из наиболее вероятных угроз террористического характера на объекте, особенностей объекта (тип объекта, реализуемые программы обучения, количество сотрудников и сотрудников субъектов охранной деятельности, расположение объекта) на объекте уточняются алгоритмы действий различного круга лиц объекта на возможные угрозы террористического характера, приведенные в приложении 2 к настоящей Инструкции.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Данные алгоритмы, отрабатываются в ходе практических занятий, проводимых с участием уполномоченных государственных органов, а также подготовки и проведения разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования, проводимых согласно планам оперативных штабов по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. В случае задействования объекта оперативным штабом по борьбе с терроризмом в проведении разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования руководитель объекта, а также руководитель субъекта охранной деятельности, заключивший договор об оказании охранных услуг объекту, оказывают содействие, обеспечивают привлечение и участие необходимых групп сотрудников, учащихся, сотрудников охраны к проведению указанных мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z143" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) осы Нұсқаулықтың </w:t>
-[...282 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+      56. По итогам проведения разноуровневых антитеррористических занятий, тренировочных мероприятий, оценки действий подразделений охраны и персонала объекта образования в соответствующие планы, графики и алгоритмы вносятся соответствующие изменения и дополнения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Одной из задач взаимодействия по вопросам реагирования на террористические проявления, является своевременное информирование территориальных органов внутренних дел и национальной безопасности Республики Казахстан о фактах и признаках подготовки актов терроризма и реализация мер направленных на их недопущение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Руководители объектов, руководители субъектов охранной деятельности, заключивших договор об оказании охранных услуг объекту, в рамках обеспечения готовности к реагированию на угрозы совершения или совершение акта (актов) терроризма разрабатывают алгоритмы первичного реагирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по незамедлительному информированию территориальных органов внутренних дел и национальной безопасности Республики Казахстан об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при получении информации от уполномоченных государственных органов об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) своевременного информирования территориальных органов внутренних дел о ставших известных фактах хищения, незаконного приобретения сотрудниками, учащимися, сотрудниками охраны оружия, деталей для изготовления самодельных взрывных устройств, а также о местах их хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Требования к разработке и обращению паспорта антитеррористической защищенности объекта, уязвимого в террористическом отношении</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z150" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      16. Білім беру ұйымдарына әкелуге және олардың аумақтарында пайдалануға тыйым салынған заттар мен құралдардың тізбесі "Білім беру ұйымдарына және олардың аумақтарына әкелуге тыйым салынған, оларда пайдаланылуы шектелген нәрселер мен заттардың тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2021 жылғы 25 мамырдағы № 235 </w:t>
-[...188 lines deleted...]
-    </w:p>
+      59. Паспорт антитеррористической защищенности объекта, уязвимого в террористическом отношении (далее – паспорт) предназначен для использования заинтересованными органами, осуществляющими противодействие терроризму, при планировании ими мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Информация о месте эвакуации, точках сбора, системе оповещения, порядке извещения родителей о чрезвычайных ситуациях в организациях образования и порядке воссоединения обучающихся и воспитанников с семьями вносится в паспорт после согласования с попечительским (родительским) советом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Паспорт является документом, содержащим информацию с ограниченным доступом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На объектах образования, паспорт является документом, содержащим служебную информацию ограниченного распространения и имеет пометку "Для служебного пользования", если ему не присваивается гриф секретности. Решение о присвоении паспорту грифа секретности принимается в соответствии с законодательством Республики Казахстан в области защиты государственных секретов или руководители объектов принимают меры по ограничению доступа к паспорту лицам, не задействованным в его разработке, обеспечении антитеррористической защищенности объекта, контроле состояния антитеррористической защищенности объектов, в деятельности оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 61 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Руководителем объекта назначается лицо (лица), ответственное (ответственные) за разработку паспорта, его хранение и своевременное обновление данных паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) белгіленген тәртіпке сәйкес білім алушылар мен тәрбиеленушілердің ата-аналарын (заңды өкілдерін), өзге де өкілдерін объектіге өткізуді жүзеге асыруды көздейді; </w:t>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+      63. Паспорт разрабатывается согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Типовому паспорту</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> антитеррористической защищенности объектов, уязвимых в террористическом отношении, утвержденному совместным приказом Министра внутренних дел Республики Казахстан от 14 июня 2023 года № 481 и Председателя Комитета национальной безопасности Республики Казахстан от 26 июня 2023 года № 51/қе (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32950) (далее – типовой паспорт) в двух экземплярах с одновременной разработкой электронного варианта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 62 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      64. В случаях, когда объект располагается в здании, сооружении (комплексе зданий и сооружений), имеющем несколько правообладателей, составление паспорта осуществляется по письменному соглашению между правообладателями: совместно всеми правообладателями объектов или одним из них. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Проект паспорта составляется в течение 45 (сорока пяти) рабочих дней с момента получения руководителем объекта соответствующего уведомления о включении объекта в перечень объектов, уязвимых в террористическом отношении, области, города республиканского значения, столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Разработанный проект паспорта согласовывается с руководителями территориального органа внутренних дел по месту нахождения объекта в течение 10 (десяти) календарных дней после составления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок согласования проекта Паспорта не превышает 15 (пятнадцати) рабочих дней со дня поступления Паспорта должностному лицу, указанному в типовом паспорте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии замечаний от согласующего лица к проекту паспорта, срок доработки не превышает 15 (пятнадцати) рабочих дней со дня возврата, а при повторном возврате не превышает 7 (семи) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. В течение 10 (десяти) рабочих дней после согласования Паспорт утверждается (в том числе при его обновлении) руководителем объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При совместном составлении паспорт подлежит утверждению всеми правообладателями объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При составлении одним правообладателем паспорт утверждается им по согласованию с другими правообладателями объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      68. Учет паспортов объекта осуществляется в формате номенклатурных дел. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. После разработки и утверждения первый экземпляр паспорта (оригинал) подлежит хранению у лица, ответственного за его хранение и своевременное обновление данных паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      70. В целях обеспечения своевременной выдачи паспорта органам, задействованным в ликвидации и минимизации последствий актов терроризма, на паспорт составляется акт временной передачи документов в двух экземплярах. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Один экземпляр акта временной передачи документов вместе с паспортом передается в оперативный штаб, осуществляющему руководство антитеррористической операцией. Второй экземпляр описи остается у лица, ответственного за хранение паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Второй экземпляр и электронный вариант паспорта (в формате PDF на электронном носителе информации) в срок не позднее 10 (десяти) календарных дней со дня его утверждения или корректировки направляются в территориальные подразделения органов внутренних дел Республики Казахстан для хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Паспорт подлежит корректировке в случае изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) прав собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) руководителя объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наименования объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) основного предназначения объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) общей площади и периметра объекта, застройки прилегающей территории или после завершения капитального ремонта, реконструкции зданий (строений и сооружений) и инженерных систем, если были произведены изменения в конструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) потенциально опасных участков объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) технических средств, привлекаемых для обеспечения антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      74. Изменения вносятся в течение 20 (двадцати) рабочих дней после возникновения оснований для корректировки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При увеличении сроков разработки паспорта, внесения корректив в него руководитель объекта обращается в антитеррористическую комиссию с соответствующим обращением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В паспорте сотрудником, ответственным за хранение, вносятся отметки о внесенных изменениях и дополнениях с указанием причин и дат изменения, заверенные подписью руководителя объекта или лица, уполномоченного подписывать паспорт. Замене подлежат только те элементы паспорта, где произошли изменения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Одновременно информация о соответствующих изменениях за подписью руководителя объекта направляется в органы внутренних дел Республики Казахстан для приобщения ко второму экземпляру паспорта с одновременной заменой электронного варианта паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Паспорт подлежит полной замене:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z182" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) не реже одного раза в пять лет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в случае внесения корректив в более чем половину пунктов текста паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z184" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Паспорт подлежит уничтожению в комиссионном порядке с составлением соответствующего акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z185" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт остается в организации, являющейся правообладателем объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z186" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копия акта направляется по месту хранения второго экземпляра паспорта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Профилактикалық және оқу іс-шараларын ұйымдастыруға қойылатын талаптар</w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
+        <w:t xml:space="preserve"> Глава 6. Требования к оснащению объектов, уязвимых в террористическом отношении, инженерно-техническим оборудованием осуществляющих деятельность в области образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 6 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. С учетом возможных последствий совершения акта терроризма объекты образования делятся на следующие группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z762" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) к первой группе относятся объекты образования с фактическим количеством персонала и обучающихся (воспитанников) до 300 человек;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z763" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ко второй группе относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z764" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      объекты образования с фактическим количеством персонала и обучающихся (воспитанников) от 300 до 700, а также объекты образования с наполняемостью до 700 человек, расположенные в районных центрах и городах районного значения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z765" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) к третьей группе относятся объекты образования с фактическим количеством персонала и обучающихся (воспитанников) более 700 человек, а также расположенные (независимо от наполняемости) в городах республиканского значения, столице, городах областного значения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 77 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z189" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>78. Объекты первой группы в обязательном порядке оснащаются системой оповещения, системой видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z198" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Объекты второй группы дополнительно к техническому оснащению, предусмотренные пунктом 78 настоящей главы, оснащаются средством подачи тревоги (тревожная кнопка), с выводом в дежурные части территориальных органов внутренних дел либо на пульт централизованного наблюдения субъектов охранной деятельности, системой видеонаблюдения с передачей видеоизображения в Центры оперативного управления полиции либо в дежурные части территориальных органов внутренних дел.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z199" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      80. Объекты третьей группы дополнительно к техническому оснащению, предусмотренные пунктами 78 и 79 настоящей главы, оснащаются системами контроля и управления доступом (турникеты). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z200" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Турникет обеспечивает ручной и автоматический и (или) дистанционный способ открывания и блокирования устройства. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">81. Исключен приказом Министра просвещения РК от 31.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 237</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...253 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z202" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      31. Терроризмге қарсы қауіпсіздік мәселелері жөніндегі профилактикалық және оқу іс-шаралары тақырыптарының нұсқалары осы Нұсқаулықтың 1-қосымшасында келтірілген. </w:t>
-[...278 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+      82. В случае отнесения объектов, к объектам, подлежащим государственной охране, они независимо от распределения по группам, указанным в пункте 77 настоящей главы, оснащаются в соответствии с требованиями по инженерно-технической укрепленности объектов, подлежащих государственной охране, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 октября 2011 года № 1151 "Некоторые вопросы объектов, подлежащих государственной охране".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z203" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Система видеонаблюдения устанавливается в целях ведения наблюдения за обстановкой на объекте, а также визуального подтверждения факта несанкционированного проникновения, для оценки ситуации и фиксирования действий нарушителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z204" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Қазақстан Республикасы Президентінің 2013 жылғы 9 тамыздағы "Терроризм актісі қатерінің туындауы туралы ақпарат мониторингінің және халықты хабардар етудің мемлекеттік жүйесінің ұйымдастырылуы мен жұмыс істеу қағидаларын бекіту туралы" № 611 </w:t>
-[...466 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="68"/>
+      84. На объекте, занимающем отдельное здание (комплекс зданий), системой видеонаблюдения оборудуются: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z205" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      59. Объектінің терроризмге қарсы қорғалу паспорты (бұдан әрі-паспорт) терроризмге қарсы іс-қимылды жүзеге асыратын мүдделі органдар объектідегі терроризм актілерінің салдарларының алдын алу, жолын кесу, барынша азайту және (немесе) жою жөніндегі іс-шараларды жоспарлаған кезде оларды пайдалануға арналған. </w:t>
-[...143 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="72"/>
+      1) периметр территории, прилегающей к объекту; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z206" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контрольно-пропускные пункты (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z207" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) главный и запасные входы. На объектах образования оборудуются все входы, предназначенные для пропуска обучающихся на занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z208" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) места возможного массового пребывания людей на объекте. На объектах образования такими местами являются коридоры, спортивные и актовые залы, столовые, фойе, гардеробные, а также площадки для игр, спорта и отдыха, обустроенные на участках объектов образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z209" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) территория и помещения с потенциально опасными участками, помещения (места), коридоры, ведущие к ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z210" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) досмотровые помещения (комнаты), участки досмотра транспорта (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z211" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) помещения и территории по усмотрению руководителя (собственника) объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z212" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. На объекте, занимающем часть здания, системой видеонаблюдения охватываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z213" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      63. Паспорт Қазақстан Республикасы Ішкі істер министрінің 2023 жылғы 14 маусымдағы № 481 және Қазақстан Республикасы Ұлттық қауіпсіздік комитеті төрағасының 2023 жылғы 26 маусымдағы № 51/қе (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32950 болып тіркелген) бірлескен </w:t>
-[...85 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="73"/>
+      1) места возможного массового пребывания людей на объекте; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z214" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) главный и запасные входы (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z215" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Система видеонаблюдения обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z216" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передачу визуальной информации с телекамер на техническое средство или совокупность технических средств сбора, обработки, отображения и регистрации полученной информации, установленные на посте сотрудника по обеспечению безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z217" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работу в автоматизированном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z218" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возможность оценки ситуации на объекте в режиме реального времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z219" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) срок хранения информации не менее 30 суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z220" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. В темное время суток, если освещенность помещений и прилегающих территорий объектов ниже чувствительности телекамер, включается освещение видимого или инфракрасного диапазона света (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z221" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      64. Объект бірнеше құқықтық иеленушісі бар ғимаратта, құрылыста (ғимараттар мен құрылыстар кешенінде) орналасқан жағдайда, паспорт жасау олардың арасындағы жазбаша келісім бойынша объектілердің барлық құқық иеленушілерімен немесе олардың бірімен бірлесіп жүзеге асырылады. </w:t>
-[...135 lines deleted...]
-    <w:bookmarkStart w:name="z79" w:id="77"/>
+      88. Технические требования к системам видеонаблюдения соответствуют минимальным техническим условиям систем видеонаблюдения, предусмотренным Правилами функционирования Национальной системы видеомониторинга, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 27 октября 2020 года № 69-қе (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21693).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z222" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Объекты оснащаются системами и средствами оповещения в целях оперативного информирования сотрудников, воспитанников, обучающихся и посетителей объекта о возникновении внештатной ситуации (об угрозе совершения или совершении акта терроризма и возникших последствиях) и координации их действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z223" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Оповещение сотрудников, учащихся и посетителей объекта осуществляется по внутренним линиям связи, с помощью других технических и подвижных средств связи (сигнализация) в соответствии с заранее разработанным планом, которые обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z224" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подачу звуковых и световых сигналов в здания, помещения, на участки территории объекта с постоянным или временным пребыванием людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z225" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) трансляцию речевой информации как в автоматическом режиме (чтение ранее записанного текста), так и при помощи микрофона о характере опасности, необходимости и порядке осуществления эвакуации или блокировании в помещениях объектах, а также действиях, направленных на обеспечение безопасности персонала, обучающихся и посетителей объекта. Системы оповещения об эвакуации и блокировании помещений отличаются сигналами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z226" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Количество оповещателей и их мощность обеспечивают необходимую слышимость во всех местах постоянного или временного пребывания людей, в случае проведения эвакуации действуют в течение расчетного времени, необходимого для ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z227" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Средство подачи тревоги (мобильное либо стационарное) (тревожная кнопка) устанавливается в целях своевременного оповещения уполномоченных органов об угрозе совершения акта терроризма на объекте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z228" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Средством подачи тревоги в обязательном порядке оснащается пост лиц, обеспечивающих безопасность объекта, и входы на объект, предназначенные для массового пропуска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z229" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Средство подачи тревоги обеспечивает возможность скрыто подавать сигнал в дежурные части территориальных органов внутренних дел либо на пульт централизованного наблюдения субъектов охранной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z230" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Ограждение объектов устанавливается в целях воспрепятствования свободному проходу лиц и проезду транспортных средств на объект и с объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z231" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ограждением оборудуется периметр соответствующих объектов, имеющих территорию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z232" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ограждение имеет:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z233" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высоту и заглубленность в грунт, исключающие свободное преодоление и удовлетворяющие режимным условиям объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z234" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) простоту в конструкции, высокую прочность и долговечность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z235" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отсутствие узлов и конструкций, облегчающих его преодоление.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z236" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ограждение периметра соответствует следующим характеристикам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z237" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) устойчивость к внешним климатическим факторам всех сезонов и соответствующих климатических зон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z238" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) защищенность от индустриальных помех и помех, вызываемых транспортными средствами, воздействия птиц и животных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z239" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Объекты, находящиеся под охраной, оснащаются системами и средствами связи в целях обмена информацией для управления силами и средствами подразделений охраны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z240" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Система связи обеспечивает двустороннюю радиосвязь между дежурным на пункте охраны и нарядами охраны на территории обслуживания, между нарядами охраны в пределах территории обслуживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z241" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Объекты оснащаются системами и средствами резервного электроснабжения для обеспечения бесперебойной работы системы охранной и тревожной сигнализации, контроля и управления доступом, освещения, видеонаблюдения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z242" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Независимо от отнесения объектов к группе, в случае расположения их входных групп, а также открытых мест возможного массового пребывания обучающихся и воспитанников в непосредственной близости по отношению к путям движения транспортных средств, объекты оборудуются средствами снижения скорости транспортных средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z243" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Объекты образования оборудуются средствами снижения скорости транспортных средств в целях предотвращения риска наезда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z244" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      100. Снижения скорости транспортных средств обеспечивается использованием вазонов, элементов архитектуры и ландшафта, боллардов и других средств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z245" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      101. Независимо от групп, определенных в пункте 77 настоящей главы, объекты при наличии потенциальных опасных участков оборудуются системами и средствами сигнализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z246" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      102. По решению собственника, владельца на объекте устанавливается дополнительное инженерно-техническое оборудование, способствующее повышению уровня антитеррористической защищенности объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z247" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Инженерно-техническое оборудование объекта всегда поддерживается в рабочем состоянии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z248" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      68. Объектінің паспорттарын есепке алу номенклатуралық істер форматында жүзеге асырылады. </w:t>
-[...1714 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
+      104. В случае невозможности оснастить объект инженерно-техническим оборудованием в течение 6 месяцев после включения его в перечень объектов, уязвимых в террористическом отношении в соответствии с Правилами, руководством объекта принимаются меры для планирования средств республиканского и (или) местных бюджетов, внебюджетных источников на оснащение объекта, а в антитеррористическую комиссию на согласование представляется проект плана мероприятий по инженерно-техническому оснащению объекта. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6319,1195 +6405,1263 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">білім беру саласындағы </w:t>
+              <w:t xml:space="preserve">к Инструкции по организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметті жүзеге асыратын </w:t>
+              <w:t xml:space="preserve">антитеррористической защиты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">террористік тұрғыдан осал </w:t>
+              <w:t xml:space="preserve">объектов, уязвимых в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">объектілерінің терроризмге </w:t>
+              <w:t xml:space="preserve">террористическом отношении, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қарсы қорғалуын ұйымдастыру </w:t>
+              <w:t xml:space="preserve">осуществляющих деятельность в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жөніндегі нұсқаулыққа </w:t>
+              <w:t xml:space="preserve">области образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 1 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Сабақ тақырыптарының нұсқалары</w:t>
-[...1032 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Варианты тематик занятий</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z251" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дошкольные организации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z252" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Безопасный детский сад.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z253" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Мир вокруг нас.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z254" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мир природы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z255" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Техника и мы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z256" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Я и окружающая среда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z257" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Я и взрослый мир.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z258" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальная школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z259" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Как защитить себя от возможных угроз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z260" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действия при обнаружении подозрительного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z261" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Правила поведения детей при угрозе терроризма (совершенном теракте).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z262" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Что нужно знать о терроризме?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z263" w:id="251"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Почему важно знать правила безопасного поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z264" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Безопасная школа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z265" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основная средняя школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z266" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Как отличать нестандартное поведение посторонних лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z267" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. "Терроризм: его истоки и последствия".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z268" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Терроризм – угроза обществу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z269" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Меры безопасности в школах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Правила поведения при угрозе терроризма (совершенном теракте).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Защита от терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Средняя школа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Правила безопасного поведения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Современный терроризм и борьба с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Антитеррористическая безопасность в школе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. О повышении бдительности и мерах по предупреждению террористических актов на объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Защита от терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Правила поведения, обучающихся при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для руководителей и персонала организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действия руководителей и персонала организаций образования при получении сообщений о минировании объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действия руководителей и персонала организаций образования при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z282" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Организация и проведение профилактических, учебных, тренировочных мероприятий по противодействию терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z283" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Организация антитеррористической безопасности организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z284" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Меры безопасности в организациях образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z285" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для организаций, подведомственных Министерству просвещения Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Распознавание взрывчатых веществ и правила поведения при угрозе взрыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Обеспечение безопасности при возникновении общественных беспорядков вблизи организации образования и угрозе захвата заложников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z288" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Организация и проведение в организации профилактических, учебных, тренировочных мероприятий по противодействию терроризму.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z289" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Обеспечение безопасности при угрозе совершения террористического акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z290" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Действия руководителей организаций при совершенном теракте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z291" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках проведения инструктажей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z292" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Эвакуация сотрудников, учащихся, воспитанников и посетителей объекта и меры безопасности при проведении эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z293" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Детализированное ознакомление каждого из сотрудников объекта с порядком персонального поведения и действиями в обстановке совершения акта терроризма в пределах территории объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z294" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В рамках проведения практических занятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z295" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Отработка практических действий с лицами, обеспечивающими безопасность объекта, по организации осмотров помещений с целью обнаружения бесхозных вещей и подозрительных предметов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z296" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) действий при обнаружении бесхозных вещей, подозрительных предметов и получении сообщений о минировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z297" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организации взаимодействия организации с территориальными органами внутренних дел, охраны при обнаружении бесхозных вещей, подозрительных предметов и получении сообщения о минировании объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z298" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организации оповещения персонала и посетителей объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z299" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организации эвакуации персонала и посетителей объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z300" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с указанными мероприятиями, проводятся следующие тренировки по действиям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z301" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) персонала при получении сообщения о минировании объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z302" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при обнаружении бесхозных вещей и подозрительных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z303" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при эвакуации людей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7541,8363 +7695,9109 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">білім беру саласындағы </w:t>
+              <w:t xml:space="preserve">к Инструкции по организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметті жүзеге асыратын </w:t>
+              <w:t xml:space="preserve">антитеррористической защиты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">террористік тұрғыдан осал </w:t>
+              <w:t xml:space="preserve">объектов, уязвимых в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">объектілерінің терроризмге </w:t>
+              <w:t xml:space="preserve">террористическом отношении, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қарсы қорғалуын ұйымдастыру </w:t>
+              <w:t xml:space="preserve">осуществляющих деятельность в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жөніндегі нұсқаулыққа </w:t>
+              <w:t xml:space="preserve">области образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 2 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z305" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Техногендік сипаттағы төтенше жағдайлар және терроризм актісін жасау қаупі туындаған кездегі білім беру ұйымдары қызметкерлерінің, білім алушылары мен тәрбиеленушілерінің іс-қимыл</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> АЛГОРИТМ действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z306" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>АЛГОРИТМІ</w:t>
-[...14 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z307" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящий алгоритм действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма (далее – Алгоритм) разработан с целью управления мероприятиями по повышению устойчивости функционирования организаций образования в случаях возникновения чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма и направлен на их предупреждение и ликвидацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z308" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предупреждением террористических угроз является комплекс мероприятий, направленных на сохранение жизни и здоровья людей, максимально уменьшение риска осуществления террористической угрозы и минимизацию совершения акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z309" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымшаның оң жақ бұрышы жаңа редакцияда - ҚР Оқу-ағарту министрінің 31.07.2023 </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z121" w:id="119"/>
+      Принятие комплекса мероприятий по подготовке к проведению аварийно-спасательных и неотложных работ в зоне чрезвычайных ситуаций техногенного характера направлено на обеспечение устойчивости функционирования организаций образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z310" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В случае совершения акта терроризма руководители и сотрудники организаций образования незамедлительно информируют правоохранительные и специальные органы о совершенном акте терроризма и обеспечить эвакуацию персонала организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z311" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При организации работы по предупреждению возникновения угрозы совершения акта терроризма важно особое внимание уделять предотвращению свободного проникновения на объекты и к уязвимым участкам (участкам, оборудованию) посторонних лиц, что, исключит возможность доставки террористических средств, а также вывод из строя аппаратуры контроля, автоматики, средств связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z312" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Основными признаками возможной подготовки и осуществления террористической деятельности являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z313" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      появление лиц, в поведении которых усматривается изучение обстановки в близлежащем окружении объекта возможной террористической атаки, повышенный или неадекватно мотивированный интерес к определенным аспектам в его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z314" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неоднократное появление подозрительных лиц у выбранных объектов и проведение ими фото - и видеосъемки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z315" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      необоснованное вступление в контакт с персоналом и с лицами, обеспечивающими безопасность объекта, выведывание у них режима работы, порядка доступа, обеспечения безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z316" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проникновение в подвалы и на чердаки лиц, которые не имеют отношения к их техническому обслуживанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z317" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие у посторонних посетителей (лиц, вызывающих подозрение) документов, проверка которых охраной на входе в здание объекта не дает информации, о личности предъявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z318" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщение администрации и персоналу объекта ложной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z319" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изучение уязвимых участков и порядка доступа к ним, порядка системы пропускного режима и охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z320" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На основе заблаговременного анализа типовых сценариев террористической атаки важно с целью их изменения в благоприятную, положительную сторону в каждой фазе развития чрезвычайных ситуаций разработать и в режиме реального времени реализовать комплекс мероприятий, позволяющих эффективно влиять на конкретные исходную, промежуточную и заключительную ситуации. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z321" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предварительные проработки различных ситуаций позволят сформировать Алгоритм действий сотрудников и обучающихся организаций образования при возникновении угрозы совершения акта терроризма, в том числе адресных инструкций и памяток, регулирующих действия в типичных экстремальных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z322" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководство мероприятиями по обеспечению антитеррористической защищҰнности организаций образования осуществляется их руководителями в пределах компетенции, установленной Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z323" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мероприятия по предупреждению чрезвычайных ситуаций техногенного характера проводятся с учетом вероятности их возникновения и возможного ущерба от них.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z324" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выполнение мероприятий по предупреждению чрезвычайных ситуаций техногенного характера возлагается на руководителей организаций образования в пределах их компетенции, установленной действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z325" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...276 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 2. Порядок действий сотрудников, обучающихся и воспитанников организаций образования при возникновении угрозы совершения акта терроризма в здании и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z326" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Порядок систематизирует и синхронизирует действий сотрудников, педагогов, обучающихся и воспитанников, в том числе предусматривает оповещение родителей, при возникновении угрозы совершения акта терроризма в организации образования и на ее территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z327" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный порядок руководителем организации образования доводится до каждого сотрудника, педагога, обучающегося и родителя (законного представителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z328" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основанием для принятия немедленных действий при возникновении угрозы совершения акта терроризма в организации образования являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z329" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружение кем-либо из сотрудников, педагогов, обучающихся или воспитанников подозрительного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z330" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступление угрозы по телефону или в письменном виде в организацию образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z331" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вооруженное нападение на сотрудников, педагогов, обучающихся и воспитанников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z332" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      захват террористами в заложники сотрудников, педагогов, обучающихся и воспитанников и/или в здании организации или на ее территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z333" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атака организации образования террористом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z334" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В вышеперечисленных случаях руководство организации образования незамедлительно сообщает о случившемся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z335" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на канал "102" органов внутренних дел, единую дежурно-диспетчерскую службу "112";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z336" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководителю органа (отдела) образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z337" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Обнаружение подозрительного предмета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z338" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Под подозрительным предметом понимаются бесхозная сумка, пакет, ящик, коробка, игрушка с торчащими проводами, издающая подозрительные звуки (щелчки, тикание) и необычные запахи (миндаля, хлора, аммиака).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z339" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный предмет может оказаться взрывным устройством, или начиненным отравляющими химическими веществами (ОХВ), биологическими агентами (возбудителями опасных инфекций, типа сибирской язвы, натуральной оспы, туляремии ) пакетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z340" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Лица, обнаружившие опасный или подозрительный предмет незамедлительно сообщают об этом на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112" (в случае, если это воспитанник или обучающийся, то воспитателю или классному руководителю) и до прибытия сил экстренного реагирования находятся на безопасном расстоянии от предмета и быть готовым дать показания, касающиеся случившегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z341" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z342" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выставить оцепление из числа постоянных сотрудников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z343" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить беспрепятственный подъезд к месту обнаружения опасного или подозрительного предмета служб экстренного реагирования (подразделения органов внутренних дел, службы скорой медицинской помощи, пожарные расчеты, оперативно–спасательные службы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z344" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры по эвакуации обучающихся и сотрудников организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z345" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z346" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сообщить администрации организации образования (по телефону) и в здание никого не допускать (до их прибытия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z347" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перевести обучающихся, воспитанников на безопасное расстояние от подозрительного предмета (не ближе 100 метров), не приближаться, не трогать, не вскрывать и не перемещать находку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z348" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, обнаружившим подозрительный предмет, до прибытия сил экстренного реагирования находиться на безопасном расстоянии и быть готовыми дать показания, касающиеся случившегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z349" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опросить окружающих с целью установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z350" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z351" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z352" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать содействие в организации эвакуации обучающихся, воспитанников с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z353" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина), вести наблюдение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z354" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z355" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z356" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не паниковать, во всем слушать педагогов и сотрудников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z357" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не трогать, не вскрывать и не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z358" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z359" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z360" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z361" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не трогать, не подходить, не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z362" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z363" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z364" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z365" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить об обнаружении подозрительного предмета на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z366" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      быть готовым описать внешний вид подозрительного предмета, и обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z367" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z368" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить ограничение доступа посторонних лиц к подозрительному предмету и опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z369" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить организованную эвакуацию людей с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z370" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина), вести наблюдение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z371" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рекомендуемые зоны эвакуации и оцепления при обнаружении взрывного устройства или предмета, похожего на взрывное устройство:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z372" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граната– 50 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z373" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тротиловая шашка массой 200 грамм – 45 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z374" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взрывное устройство – не менее 200 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z375" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пивная банка 0,33 литра – 60 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z376" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломат (кейс) – 230 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z377" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дорожный чемодан – 350 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z378" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      легковая автомашина – не менее 600 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z379" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      микроавтобус – 920 метров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z380" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грузовая машина (фургон) – 1240 метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z381" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Поступление угрозы по телефону в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z382" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Білім беру ұйымдарының терроризмге қарсы қауіпсіздігін қамтамасыз ету жөніндегі шараларды іске асыруды Заңда және Қазақстан Республикасының өзгеде нормативтік құқық актілерінде белгіленген құзырет шегінде олардың басшылары ұйымдастырады. </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="123"/>
+      13. Телефон является каналом поступления сообщений, содержащих информацию о заложенных взрывных устройствах, о захвате людей в заложники, вымогательстве и шантаже. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z383" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не оставляйте без внимания ни одного подобного сигнала. Постарайтесь дословно запомнить разговор и зафиксировать его на бумаге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z384" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не распространяйтесь о факте разговора и его содержании, максимально ограничьте число людей, владеющих информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z385" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Действия получателя угрозы по телефону (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z386" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По ходу разговора отметьте пол, возраст звонившего и особенности его речи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z387" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      голос (громкий или тихий, низкий или высокий),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z388" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      темп речи (быстрый или медленный),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z389" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      произношение (отчетливое, искаженное, с заиканием, шепелявое, с акцентом или диалектом),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z390" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      манера речи (развязная, с издевкой, с нецензурными выражениями);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z391" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Важно обратить внимание на звуковой фон (шум автомашин или железнодорожного транспорта, звук теле-или радиоаппаратуры, голоса), характер звонка (городской, междугородный).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z392" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Необходимо зафиксировать точное время начала разговора и его продолжительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z393" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В любом случае постарайтесь в ходе разговора получить ответы на следующие вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z394" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куда, кому, по какому телефону звонит данный человек?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z395" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      какие конкретные требования он выдвигает?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z396" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдвигает требования лично или выступает в роли посредника и представляет какую-то группу лиц?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z397" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каких условиях он или они согласны отказаться от задуманного?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z398" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      как и когда с ним можно связаться?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z399" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кому вы можете или должны сообщить об этом звонке?</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z400" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Постарайтесь добиться от звонящего максимально возможного промежутка времени для принятия вами и руководством школы решений или совершения каких- либо действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z401" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По возможности в процессе разговора или немедленно после окончания разговора сообщите на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112" и руководству организации о телефонной угрозе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z402" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Білім беру ұйымы қызметкерлерінің, білім алушылар мен тәрбиеленушілерінің ғимаратта және оның аумағында терроризм актісінің жасалу қаупі туындаған кездегі іс-қимыл тәртібі</w:t>
-[...207 lines deleted...]
-    <w:bookmarkStart w:name="z129" w:id="127"/>
+        <w:t xml:space="preserve"> Параграф 3. Поступление угрозы в письменной форме в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z403" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Действия получателя угрозы в письменной форме (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z404" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После получения такого документа обращайтесь с ним максимально осторожно. По возможности уберите его в чистый плотно закрываемый полиэтиленовый пакет и поместите в отдельную жесткую папку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z405" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Постарайтесь не оставлять на нем отпечатков своих пальцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z406" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Если документ поступил в конверте - его вскрытие производите только с левой или правой стороны, аккуратно отрезая кромки ножницами. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z407" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом сохраняйте все: сам документ с текстом, любые вложения, конверт и упаковку - ничего не выбрасывайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z408" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не расширяйте круг лиц, знакомых с содержанием документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z409" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Незамедлительно сообщите на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z410" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-параграф. Күдікті затты табу</w:t>
-[...789 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+        <w:t xml:space="preserve"> Параграф 4. Вооруженное нападение на сотрудников, педагогов, обучающихся и воспитанников организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z411" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При вооруженном нападении на сотрудников, педагогов, обучающихся и воспитанников необходимо принять меры для самоизоляции, немедленно покинуть опасную зону, а также сообщить на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z412" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Спрятавшись, дождитесь ухода террористов, и при первой возможности покиньте здание. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z413" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z414" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительное информирование правоохранительных и/или специальных государственных органов о факте и обстоятельствах вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z415" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы по обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров, оповещение о нештатной ситуации на объекте);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z416" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z417" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z418" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оцените ситуацию, продумайте четкий план, как вы будете вместе с обучающимися покидать здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z419" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при возможности безопасно эвакуироваться вместе с воспитанниками, обучающимися, покиньте здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z420" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оставьте вещи и сумки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z421" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не прячьте руки, держите их на виду.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z422" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия возможности покинуть здание следует:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z423" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      быстро выглянуть из кабинета, группы и направить всех обучающихся, воспитанников или сотрудников, находящихся в коридоре, в свой кабинет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z424" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не впускать в кабинет, группу взрослых, которые вам не знакомы или у которых нет пропуска на посещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z425" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      плотно закрыть дверь, желательно на ключ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z426" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      закрыть окна, опустить или закрыть все жалюзи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z427" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      поставить обучающихся, воспитанников у стены так, чтобы злоумышленник не мог видеть их, заглядывая в дверь; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z428" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      найти для обучающихся, воспитанников "Безопасный угол";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z429" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выключить свет и мониторы компьютеров, сотовые телефоны поставить на беззвучный сигнал;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z430" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить тишину для обучающихся, воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z431" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заполнить лист посещаемости (перечислить учеников, которых забрали из коридоров (как указано выше), и составить список обучающихся, воспитанников, которые должны находиться в данном классе, но отсутствуют.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z432" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Перед выключением света сотрудники находят и держат в руках свой журнал посещаемости. Это поможет обеспечить эвакуацию всех обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z433" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающихся находящихся в спортивном зале, необходимо перевести в раздевалку, запереть все двери, найти безопасное место и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z434" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающихся, находящихся в столовых, необходимо передислоцировать в ближайшие классы и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z435" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудники и обучающиеся, воспитанники находящиеся вне здания организации образования, добегают до ближайшего безопасного места, останавливаются, занимают лежащее положение и не двигаются;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z436" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудники и обучающиеся, которые находятся в туалетах закрывают кабинку и выключают свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z437" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      все, кто находится в коридоре, немедленно проходят в ближайший класс и выключают свет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z438" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      медицинские работники, работники столовой, вспомогательный персонал остается в помещении, в котором они находятся, закрывают двери и выключить свет; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z439" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающиеся и сотрудники библиотеки остаются в библиотеке. Библиотекари закрывают двери, находят для детей и для себя безопасное место и выключают свет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z440" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Оставайтесь в безопасных местах до распоряжения руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z441" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z442" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не паниковать, во всем слушать сотрудников и педагогов школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z443" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаметно покинуть объект, при невозможности - укрыться в безопасном месте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z444" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z445" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z446" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Оставайтесь в безопасных местах до распоряжения руководителя или педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z447" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z448" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выявить вооруженного злоумышленника; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z449" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности блокировать его продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z450" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать любым способом руководство объекта, правоохранительные и/или специальные государственные органы о факте вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z451" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z452" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Білім беру ұйымына телефон арқылы қауіптің түсуі</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+        <w:t xml:space="preserve"> Параграф 5. Захват заложников в организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z453" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z454" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z455" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительно информировать правоохранительные и/или специальные государственные органы о захвате сотрудников, педагогов и обучающихся в заложнике;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z456" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пытаться выяснить требования захватчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z457" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z458" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z459" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - организовать защиту находящихся рядом обучающихся, воспитанников. По возможности предотвратить их попадание в заложники, незаметно вывести из здания или укрыться в помещении, заблокировать дверь, продержаться до прибытия сотрудников правопорядка или возможности безопасности покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z460" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым доступным способом и при условии гарантированного обеспечения собственной безопасности правоохранительные и/или специальные государственные органы об обстоятельствах захвата заложников и злоумышленниках (количество, вооружение, оснащение, возраст, клички, национальность).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z461" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z462" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не паниковать, сохранять выдержку и самообладание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z463" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      старайтесь найти безопасное место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z464" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      помните, что получив сообщение о вашем захвате, спецслужбы уже начали действовать и предпримут все необходимое для вашего освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z465" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не допускать действий, которые могут спровоцировать нападающих к применению оружия и привести к человеческим жертвам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z466" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      переносите лишения, оскорбления и унижения, не смотрите в глаза преступникам, не ведите себя вызывающе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z467" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на совершение любых действий (сесть, встать, попить, сходить в туалет) спрашивайте разрешение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z468" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если вы ранены, постарайтесь не двигаться, этим вы сократите потерю крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z469" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      во время проведения спецслужбами операции по вашему освобождению неукоснительно соблюдайте следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z470" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лежите на полу лицом вниз, голову закройте руками и не двигайтесь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z471" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не бегите навстречу сотрудникам спецслужб или от них, так как они могут принять вас за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z472" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности держитесь подальше от проемов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z473" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z474" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не вступать в переговоры по собственной инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z475" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      будьте внимательны, постарайтесь запомнить приметы преступников, отличительные черты их лиц, одежду, имена, клички, возможные шрамы и татуировки, особенности речи и манеры поведения, тематику разговоров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z476" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Порядок действий при захвате в заложники:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z477" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускать действий, которые могут спровоцировать преступников к применению физической силы или оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z478" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Қазіргі уақытта телефон жарылғыш құрылғылар туралы, адамдарды кепілге алу, бопсалау және бопсалау туралы ақпаратты қамтитын хабарламалардың негізгі арнасы болып табылады. Мұндай сигналды назардан тыс қалдырмаңыз. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
+      Не привлекать внимания своим поведением. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z479" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не пытайтесь бежать, если нет полной уверенности в успехе побега.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z480" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Запомните, как можно больше информации о террористах (количество, вооружение, как выглядят, особенно внешности, телосложения, акцент, тематика разговора, темперамент, манера поведения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z481" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Постарайтесь определить место своего нахождения (заточения).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z482" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии возможности, используя любой доступный способ связи, без риска для жизни, проявляя осторожность, попытаться сообщить о произошедшем в правоохранительные или специальные органы, подразделение безопасности или службу охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z483" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Әңгімені сөзбе-сөз есте сақтауға тырысыңыз және оны қағазға бекітіңіз. </w:t>
-[...129 lines deleted...]
-    </w:p>
+      Не пренебрегайте пищей, какой бы она ни была. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z484" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При ранении, постараться самостоятельно оказать себе первую доврачебную помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z485" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Главное не паниковать, даже если стороны противника перестали себя контролировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z486" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Міндетті түрде дыбыстық фонды белгілеңіз (автомашиналардың немесе теміржол көлігінің шуы, теле - немесе радиоаппаратураның дыбысы, дауыстар, басқалар). </w:t>
-[...200 lines deleted...]
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+      Расположитесь подальше от окон, дверей. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z487" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При проведении сотрудниками спецподразделений операции по освобождению заложников необходимо соблюдать следующие требования: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z488" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лечь на пол лицом вниз, по возможности прижавшись к стене, голову закрыть руками и не двигаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z489" w:id="476"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не бежать навстречу сотрудникам спецподразделений или от них, так как они могут принять бегущего за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z490" w:id="477"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если есть возможность, необходимо держаться подальше от проҰмов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z491" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-параграф. Білім беру ұйымына қауіптің жазбаша нысанда түсуі</w:t>
-[...131 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="139"/>
+        <w:t xml:space="preserve"> Параграф 6. При стрельбе внутри организации образования и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z492" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z493" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z494" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительно информировать правоохранительные и/или специальные государственные органы о перестрелке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z495" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры по защите жизни и здоровья обучающихся, сотрудников, педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z496" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z497" w:id="484"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при стрельбе на улице не стойте у окна, даже если оно закрыто занавеской;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z498" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не поднимайтесь выше уровня подоконника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z499" w:id="486"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не разрешайте обучающимся входить в класс, со стороны которого слышны выстрелы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z500" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При стрельбе на улице, ложитесь на землю и постарайтесь отползти за укрытие (угол здания, клумба, остановка), если такого поблизости нет, закройте голову руками и лежите смирно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z501" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Когда все утихнет, сможете подняться и, изменив маршрут, добраться до места назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z502" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-параграф. Білім беру ұйымының қызметкерлеріне, педагогтеріне, білім алушылары мен тәрбиеленушілеріне қарулы шабуыл жасау</w:t>
-[...296 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Параграф 7. При взрыве здания организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z503" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z504" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z505" w:id="492"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительно информировать правоохранительные и/или специальные государственные органы о взрыве здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z506" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация действий воспитанников, обучающихся, сотрудников и педагогов на защиту их жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z507" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z508" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лечь на пол, стараясь не оказаться вблизи стеклянных шкафов, витрин и окон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z509" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      укрыться под главными стенами, потому что гибель чаще всего несут перегородки, потолки, люстры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z510" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не выходить на лестничные клетки, касаться включенных электроприборов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z511" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказавшись в темноте, не стоит чиркать спичками - может возникнуть утечка газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z512" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выходить из здания надо, прижавшись спиной к стене, особенно если придется спускаться по лестнице. Надо пригнуться, прикрыть голову руками - сверху могут посыпаться обломки и стекла.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z513" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказавшись на улице, отойдите от здания, следите за карнизами и стенами, которые могут рухнуть. Ориентироваться надо быстро и осторожно, так как при обрушении дома поднимается густая туча пыли, вызывающая панику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="500"/>
+    <w:bookmarkStart w:name="z514" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 8. При атаке организации образования террористами</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z515" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z516" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z517" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительная передача информации в правоохранительные и/или специальные государственные органы о выявлении на объекте подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z518" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление сотрудникам правоохранительных органов максимально полной информации о подозрительном лице, которая может сократить время выявления и задержания злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z519" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение организованной эвакуации людей и собственной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z520" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z521" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать защиту находящихся рядом обучающихся: незаметно вывести из здания или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z522" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z523" w:id="510"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z524" w:id="511"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Действия обучающихся и родителей (законных представителей):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z525" w:id="512"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z526" w:id="513"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z527" w:id="514"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z528" w:id="515"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявить по внешним признакам приверженца/ев нетрадиционных течений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z529" w:id="516"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z530" w:id="517"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать любым способом руководство объекта, правоохранительные и/или специальные государственных органов о выявлении подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z531" w:id="518"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z532" w:id="519"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости организовать наблюдение передвижений подозрительного лица или группы лиц по объекту (лично либо через систему видеонаблюдения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z533" w:id="520"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить собственную безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z534" w:id="521"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Внешние признаки террориста:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z535" w:id="522"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      одежда, не соответствующая погоде, просторная, призванная скрыть элементы самодельного взрывного устройства (СВУ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z536" w:id="523"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      торчащие из-под одежды элементы СВУ, провода, тумблеры, выключатели;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z537" w:id="524"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие в руках больших сумок или баулов, в которых можно скрыть оружие или взрывное устройство;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z538" w:id="525"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осторожное обращение к переносимым вещам, прижимание их к телу и периодическое их непроизвольное ощупывание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z539" w:id="526"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использование камуфлированной форменной одежды, в которой могут присутствовать различные нарушения (отсутствие шевронов, несоответствие цвета нижних и верхних частей формы, головного убора).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z540" w:id="527"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Практические мероприятия по предупреждению актов терроризма в организациях образования и на еҰ территории</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z541" w:id="528"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Действия руководителя по предупреждению актов терроризма:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z542" w:id="529"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знать самим и доводить до сведения сотрудников, обучающихся требования руководящих документов в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z543" w:id="530"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать взаимодействие с подразделениями органов внутренних дел по вопросам реагирования на возможные террористической угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z544" w:id="531"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z545" w:id="532"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определить ответственное должностное лицо за реализацию мер антитеррористической защиты организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z546" w:id="533"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z547" w:id="534"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планировать и проводить занятия по вопросам противодействия терроризму с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z548" w:id="535"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при возникновении угрозы совершения акта терроризма в помещениях и на территории учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z549" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      шабуылдаушы оларды есікке қарап көре алмайтындай етіп білім алушыларды қабырғаға тұрғызыңыз; </w:t>
-[...436 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="144"/>
+      представлять руководителю предложения по вопросам совершенствования мер противодействия терроризму и обеспечения безопасности сотрудников, педагогов и обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z550" w:id="537"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежедневно осуществлять контроль за состоянием объекта организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z551" w:id="538"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z552" w:id="539"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Действия заместителя директора по административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z553" w:id="540"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следить за освещением территории организации образования в темное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z554" w:id="541"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать своевременный вывоз мусора с территории организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z555" w:id="542"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z556" w:id="543"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z557" w:id="544"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников организации образования с сотрудниками правоохранительных органов на темы: "Внешние признаки террориста", "Как выглядит самодельное взрывное устройство", "Что делать, если в школе стреляют", "Меры первой медицинской помощи при различных травмах", "Психологический портрет лица, вынашивающего противоправные намерения", "Опасность экстремистских организаций", "Как террористы и экстремисты могут использовать подростков и молодежь в своих преступных целях".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z558" w:id="545"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z559" w:id="546"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z560" w:id="547"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявлять обучающихся, склонных к насильственным акциям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z561" w:id="548"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предупреждать и выявлять факты нарушения отдельными обучающимися правил внутришкольного распорядка, вовлечение их в экстремистские организации и реакционные религиозные секты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z562" w:id="549"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на террористические проявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z563" w:id="550"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z564" w:id="551"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z565" w:id="552"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z566" w:id="553"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z567" w:id="554"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежедневно контролировать выдачу ключей от учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка в учебных помещениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z568" w:id="555"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организовать взаимодействие с участковыми инспекторами и инспекторами по делам несовершеннолетних по отработке подозрительных посетителей организаций образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z569" w:id="556"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z570" w:id="557"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z571" w:id="558"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z572" w:id="559"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять контроль за работой дежурных педагогов и организацией пропуска обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z573" w:id="560"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать руководителя объекта и охрану о попытке проникновения лиц с подозрительной ручной кладью (тяжелые сумки, ящики, большие свертки).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z574" w:id="561"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Действия постоянного состава организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z575" w:id="562"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z576" w:id="563"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прибывать на свои рабочие места за 15 минут до начала занятий с целью проверки их состояния на предмет отсутствия посторонних и подозрительных, предметов и для подготовки их к занятиям (работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z577" w:id="564"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогам, проводящим занятия в незакрепленных за ними учебных помещениях (классах, кабинетах), получать и сдавать ключи вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z578" w:id="565"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ответственным дежурным контролировать уборку учебных классов после окончания занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z579" w:id="566"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z580" w:id="567"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      прибывать в школу заблаговременно с целью своевременной подготовки к началу занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z581" w:id="568"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z582" w:id="569"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при пропуске на территорию учреждения автотранспортных средств, проверять соответствующие документы и характер ввозимых грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z583" w:id="570"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      особое внимание уделять проверке документов и цели прибытия лиц из других организаций, посещающих школу по служебным делам, делать соответствующие записи в книге посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z584" w:id="571"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ограничить пропуск в здание школы посторонних лиц (выяснение причин);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="571"/>
+    <w:bookmarkStart w:name="z585" w:id="572"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      держать входные двери здания свободными для входа и выхода во время массового (общего) прибытия сотрудников, педагогов и обучающихся на работу и занятия и убытия их после окончания работы и занятий. В остальное время суток входные двери открываются охранником по звонку прибывшего;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z586" w:id="573"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после окончания рабочего дня регулярно проверять внутренние помещения организации образования и каждые два часа обходить территорию учреждения, обращать внимание на посторонние и подозрительные предметы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z587" w:id="574"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о всех обнаруженных нарушениях немедленно докладывать руководителю организации образования и своим непосредственным начальникам в охранном предприятии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z588" w:id="575"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Каждый сотрудник и обучающийся при обнаружении недостатков и нарушений, касающихся обеспечения безопасности в учреждении, незамедлительно сообщает об этом директору школы или его заместителю по безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z589" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5-параграф. Білім беру ұйымдарына адамдарды кепілге алу</w:t>
-[...388 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 4. Порядок действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z590" w:id="577"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Возникновение пожара (взрыва)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z591" w:id="578"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z592" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      сақ болыңыз, қылмыскерлердің белгілерін, олардың бет-әлпетінің ерекшеліктерін, киімдерін, аттарын, лақап аттарын, мүмкін тыртықтар мен татуировкаларды, сөйлеу ерекшеліктері мен мінез-құлқын, әңгіме тақырыбын есте сақтауға тырысыңыз. </w:t>
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="149"/>
+      немедленно сообщить об этом по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z593" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қылмыскерлерді физикалық күш немесе қару қолдануға итермелейтін әркеттерден аулақ болыңыз, қашуға тырыспаңыз. </w:t>
-[...163 lines deleted...]
-    </w:p>
+      принять посильные меры по спасению и эвакуации людей, тушению пожара первичными средствами пожаротушения и сохранности материальных ценностей, </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z594" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Арнайы бөлімше қызметкерлері кепілге алынған адамдарды босату жөніндегі операцияларды жүргізген кезде мынадай талаптарды сақтау қажет: </w:t>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z152" w:id="150"/>
+      проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z595" w:id="582"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      при необходимости отключить электроэнергию (за исключением систем противопожарной защиты), остановить работу систем вентиляции; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z596" w:id="583"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выполнить другие мероприятия, способствующие предотвращению развитию пожара и задымления помещений здания; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z597" w:id="584"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществлять общее руководство по тушению пожара (с учетом специфических особенностей объекта) до прибытия подразделения ГПС; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z598" w:id="585"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечить соблюдение требования безопасности сотрудниками, принимающими участие в тушении пожара; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z599" w:id="586"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организовать встречу подразделений ГПС и оказать помощь в выборе кратчайшего пути для подъезда к очагу пожара и противопожарного водоснабжения; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z600" w:id="587"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По прибытии пожарного подразделения руководитель организации образования информирует руководителя тушения пожара о конструктивных особенностях объекта, прилегающих строений и сооружений, количестве и пожароопасных свойствах хранимых веществ – и других сведениях, необходимых для успешной ликвидации пожара, безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z601" w:id="588"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z602" w:id="589"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z603" w:id="590"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прекратить занятие, обесточить электрические приборы и оборудование, выключить свет и закрыть окна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z604" w:id="591"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выдать обучающимся имеющиеся в кабинете средства защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z605" w:id="592"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдая выдержку и спокойствие, не допуская паники, вывести учащихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации при пожаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z606" w:id="593"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z607" w:id="594"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать встречу пожарных и спасателей, показать им места подъезда к школе, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z608" w:id="595"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществить перекличку обучающихся, о ее результатах доложить руководителю организации образования и информировать родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z609" w:id="596"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      одеть воспитанников и вывести из групп, провести перекличку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z610" w:id="597"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z611" w:id="598"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающиеся, услышав тревогу о пожаре, по указанию преподавателя, покидают кабинет и здание, согласно плана эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z612" w:id="599"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в ходе эвакуации не поднимать панику и не толкаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z613" w:id="600"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при сильном задымлении обязательно использовать средства защиты органов дыхания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z614" w:id="601"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не разбегаясь собраться в одном месте сбора, указанного в плане эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z615" w:id="602"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщите педагогу или сотруднику организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z616" w:id="603"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z617" w:id="604"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z618" w:id="605"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      задействовать системы оповещения объекта и проинформировать о возникновении возгорания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z619" w:id="606"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z620" w:id="607"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры по локализации и тушению пожара первичными средствами пожаротушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z621" w:id="608"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z622" w:id="609"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z623" w:id="610"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после приезда пожарных необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в тушении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z624" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6-параграф. Білім беру ұйымының ішінде және оның аумағында атыс кезінде</w:t>
-[...187 lines deleted...]
-    <w:bookmarkStart w:name="z155" w:id="153"/>
+        <w:t xml:space="preserve"> Параграф 2. Внезапное обрушение зданий и сооружений</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z625" w:id="612"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z626" w:id="613"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z627" w:id="614"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      организовать немедленную эвакуацию учащихся и персонала с объекта, проверив наличие лиц в каждой части объекта; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z628" w:id="615"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в ходе проведения эвакуации пресекать панику и давку в проходах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z629" w:id="616"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z630" w:id="617"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z631" w:id="618"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать перекличку сотрудников, воспитанников и обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z632" w:id="619"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z633" w:id="620"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      постарайтесь как можно быстрее покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z634" w:id="621"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающимся действовать по указанию педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z635" w:id="622"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покидая помещение спускайтесь по лестнице;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z636" w:id="623"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не создавайте панику и давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z637" w:id="624"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z638" w:id="625"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказавшись на улице не стойте вблизи зданий, а перейдите на открытое пространство и в места эвакуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z639" w:id="626"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при отсутствии возможности покинуть здание, займите самое безопасное место: проемы и углы капитальных стен, под балками каркаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z640" w:id="627"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если возможно, спрячьтесь под стол - он защитит от падающих предметов и обломков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z641" w:id="628"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      держитесь подальше от окон и электроприборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z642" w:id="629"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z643" w:id="630"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, место обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z644" w:id="631"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      задействовать системы оповещения объекта и проинформировать об обрушении и порядке действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z645" w:id="632"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z646" w:id="633"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры по локализации и тушению пожара первичными средствами пожаротушения возникших в результате обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z647" w:id="634"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z648" w:id="635"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место обрушения на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z649" w:id="636"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после приезда пожарных необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в проведение аварийно-спасательных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z650" w:id="637"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Действия в случае если оказались в завале:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z651" w:id="638"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дышите глубоко, не поддавайтесь панике и страху;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z652" w:id="639"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      перевернитесь лицом вниз и постарайтесь перебраться в более безопасное место (углы завала);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z653" w:id="640"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осмотрите себя и по возможности окажите себе первую помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z654" w:id="641"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с осторожностью максимально расширьте пространство вокруг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z655" w:id="642"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подайте сигнал, с помощью ритмичного стука металлическими предметами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z656" w:id="643"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обнаружив узкий выход протиснитесь через него, расслабив мышцы и прижав локти к телу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z657" w:id="644"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не впадайте в отчаяние и ждите помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z658" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 7-параграф. Білім беру ұйымы ғимаратының жарылуы кезінде</w:t>
-[...132 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Параграф 3. Возникновение аварий с выбросами в атмосферу сильнодействующих ядовитых, радиоактивных и биологически опасных веществ (СДЯВ)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z659" w:id="646"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z660" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      баспалдақ алаңына шықпауға, қосылған электр құралдарына қол тигізуге; </w:t>
-[...56 lines deleted...]
-    <w:bookmarkStart w:name="z158" w:id="156"/>
+      немедленно сообщить об этом в единую дежурно-диспетчерскую службу по номеру 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z661" w:id="648"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять посильные меры по спасению, эвакуации и недопущению заражения среди сотрудников и учащихся объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z662" w:id="649"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться в подвальном заглубленном помещении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z663" w:id="650"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z664" w:id="651"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приостановить работу систем вентиляции для недопущения распространения облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z665" w:id="652"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнить другие мероприятия, способствующие предотвращению развитию облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z666" w:id="653"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z667" w:id="654"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ограничить вход в здание объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z668" w:id="655"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z669" w:id="656"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать перекличку сотрудников, педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z670" w:id="657"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z671" w:id="658"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прекратить занятия, обесточить электрические приборы и оборудование, выключить свет и закрыть окна;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z672" w:id="659"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      выдать учащимся имеющиеся в кабинете средства защиты (ватно-марлевые повязки); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z673" w:id="660"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдая выдержку и спокойствие, не допуская паники, вывести обучающихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z674" w:id="661"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z675" w:id="662"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z676" w:id="663"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="663"/>
+    <w:bookmarkStart w:name="z677" w:id="664"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z678" w:id="665"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не наступать на встречающиеся по пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z679" w:id="666"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z680" w:id="667"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z681" w:id="668"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следовать к месту сбора расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z682" w:id="669"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      провести перекличку обучающихся и доложить руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z683" w:id="670"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z684" w:id="671"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обучающиеся, услышав сигнал оповещения о выбросе СДЯВ, следуют указаниям педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z685" w:id="672"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      надеть ватно-марлевую повязку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z686" w:id="673"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не паниковать и не устраивать давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z687" w:id="674"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z688" w:id="675"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z689" w:id="676"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z690" w:id="677"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z691" w:id="678"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не наступать на встречающиеся на пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z692" w:id="679"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z693" w:id="680"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z694" w:id="681"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следовать к месту сбора, расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z695" w:id="682"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщить педагогу, сотруднику или руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z696" w:id="683"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Действия лиц, обеспечивающих безопасность организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z697" w:id="684"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить руководству, а также в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, и информацию о произошедшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z698" w:id="685"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      задействовать системы оповещения объекта и проинформировать о выбросе СДЯВ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z699" w:id="686"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z700" w:id="687"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z701" w:id="688"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать встречу спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место выброса на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z702" w:id="689"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      после приезда спасателей необходимо оцепить территорию до прибытия сотрудников органов внутренних дел и запретить вход на нее лицам, не задействованным в мероприятиях по обеззараживанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z703" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8-параграф. Білім беру ұйымына террорист шабуыл жасаған кезде</w:t>
-[...463 lines deleted...]
-    <w:bookmarkStart w:name="z164" w:id="162"/>
+        <w:t xml:space="preserve"> Глава 5. Практические мероприятия по обучению сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z704" w:id="691"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Обучение сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера — это целенаправленный и специально организованный процесс формирования у обучаемых: знаний, умений и навыков, необходимых при защите от опасностей, возникающих в случаях чрезвычайных ситуаций техногенного характера или при воздействии вторичных поражающих факторов чрезвычайных ситуаций, а также аварий, катастроф и стихийных бедствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z705" w:id="692"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Основными задачами по обучению сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z706" w:id="693"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обучение правилам поведения, способам защиты и действиям в чрезвычайных ситуациях, приемам оказания первой медицинской помощи пострадавшим, правилам пользования средствами индивидуальной и коллективной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z707" w:id="694"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) совершенствование практических навыков в организации и проведении мероприятий по предупреждению чрезвычайных ситуаций и ликвидации их последствий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z708" w:id="695"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) практическое усвоение в ходе учений и тренировок, порядка действий в чрезвычайных ситуациях техногенного характера, а также при проведении аварийно-спасательных и неотложных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z709" w:id="696"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Действия руководителя по предупреждению чрезвычайных ситуаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z710" w:id="697"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знать самим и доводить до сведения сотрудников, обучающихся требования руководящих документов в сфере гражданской защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z711" w:id="698"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организовать взаимодействие с подразделениями органов внутренних дел, гражданской защиты по вопросам реагирования на возможные чрезвычайные угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z712" w:id="699"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 2 июля 2020 года № 494 "Об утверждении Правил информирования, пропаганды знаний, обучения населения и специалистов в сфере гражданской защиты" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20990);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z713" w:id="700"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      определить ответственное должностной лицо за реализацию мер гражданской защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z714" w:id="701"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z715" w:id="702"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      планировать и проводить занятия по вопросам гражданской защиты с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z716" w:id="703"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при возникновении угрозы чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z717" w:id="704"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      представлять руководителю предложения по вопросам совершенствования мер гражданской защиты и обеспечения безопасности сотрудников, педагогов и обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z718" w:id="705"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежедневно осуществлять контроль за состоянием объекта организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z719" w:id="706"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Действия заместителя директора по административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z720" w:id="707"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следить за освещением территории организации образования в темное время;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z721" w:id="708"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      обеспечивать беспрепятственный проезд специальной и аварийно-спасательной техники на территорию организации образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z722" w:id="709"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать своевременный вывоз мусора с территории организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z723" w:id="710"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить надлежащее состояние средств защиты (пожарные краны, огнетушители и электрощиты).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z724" w:id="711"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z725" w:id="712"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников организации образования, правоохранительных органов и органов по вопросам гражданской защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z726" w:id="713"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z727" w:id="714"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на чрезвычайные ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z728" w:id="715"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z729" w:id="716"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z730" w:id="717"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z731" w:id="718"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ежедневно контролировать выдачу ключей от учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка в учебных помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z732" w:id="719"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z733" w:id="720"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z734" w:id="721"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять контроль за работой дежурных педагогов и организацией пропуска обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z735" w:id="722"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Действия постоянного состава организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z736" w:id="723"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      прибывать на свои рабочие места за 15 минут до начала занятий с целью подготовки к занятиям (работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z737" w:id="724"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      педагогам, проводящим занятия в незакрепленных за ними учебных помещениях (классах, кабинетах), получать и сдавать ключи вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z738" w:id="725"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ответственным дежурным контролировать уборку учебных классов после окончания занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z739" w:id="726"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z740" w:id="727"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      прибывать в школу заблаговременно с целью своевременной подготовки к началу занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z741" w:id="728"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      68. Обязательными требованиями к основным и вспомогательным помещениям: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z742" w:id="729"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) закрыты и опечатаны чердачные, подвальные, подсобные помещения и запасные выходы из зданий организации образования, а пути их не захламлены для беспрепятственного доступа в то или иное помещение; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z743" w:id="730"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) хранить в определенном месте (пост охраны, вахтер) дубликаты ключей от эвакуационных выходов и других вспомогательных помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z744" w:id="731"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) быть опечатанными все пожарные краны, огнетушители и электрощиты. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z745" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Білім беру ұйымдарында және оның аумағында терроризм актілерінің алдын алу жөніндегі практикалық іс-шаралар</w:t>
-[...3854 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 6. Телефоны служб экстренного реагирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z746" w:id="733"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. При готовящемся или совершенном преступлении немедленно сообщите об этом в территориальные органы Комитета национальной безопасности или Министерства внутренних дел по месту жительства, либо по телефону доверия или на адрес электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z747" w:id="734"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон дежурной службы Комитета национальной безопасности: 110</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z748" w:id="735"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон единой дежурно-диспетчерской службы: 112</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z749" w:id="736"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон противопожарной службы:101</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z750" w:id="737"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон дежурной службы органов внутренних дел: 102</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z751" w:id="738"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон скорой медицинской помощи: 103</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="738"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15931,219 +16831,299 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасының </w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">білім беру саласындағы </w:t>
+              <w:t xml:space="preserve">к Инструкции по организации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қызметті жүзеге асыратын </w:t>
+              <w:t xml:space="preserve">антитеррористической защиты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">террористік тұрғыдан осал </w:t>
+              <w:t xml:space="preserve">объектов, уязвимых в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">объектілерінің терроризмге </w:t>
+              <w:t xml:space="preserve">террористическом отношении, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қарсы қорғалуын ұйымдастыру </w:t>
+              <w:t xml:space="preserve">осуществляющих деятельность в </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жөніндегі нұсқаулыққа </w:t>
+              <w:t xml:space="preserve">области образования </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 3 - в редакции приказа Министра просвещения РК от 31.07.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 237</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z753" w:id="739"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Терроризмге қарсы дайындық бойынша оқу іс-шараларын есепке алу журналы (титулдық бет) ___________________ (ұйымның атауы) Терроризмге қарсы дайындық бойынша оқу іс-шараларын өткізудің есепке алу журналы №_____ Журналды жүргізуді бастау күні "___" _____ 20__ ж. Журналды жүргізудің аяқталу күні "___" _____ 20__ ж. (ішкі жағы)</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z206" w:id="203"/>
+        <w:t xml:space="preserve"> Журнал учета учебных мероприятий по антитеррористической подготовке</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(титульный лист)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование организации)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z754" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-бөлім. Нұсқаулық</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
+        <w:t xml:space="preserve"> Журнал № ___ учета проведения учебных мероприятий по антитеррористической подготовке</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Дата начала ведения журнала "___" _____ 20__ г.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Дата окончания ведения журнала "___" _____ 20__ г. (внутренняя сторона)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z755" w:id="741"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 1. Инструктажи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="741"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -16160,267 +17140,267 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ р/с</w:t>
+№ п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаманы өткізу күні</w:t>
+Дата проведения инструктажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқау берушінің Т. А. Ә, (әкесінің аты болған жағдайда) және лауазымы</w:t>
+Ф.И.О. (отчество при его наличии) и должность инструктируемого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаулық түрі</w:t>
+Вид инструктажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаманы өткізген адамның Т. А. Ә, (әкесінің аты болған жағдайда) және лауазымы</w:t>
+Ф.И.О. (отчество при его наличии) и должность лица, проводившего инструктаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаманы алған адамның қолы</w:t>
+Подпись инструктируемого</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нұсқаманы өткізген адамның қолы</w:t>
+Подпись лица, проводившего инструктаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16639,195 +17619,205 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="204"/>
+    <w:bookmarkStart w:name="z756" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-бөлім. Сабақ</w:t>
-[...92 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Раздел 2. Занятия</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z757" w:id="743"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Дата проведения занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z758" w:id="744"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тема занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z759" w:id="745"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Учебные вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z760" w:id="746"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Количество присутствующих сотрудников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z761" w:id="747"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпись лица, проводившего занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
-					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>