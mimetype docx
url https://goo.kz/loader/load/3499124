--- v0 (2025-12-15)
+++ v1 (2026-01-11)
@@ -1,5288 +1,654 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="647A13C7" w14:textId="779CF493" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="6DC6F856" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...11 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>154. Лицо, изъявившее желание принять участие в конкурсе, в сроки приема документов, указанных в объявлении, направляет следующие документы в электронном или бумажном виде:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A559ED2" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="0531EC03" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...351 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BABCDA" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="6737F0CD" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...312 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73EBB382" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="681DCDC6" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...231 lines deleted...]
-        <w:t>);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34528AE6" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="5A6C14F2" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...311 lines deleted...]
-        <w:t>);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DA77018" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="7F6C76F4" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...291 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B84410D" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="7F1C762F" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...131 lines deleted...]
-        <w:t>);</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BC084FD" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="01EED98C" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...736 lines deleted...]
-        <w:t>).</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BA9BBA" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="431C75B3" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F502CA" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="35DC2374" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A78DF85" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="5948F84C" w14:textId="77777777" w:rsidR="003738B7" w:rsidRPr="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">      9) </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>сертификаттаудан</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Certificate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>өту</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>in</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> English Language </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Teaching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>нәтижелері</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>туралы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Adults</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> сертификат </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>немесе</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>айелтс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>қолданыстағы</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тойфл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> (TOEFL) (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>і</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>біліктілік</w:t>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>nternet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...106 lines deleted...]
-        <w:t>);</w:t>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Based Test (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>баллов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003738B7">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A23A684" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="5F6A6FAC" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">      10) </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00912DC4">
-[...6 lines deleted...]
-        <w:t>ағылшын</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00912DC4">
-[...827 lines deleted...]
-        <w:t>;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34B7EE72" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="114B0130" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...759 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>12) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4352C0" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w14:paraId="057950E7" w14:textId="77777777" w:rsidR="003738B7" w:rsidRDefault="003738B7" w:rsidP="003738B7">
+      <w:pPr>
+        <w:pStyle w:val="pj"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="400"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
-[...303 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>13) видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24CA403B" w14:textId="77777777" w:rsidR="00912DC4" w:rsidRPr="00912DC4" w:rsidRDefault="00912DC4" w:rsidP="00912DC4">
-[...293 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4FDAD68A" w14:textId="77777777" w:rsidR="00BA422C" w:rsidRDefault="00BA422C" w:rsidP="003738B7">
+      <w:pPr>
+        <w:ind w:left="-567"/>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="039108D0" w14:textId="77777777" w:rsidR="00BA422C" w:rsidRPr="00912DC4" w:rsidRDefault="00BA422C" w:rsidP="00912DC4">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00BA422C" w:rsidRPr="00912DC4" w:rsidSect="00325118">
+    <w:sectPr w:rsidR="00BA422C" w:rsidSect="000D4393">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000A5696"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00912DC4"/>
+    <w:rsidRoot w:val="00655FC5"/>
+    <w:rsid w:val="000D4393"/>
+    <w:rsid w:val="003738B7"/>
+    <w:rsid w:val="00655FC5"/>
     <w:rsid w:val="00BA422C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="380CA2DC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{ACAB467B-C795-4AC5-BFFD-8217BB161401}"/>
+  <w15:docId w15:val="{2B0006CA-5A6D-4E04-9405-4F2F14A61DB6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5670,108 +1036,98 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pj">
+    <w:name w:val="pj"/>
     <w:basedOn w:val="a"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00912DC4"/>
+    <w:rsid w:val="003738B7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="003738B7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="108666545">
+    <w:div w:id="1857384310">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2300033320" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6030,54 +1386,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>398</Words>
-  <Characters>2270</Characters>
+  <Words>379</Words>
+  <Characters>2165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2663</CharactersWithSpaces>
+  <CharactersWithSpaces>2539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>