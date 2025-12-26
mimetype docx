--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,2044 +1,2048 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="03D00C3C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00CD38F2" w:rsidRDefault="007D4DE5" w:rsidP="001A29D6">
+    <w:p w14:paraId="67A1A997" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="007D4DE5" w:rsidP="00C46D14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00321427">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B2217">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46D14" w:rsidRPr="00AD2C10">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46D14" w:rsidRPr="00CD38F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагога -психолога </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF406BC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00CD38F2" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
-[...8 lines deleted...]
-      </w:r>
       <w:r>
-        <w:rPr>
-[...170 lines deleted...]
-      <w:r w:rsidR="00C46D14" w:rsidRPr="00AD2C10">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в классах </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C46D14" w:rsidRPr="00AD2C10">
+      <w:r w:rsidR="007D4DE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>жариялайды</w:t>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>со смешанным</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C46D14" w:rsidRPr="00AD2C10">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD38F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F71F9DD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="0FB31DF6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="391"/>
         <w:gridCol w:w="2384"/>
         <w:gridCol w:w="6689"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007D4DE5" w:rsidRPr="002F1F92" w14:paraId="16CE6A47" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w14:paraId="3F82EF0D" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="328B8999" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="65911AAA" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2A8528" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="0AB8E3B9" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30430974" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="006B2217" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="7204DC43" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="006B2217" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2217">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы № 46 жалпы білім беретін орта мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 46 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w14:paraId="2151AFD0" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w14:paraId="36C9B28F" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="07CFF60C" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="1D19912E" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="501ECC14" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="78E341D0" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері</w:t>
+              <w:t>местонахождени</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">е. пошталық </w:t>
+              <w:t xml:space="preserve">е, почтовый </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> мекенжайы</w:t>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4887EB10" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="006B2217" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="4160B9EE" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="006B2217" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2217">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140000, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы,Теміржолшылар кенті, Центральная көшесі, 68/2</w:t>
+              <w:t>140000, Республика Казахстан, Павлодарская область,                                город Павлодар,поселок Железнодорожников, улица Центральная 68/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="266A5330" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="33D9F19A" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="55D280B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="72D3DC48" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A121F6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="44B6A92C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>телефоны</w:t>
+              <w:t>телефон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA08B4C" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="006B2217" w:rsidRDefault="006B2217" w:rsidP="006B2217">
+          <w:p w14:paraId="2E84CFEE" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="006B2217" w:rsidRDefault="006B2217" w:rsidP="006B2217">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2217">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87059638284, 87083022033</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="690CAD89" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="006B2217" w:rsidRDefault="00C46D14" w:rsidP="006B2217">
+          <w:p w14:paraId="3829BA39" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="006B2217" w:rsidRDefault="00C46D14" w:rsidP="006B2217">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w14:paraId="7A36DD16" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w14:paraId="298164A5" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="580619EC" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="4B167311" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1D697E" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="37493003" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00AD2C10" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта мекенжайы</w:t>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C650327" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="005C11CA" w:rsidRDefault="006B2217" w:rsidP="007D4DE5">
+          <w:p w14:paraId="0DC3BEF5" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="005C11CA" w:rsidRDefault="006B2217" w:rsidP="007D4DE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B2217">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>sosh46.pvl@yandex.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="3408B65B" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="58481FA8" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="25CC80D1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="63FEC4C9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31769417" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="3FD051B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D1BF8BE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="35DC05F7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Сыныптардағы педагог-психолог </w:t>
+              <w:t xml:space="preserve">Педагог  -психолог в классах </w:t>
             </w:r>
             <w:r w:rsidR="007D4DE5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>араласпен</w:t>
+              <w:t>со смешанным</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оқыту тілінде</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="25226851" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="007D4DE5" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> языком обучения</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54DDB3D0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="007D4DE5" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставка</w:t>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="002F1F92" w14:paraId="785AB9FE" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="7BE32B3E" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4D488D1C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="61F35BDA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735A5305" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5017A2A5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2FDD93" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+          <w:p w14:paraId="35C775B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C46D14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
             <w:r w:rsidRPr="00C46D14">
-              <w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="26544CDC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+              </w:rPr>
+              <w:t>осуществляет деятельность, направленную на обеспечение и нормализацию психологического и социального благополучия учащихся, развитие у них способности к социально-психологической адаптации в различных жизненных ситуациях, а также оказания помощи в вопросах профессионального самоопределения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FFC159F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="z2017"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="002F1F92">
+            <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0B156286" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+              </w:rPr>
+              <w:t>формирует психологическую культуру обучающихся, воспитанников, педагогических работников и родителей учащихся или лиц, их заменяющих;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44D63F51" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="z2018"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="002F1F92">
+            <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4E7176E9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+              </w:rPr>
+              <w:t>      содействует реализации принципа инклюзивности и обеспечивает толерантную культуру поведения всех участников образовательного процесса;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A47D5FF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="z2019"/>
             <w:bookmarkEnd w:id="1"/>
-            <w:r w:rsidRPr="002F1F92">
+            <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>      профилактика бойынша жұмыстар жүргізеді буллинга, суицидтер;</w:t>
+              </w:rPr>
+              <w:t>      проводит работу по профилактике буллинга, суицидов;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="2"/>
-          <w:p w14:paraId="71EBA661" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="60E99417" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="5A0542C2" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="1B08EC21" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B9E2EB2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="54FED126" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E725263" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4EAA80BC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52CF4CC5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7E1995A5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- еңбек өтілі мен біліктілік санатына сәйкес төленеді;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="75C1133B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="368EC39E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- арнайы орта білім ( min): 1</w:t>
+              <w:t>- среднее специальное образование( min): 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7000 теңге;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B0BAD55" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>7000 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DF354CD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="004B49FA" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- жоғары білім (min): 1</w:t>
+              <w:t>- высшее образование (min): 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>000 теңге</w:t>
+              <w:t>000 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="511ED5A3" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="4764B677" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16DF051D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4057758C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04D3EDF3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7645413D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Кандидатқа қойылатын біліктілік талаптары, бекітілген</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="515C3089" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59E4C901" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58BEC685" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+          <w:p w14:paraId="39001157" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B49FA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Педагогика және психология" бағыты бойынша жоғары немесе жоғары оқу орнынан кейінгі педагогикалық білім немесе бейіні бойынша жоғары медициналық білім, еңбек өтіліне талап қойылмайды;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="29D2B27C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+              <w:t>высшее или послевузовское педагогическое образование по направлению "Педагогика и психология" или высшее медицинское образование по профилю, без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A6189C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="z2042"/>
             <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>      және (немесе) біліктіліктің жоғары немесе орта деңгейі болған жағдайда, мамандық бойынша жұмыс өтілі: мұғалім-модератор үшін кемінде 3 жыл, мұғалім-сарапшы үшін – кемінде 4 жыл, мұғалім-зерттеуші үшін кемінде 5 жыл;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1316148B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+              <w:t>      и (или) при наличии высшего или среднего уровня квалификации стаж работы по специальности: для педагога-модератора не менее 3 лет, для педагога-эксперта – не менее 4 лет, педагога-исследователя не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490B08FD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="z2043"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00C46D14">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>      және (немесе) біліктіліктің жоғары деңгейі болған жағдайда, мамандық бойынша жұмыс өтілі: мұғалім-шебер үшін кемінде 5 жыл.</w:t>
+              <w:t>      и (или) при наличии высшего уровня квалификации стаж работы по специальности: для педагога-мастера не менее 5 лет.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="69368A95" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="76771436" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26F6B073" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7DB8C3ED" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60DBE446" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="34414CFD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Құжаттарды қабылдау мерзімі</w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED1299E" w14:textId="65FCD7D6" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="002F1F92" w:rsidP="009E4485">
+          <w:p w14:paraId="48336358" w14:textId="10FFDBB0" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="00E275D2" w:rsidP="009E4485">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>10.01.2024-18.01.2024</w:t>
+              <w:t>10.01</w:t>
+            </w:r>
+            <w:r w:rsidR="009032B3" w:rsidRPr="006B2217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006B2217" w:rsidRPr="006B2217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="009E4485" w:rsidRPr="006B2217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.12</w:t>
+            </w:r>
+            <w:r w:rsidR="009032B3" w:rsidRPr="006B2217">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="002F1F92" w14:paraId="49F80011" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w14:paraId="6FAD0205" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F5D74" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="514F5560" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0761177E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6B8B2428" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізімі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CEE310" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="53F6FC08" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
+              <w:t>заявление</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша конкурсқа қатысу туралы;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="45E9AFAF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452F8F28" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2) құжат,</w:t>
+              <w:t>2) документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жеке басты куәландыратын құжат</w:t>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (электрондық құжат айналымы үшін). сәйкестендіру);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3105A25E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AD2C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C93B99D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3) толтырылған</w:t>
+              <w:t>3) заполненный</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> кадрларды есепке алу жөніндегі жеке іс </w:t>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...17 lines deleted...]
-          <w:p w14:paraId="4032C92A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A448BD5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+              <w:t>копии документов об образовании</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> лауазымға қойылатын біліктілік талаптарына, педагогтердің бекітілген үлгілік біліктілік сипаттамаларына сәйкес;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="775C2200" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12B55561" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5) растайтын құжаттың көшірмесін ұсынады.</w:t>
+              <w:t>5)  копию документа, подтверждающую</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> еңбек қызметін </w:t>
+              <w:t xml:space="preserve"> трудовую деятельность </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(болған жағдайда);</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="249160B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>(при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51992C66" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулық жағдайы туралы анықтама </w:t>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">денсаулық сақтау министрінің міндетін атқарушының бұйрығымен бекітілген нысан бойынша </w:t>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
+              <w:t>РК</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы";</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="78386375" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C492DCD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>) анықтама</w:t>
+              <w:t>) справку</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан</w:t>
+              <w:t>с психоневрологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="264C7FEF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="1E6F0F21" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
+              <w:t>справку с наркологической организации</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5FD4B430" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="25A42FFE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">9) </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Ұлттық біліктілік тестілеуінің сертификаты</w:t>
+              <w:t>сертификат Национального квалификационного тестирования</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі - ТҰК) немесе </w:t>
+              <w:t xml:space="preserve"> (далее - НКТ) или </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+              <w:t>удостоверение о наличии квалификационной категории</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер (бар болса); </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7E117066" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="0019603D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t xml:space="preserve"> педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D1F64C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="0019603D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD2C10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">10) </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">кандидаттар үшін </w:t>
+              <w:t xml:space="preserve">для кандидатов </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>ағылшын тілі мұғалімдері лауазымына орналасуға</w:t>
+              <w:t>на занятие должности педагогов английского языка</w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>шекті деңгейі 90-нан кем емес сертификаттау нәтижелері туралы сертификат%</w:t>
+              <w:t>сертификат о результатах сертификации с пороговым уровнем не менее 90%</w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> нысан бойынша немесе бар екендігі туралы куәлік</w:t>
+              <w:t xml:space="preserve"> по предмету или удостоверение о наличии</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің, немесе педагог-шебердің біліктілік санаты (болған жағдайда</w:t>
+              <w:t>квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>болған жағдайда</w:t>
+              <w:t>наличии</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
+              <w:t>или</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>сертификат</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2186,7738 +2190,5636 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Adults</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Cambridge) PASS A; DELTA (Diploma in English</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E11E685" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5FE27EF9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00DD0956" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Language Teaching to Adults) Pass and above, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>или</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>айлтс</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>айелтс</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (IELTS) – 6,5</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>баллдарды</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>баллов</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>немесе</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>или</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>тойфл</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (TOEFL) (</w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nternet</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Based Test (</w:t>
+              <w:t>BT)) – 60 – 65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD0956">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>і</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0019603D">
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD0956">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>BT)) – 60 – 65</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FC58B0F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="0F2E0D99" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="0019603D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>педагогикалық</w:t>
-[...66 lines deleted...]
-          <w:p w14:paraId="287472FA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>11) педагоги, приступившие к педагогической деятельности в</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74CC52B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="0019603D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>техникалық</w:t>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>организации технического и профессионального, послесреднего</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>және</w:t>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>образования на должности педагогов по специальным дисциплинам и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кәсіптік</w:t>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>мастеров производственного обучения, имеющие стаж работы на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білім</w:t>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>производстве по соответствующей специальности или профилю не</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>беру</w:t>
-[...714 lines deleted...]
-          <w:p w14:paraId="166BA0F6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>менее двух лет освобождаются от прохождения сертификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8E0FCB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="0019603D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">12) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>толтырылған</w:t>
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>заполненный Оценочный лист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидата на вакантную или</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...14 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>временно вакантную должность педагога по форме согласно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...266 lines deleted...]
-          <w:p w14:paraId="3A0AC36D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>приложению 11;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E00CC5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AD2C10" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F1F92">
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="0019603D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">13) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>видеопрезентация для кандидата без стажа</w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...18 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:r w:rsidRPr="0019603D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...229 lines deleted...]
-              <w:t xml:space="preserve"> – 720 x 480;</w:t>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>не менее 15 минут, с минимальным разрешением – 720 x 480;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4A27735A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="5B336BC8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6681221A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="5EBABC22" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03063A8E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="006B2217" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="3CD05472" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="006B2217" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5327"/>
         <w:gridCol w:w="4036"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="002F1F92" w14:paraId="3483526D" w14:textId="77777777" w:rsidTr="00C46D14">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3696A84B" w14:textId="77777777" w:rsidTr="00C46D14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21011DC6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="1F446911" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4036" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42DFF3A6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="1E7F67E0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2492F30F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C0C6C8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қосымша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тағайындау</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              </w:rPr>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лауазымдарға</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...171 lines deleted...]
-              <w:t>беру</w:t>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="72CFF788" w14:textId="77777777" w:rsidTr="00C46D14">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="20E60497" w14:textId="77777777" w:rsidTr="00C46D14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFE007B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="002F1F92" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4CC32395" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002F1F92">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4036" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27654334" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7538D8E7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="175C72A4" w14:textId="77777777" w:rsidTr="00C46D14">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="5605FCA6" w14:textId="77777777" w:rsidTr="00C46D14">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5327" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F580DD9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="334AD346" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4036" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="601817F8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5897E3AB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік орган,</w:t>
+              <w:t>государственный орган,</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>конкурс жариялаған</w:t>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50A6C67C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="3EBA4ADD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="z472"/>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="291952C6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="0BD6E2F8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              Кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+        <w:t xml:space="preserve">                              Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B893398" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="4DCE0009" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698D3ADD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="72E43F18" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                              (лауазымы, жұмыс орны)</w:t>
+        <w:t xml:space="preserve">                                              (должность, место работы)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A1818A8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="39557627" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3976E635" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="1EA28884" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216A5ECA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="5C5BFB54" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C33591" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="4FC5BB61" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="z473"/>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43EAA868" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="6FB2475C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="z474"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Мені бос/уақытша бос орынға орналасу конкурсына жіберуіңізді сұраймын.</w:t>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымдар </w:t>
+        <w:t xml:space="preserve">должности </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(қажеттісінің астын сызу) </w:t>
+        <w:t xml:space="preserve">(нужное подчеркнуть) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C4B887B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="25688D6F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18BFA357" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="37069C4A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін ________________________________________</w:t>
+        <w:t>В настоящее время работаю ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AE9ED1E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="13A688DE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">               лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t xml:space="preserve">               должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3A4754" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="76DD7926" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15CF3A89" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="297D921B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">          Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
+        <w:t xml:space="preserve">          Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A054527" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="515ACD7B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9823" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3302"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="1441DC48" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="2B3E1EF6" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473AC987" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2389BFF4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="z475"/>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkEnd w:id="8"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35520A26" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7695A610" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="275C1FEF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6610BD61" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="647B6C30" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="2D2F8FAC" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3302" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAC826F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="09368C5A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E14B2B8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="0CB30907" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1900E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4B6E0B16" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29438EE2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="57AC3803" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCD3118" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="04EDAFF2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DE13A04" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2D839D20" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DF26B3D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="14A7720F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="z483"/>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Біліктілік санатының болуы </w:t>
+        <w:t xml:space="preserve">      Наличие квалификационной категории </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(берілген (расталған) күні:</w:t>
+        <w:t>(дата присвоения (подтверждения):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="08090264" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="76CF623E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CAD7A49" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="0CF8D897" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Педагогикалық жұмыс өтілі: ________________________________________</w:t>
+        <w:t>Стаж педагогической работы: ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0639390F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="4199DA45" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Менде келесі жұмыс нәтижелері бар: _________________________________</w:t>
+        <w:t>Имею следующие результаты работы: _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C4EB58F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="4657527F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5298293B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="1F04AC47" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3272A70F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="1151E6FA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5886"/>
         <w:gridCol w:w="3477"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="5CB56A7B" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3AE5936B" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="737FB021" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="0E16CDBB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0494DF59" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="1BDF284C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF0289">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E490876" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5B19A946" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="32D67A60" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="027FCF14" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="692170BE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7C37F446" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42EF07E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="09A3229D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="670E414A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="52738AEB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28EBAC12" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="006B2217" w:rsidRDefault="006B2217" w:rsidP="009F22A7">
+          <w:p w14:paraId="35A547D1" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="006B2217" w:rsidRDefault="006B2217" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7434EF80" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="20C0ECBA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DD4EDD9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="24466035" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36C2E9EB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="14553243" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>1 Қосымша</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E94B229" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="2375E545" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қағидаларға</w:t>
+        <w:t>к Правилам</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5983CE45" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="7CE952FE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+        <w:t xml:space="preserve">назначения на должности, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308D252D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="1E21CCB1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">лауазымдардан босату </w:t>
+        <w:t xml:space="preserve">освобождения от должностей </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D80FB5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="11B663DE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">бірінші басшылар мен педагогтардың </w:t>
+        <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DF5CDC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="1D21ECA7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="003B3594" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>мемлекеттік білім беру ұйымдарының</w:t>
+        <w:t>государственных организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BFA300D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="39809491" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3594">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08122B2F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="14D0469C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C0F4FFD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="15319089" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Бос немесе уақытша бос орынға үміткерді бағалау парағы</w:t>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="327C734E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="2982A4A6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0289">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>педагог лауазымы</w:t>
+        <w:t>должность педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B603B5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="13F335B8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>____________________</w:t>
       </w:r>
       <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D282A7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="74609D45" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
       <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(тегі, аты, әкесінің аты</w:t>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E14F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(болған жағдайда))</w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57EB2419" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="397E6092" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="491"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3143"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="2675"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="3596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="3288A2EA" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2BF4C282" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72D4AE58" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="404B884C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="643148F2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2CB89B7C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Өлшемшарттар</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51C86A2B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4131AFA6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Растайтын құжат</w:t>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="109DCFF0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2A2C57B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Балл саны</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="113ED546" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="022DA3E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(1-ден 20-ға дейін)</w:t>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="0B2FE929" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="285E9192" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EDEC599" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="67D6D1EA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="034F4937" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="373FE2F0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13B8732A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="28F1DE5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2626BDDF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...96 lines deleted...]
-              <w:t>Жоғары сырттай/қашықтықтан оқу = минус 2 балл</w:t>
+          <w:p w14:paraId="61EC7312" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470758D9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FE85877" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F96D30E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Магистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="282B8373" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5479635E" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="24DE3F21" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="481083AA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4F0349C2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C97EC52" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Ғылыми/академиялық дәрежесі</w:t>
+          <w:p w14:paraId="4C316866" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B51DE48" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="1E7EF17D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EC9377C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...56 lines deleted...]
-              <w:t>Ғылым кандидаты = 10 балл</w:t>
+          <w:p w14:paraId="0703197D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5720E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F254BEB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="152B7DE4" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="6FFAB237" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4FE5EEA1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7D2896C6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43007C64" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Өтілі жоқ кандидаттар үшін сертификаттаудан өту нәтижелері</w:t>
+          <w:p w14:paraId="192D1634" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04B0E35F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="71B98E7F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="110F5B3A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>"педагог" біліктілік санаты плюс 5 балл</w:t>
+          <w:p w14:paraId="769C9485" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5CA5B1BB" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="308A45CA" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="408941AF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7F93EA94" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CA9B6B4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w14:paraId="689B20AE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45D31951" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Куәлік, өзге де құжат</w:t>
+          <w:p w14:paraId="2241A93A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E7F1111" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...136 lines deleted...]
-              <w:t>Педагог-шебер = 10 балл</w:t>
+          <w:p w14:paraId="4C05CCC4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="158D6BF9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D73F117" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F5040E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39A95AF0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31127876" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CA42774" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="7D73078E" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5771D80F" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BA04712" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="43A41626" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2ED36C36" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+          <w:p w14:paraId="08F27963" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FEB11F4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>еңбек кітапшасы/еңбек қызметін алмастыратын құжат</w:t>
+          <w:p w14:paraId="59278CAD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="781CC2A3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...56 lines deleted...]
-              <w:t>директор (лауазымдағы өтілі кемінде 2 жыл) = 5 ұпай</w:t>
+          <w:p w14:paraId="5D4CAE26" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C1D7D2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64818255" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="34293492" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5D0F795A" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="40F5DCC1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="457AA7D7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3322AFDB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Жұмысқа алғаш рет орналасатын педагогтар үшін</w:t>
+          <w:p w14:paraId="0D85CEA2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54C132EF" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Білімі туралы дипломға қосымша</w:t>
+          <w:p w14:paraId="6154C310" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12CBD484" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...36 lines deleted...]
-              <w:t>"жақсы" = 0,5 балл</w:t>
+          <w:p w14:paraId="0BCC2F15" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3336EC2E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"хорошо" = 0,5 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="100B27BF" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2BDD8D8C" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BD29284" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="35AF46F7" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="484BA4C0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Алдыңғы жұмыс орнынан (мұғалім лауазымы бойынша) немесе оқудан ұсыныс хат</w:t>
+          <w:p w14:paraId="20424055" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18FC2894" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Ұсыным хат (конкурс жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу орнына өз бетінше сұрау салады)</w:t>
+          <w:p w14:paraId="28AAC51D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CAD6C8A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...36 lines deleted...]
-              <w:t>Теріс ұсыныс хат = минус 3 балл</w:t>
+          <w:p w14:paraId="3A58A0E8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7521C709" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="4B9ACE3E" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="09F3706A" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="170082BC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6D8BEF46" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09A4308E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
+          <w:p w14:paraId="2C675235" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AE76B48" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...56 lines deleted...]
-              <w:t>- мемлекеттік награда</w:t>
+          <w:p w14:paraId="12C985D0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="581F25C6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF8F306" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="106EA365" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...99 lines deleted...]
-          <w:p w14:paraId="4532DED1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="128FFBB5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38B81004" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="084B4B50" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B94F814" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CFE0410" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27EEA9C3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="527E1F19" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="10E72B24" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CE703F5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5B2C4C6D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="158F82E8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Әдістемелік қызмет</w:t>
+          <w:p w14:paraId="4D7CDB19" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D9DBAE6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>-авторлық жұмыстар мен жарияланымдар</w:t>
+          <w:p w14:paraId="49EE1E54" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6717E15E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...196 lines deleted...]
-              <w:t xml:space="preserve"> = 3 балл</w:t>
+          <w:p w14:paraId="4F0E6AF6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="772A2F2A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28604942" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5E3A5E52" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="6E671063" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B7BE031" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="0F6EC678" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A549708" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
+          <w:p w14:paraId="27C09A86" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A3308F0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Қоғамдық-педагогикалық қызметті растайтын құжат</w:t>
+          <w:p w14:paraId="22F4D19C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22EAC2C5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...96 lines deleted...]
-              <w:t>3 тілде оқыту (қазақ, орыс, шетел) = 5 балл</w:t>
+          <w:p w14:paraId="251A19BA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7559B60E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DAA2DDA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54ADB3EC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26DC59A0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="5549B8C8" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="01D84FB7" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00415E03" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="02EC87D3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66C053FB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Курстық дайындық</w:t>
+          <w:p w14:paraId="472365D2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B62BB8B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...59 lines deleted...]
-          <w:p w14:paraId="19C3DC9E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="3405FDA9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64E11B1A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- сертификат на цифровую грамотность,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD9A510" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9E30E0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09F359EA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="21C5E7F4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57CD288B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="406048BE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="749941B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="48D37757" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>обучение по программам "Основы программирования в Python", "Обучение работе с Microsoft"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73962808" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="628ABC88" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F6F9088" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7608BD85" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="485B8AEE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AEDB0C9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA4178B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3127E12D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61F63F3B" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE4AA01" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="655AAD98" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62C29A20" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E9FABC5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E8D7EDB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05486CAE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="467E0FE0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT – International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D33D4D8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="787965D1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6443ECCC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE04147" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6234FB3C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="259720B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...36 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...224 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31CEBFE2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009E14F0">
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63A40BCE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...4 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...483 lines deleted...]
-              </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F879C1A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2765BB59" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="607C5807" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="04D11330" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>НЗМ ПШО курстары, "Өрлеу"</w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve">біліктілікті арттыру ұйымдары жүзеге асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті </w:t>
+              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D9C159" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33DB53EA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="002F1705" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации </w:t>
             </w:r>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>арттыру Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізімге енгізілгендер (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
-[...19 lines deleted...]
-              <w:t>= 0,5 балл (әрқайсысы жеке)</w:t>
+              <w:t>включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2992DA95" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2219CD7B" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="041AD12E" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="519" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0842AA6D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6276C937" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2675" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0090BBF1" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...236 lines deleted...]
-              <w:t xml:space="preserve"> бойынша жіберген едагог</w:t>
+          <w:p w14:paraId="0212237F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн",педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B86C3B3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарт</w:t>
+          <w:p w14:paraId="0CE86175" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C0E77E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>плюс 3 балл</w:t>
+          <w:p w14:paraId="49EF8053" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E14F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="222222"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="64BDF7F4" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="7A78737D" w14:textId="77777777" w:rsidTr="009F22A7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3194" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="75" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="75" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52EC99E2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="13D77E85" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E14F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="222222"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Барлығы:</w:t>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D867C3" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="4D1D7F9E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3596" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E119CEC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="7FB5BF4A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="66DE2CE5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="79F37B1E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="746D448D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="0CC71FB8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EEBBCA0" w14:textId="77777777" w:rsidR="00D72C33" w:rsidRDefault="00D72C33"/>
-    <w:sectPr w:rsidR="00D72C33" w:rsidSect="00F01702">
+    <w:p w14:paraId="4E188606" w14:textId="77777777" w:rsidR="00D72C33" w:rsidRDefault="00D72C33"/>
+    <w:sectPr w:rsidR="00D72C33" w:rsidSect="00596E56">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C46D14"/>
     <w:rsid w:val="000F293F"/>
-    <w:rsid w:val="001A29D6"/>
-    <w:rsid w:val="002F1F92"/>
     <w:rsid w:val="0047333D"/>
+    <w:rsid w:val="00596E56"/>
     <w:rsid w:val="005D0923"/>
     <w:rsid w:val="006B2217"/>
     <w:rsid w:val="007D4DE5"/>
     <w:rsid w:val="007F26A6"/>
     <w:rsid w:val="009032B3"/>
     <w:rsid w:val="009E4485"/>
-    <w:rsid w:val="00AE0E32"/>
     <w:rsid w:val="00C46D14"/>
     <w:rsid w:val="00D72C33"/>
+    <w:rsid w:val="00E275D2"/>
     <w:rsid w:val="00E85E34"/>
-    <w:rsid w:val="00F01702"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="70B0DB9C"/>
-  <w15:docId w15:val="{CABC2236-ADA7-491C-9E6C-2112F4417F66}"/>
+  <w14:docId w14:val="7D683147"/>
+  <w15:docId w15:val="{545F73DB-C633-48C2-9FE5-F6DB1C45A5B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10637,65 +8539,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1712</Words>
-  <Characters>9759</Characters>
+  <Words>1757</Words>
+  <Characters>10018</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11449</CharactersWithSpaces>
+  <CharactersWithSpaces>11752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>