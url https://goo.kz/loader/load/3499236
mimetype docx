--- v0 (2025-12-06)
+++ v1 (2025-12-24)
@@ -1,4938 +1,3377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+    <w:p w:rsidR="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00007BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">басшының тәрбие ісі жөніндегі орынбасары </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа имени Рафики </w:t>
       </w:r>
-      <w:r w:rsidR="00692083" w:rsidRPr="00692083">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00007BBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">лауазымына </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Нұртазиной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00007BBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заместителя руководителя школы по воспитательной работе </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00387001" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Р.Нұртазина атындағы жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Рафики Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00E33079" w:rsidRDefault="00692083" w:rsidP="00692083">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F121A" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 </w:t>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                               </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласы, Бакинская көшесі, 4 </w:t>
+              <w:t xml:space="preserve"> город Павлодар, улица Бакинская, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 61-12-96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh23@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00387001" w:rsidTr="009D1644">
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F6002B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>заместител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F6002B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководителя школы по воспитательной работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007BBC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> жүктеме</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00387001" w:rsidTr="009D1644">
+      <w:tr w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...15 lines deleted...]
-              <w:ind w:left="-81" w:firstLine="0"/>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-              <w:ind w:left="0" w:firstLine="60"/>
+              </w:rPr>
+              <w:t>обеспечивает организацию воспитательного процесса; организует текущее и перспективное планирование воспитательной работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:ind w:left="60" w:firstLine="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - осуществляет планирование и контроль деятельности старших вожатых, воспитателей групп продленного дня, классных руководителей, педагогов-психологов, социальных педагогов и педагогов дополнительного образования; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обеспечивает разработку документации по воспитательной работе, по подготовке и проведению культурно-воспитательных мероприятий; осуществляет систематический контроль за качеством содержания и проведения воспитательного процесса; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+              <w:t>- координирует деятельность психологической службы и процесс психолого-педагогического сопровождения обучающихся и воспитанников, в том числе с особыми образовательными потребностями;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:ind w:left="60" w:firstLine="300"/>
+              </w:rPr>
+              <w:t>- обеспечивает новые формы школьно-родительских отношений, полное взаимодействие школы и семьи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E33079">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00E33079" w:rsidRDefault="00E33079" w:rsidP="00E33079">
+              </w:rPr>
+              <w:t xml:space="preserve">- развивает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>киберкультуру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (использует возможности компьютерных технологий) и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кибергигиену</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (имеет навыки и знания работы в сети интернет); </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>"Қоғамға қызмет ету", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет" қоғамдық-пайдалы жұмыстарын ұйымдастырады.;</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обеспечивает участие обучающихся, педагогов в конкурсах, слетах, конференциях; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- проводит </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>профориентационную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> работу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организовывает и проводит педагогические консилиумы для родителей; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- организует работы школьного парламента, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>дебатного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> движения, ученического самоуправления, детской организации "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қыран</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұлан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- организовывает общественно-полезную работу "Служение обществу", "Поклонение Родине", "Уважение к старшим", "Уважение к матери";</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="6627" w:type="dxa"/>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
-[...12 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00E33079">
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">  теңге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2A58" w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155.157  тенге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00387001" w:rsidTr="009D1644">
-[...4 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+      <w:tr w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
-[...15 lines deleted...]
-              <w:ind w:left="56" w:hanging="357"/>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D2A58" w:rsidRPr="006D2A58" w:rsidRDefault="006D2A58" w:rsidP="006D2A58">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D2A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E33079">
+            <w:r w:rsidRPr="006D2A58">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...14 lines deleted...]
-              <w:contextualSpacing w:val="0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 3 лет; и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории", или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации " педагог – эксперт" или наличие "педагог – исследователь" или "педагог – мастер".</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="006D2A58" w:rsidP="00E7249F">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...12 lines deleted...]
-              <w:t>- және (немесе) білім беру ұйымының "үшінші біліктілік санатты басшысының орынбасары" немесе "екінші біліктілік санатты басшысының орынбасары" немесе " бірінші біліктілік санатты басшысының орынбасары" біліктілік санатының болуы не " педагог – сарапшы" немесе "педагог – зерттеуші" немесе "педагог – шебер" біліктілігінің болуы.</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E7249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.01-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E7249F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r w:rsidR="000606D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
-        <w:trPr>
-[...4 lines deleted...]
-            <w:tcW w:w="514" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2996" w:type="dxa"/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00387001">
-[...8 lines deleted...]
-              <w:t>1.01-19</w:t>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации техничес</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кого и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00A12340">
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>01.2024</w:t>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>не менее 10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00692083" w:rsidRPr="00387001" w:rsidTr="009D1644">
-[...5 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00692083" w:rsidRPr="00692083" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1326 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6) «</w:t>
-[...1295 lines deleted...]
-            </w:tcBorders>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692083">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-            </w:tcBorders>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...42 lines deleted...]
-              <w:t>Тұрақты</w:t>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00692083">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRPr="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...409 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00692083" w:rsidRDefault="00692083" w:rsidP="00692083">
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRPr="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006821DA" w:rsidRPr="006821DA" w:rsidRDefault="006821DA" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B63F0" w:rsidRDefault="004B63F0" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5741"/>
-        <w:gridCol w:w="4339"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="00842716">
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5741" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-            </w:tcBorders>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+              <w:t>Приложение 10 к Правилам</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
-        <w:jc w:val="center"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> орган</w:t>
+        <w:t>государственный орган, объявивший конкурс</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4964,8923 +3403,6661 @@
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>(лауазымы, жұмыс орны)</w:t>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Мені ________________________________________________________________ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          </w:tcPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>орнының</w:t>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006821DA">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу</w:t>
+              <w:t>по</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>кезеңі</w:t>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...80 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...71 lines deleted...]
-        <w:t>у</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>):_</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________</w:t>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...191 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006821DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...265 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...31 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20____</w:t>
+        <w:t>«___</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">_ </w:t>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>жылғы «____</w:t>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>»_______________           ______________________</w:t>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                     </w:t>
+        <w:t xml:space="preserve">                                                                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                              </w:t>
+        <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қ</w:t>
+        <w:t>подпись</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>олы</w:t>
+        <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>)</w:t>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+              <w:t>Приложение 11 к Правилам</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...9 lines deleted...]
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+              <w:t>освобождения от должностей</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
+              <w:t>первых руководителей и педагогов</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...204 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(Т.Ә.А. (б</w:t>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006821DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>))</w:t>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...19 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...186 lines deleted...]
-              <w:t xml:space="preserve">Баға </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білім</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>деңгейі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>октор</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...129 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...332 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Ғылыми</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>академиялық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>дәрежесі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...218 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...63 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Біліктілік</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>санаты</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...14 lines deleted...]
-              <w:t>К</w:t>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>уәлік</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>басқа</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>құжат</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...37 lines deleted...]
-              <w:t>е</w:t>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>кінші</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...552 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білімі</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>туралы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="006821DA">
+        <w:trPr>
+          <w:trHeight w:val="803"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>дипломның</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>қосымшасы</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...30 lines deleted...]
-              <w:t>п</w:t>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>едагогикалық</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">/ </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>кәсіби</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006821DA">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>тәжірибенің</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>нәтижелері</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...42 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...336 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...844 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="20"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Әдістемелік</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006821DA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="127"/>
-[...558 lines deleted...]
-              <w:ind w:left="20"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1609 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidTr="009D1644">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...36 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006821DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...131 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidRDefault="00842716" w:rsidP="006821DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842716" w:rsidRPr="006821DA" w:rsidSect="006821DA">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...237 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001859F0"/>
+    <w:rsid w:val="000606D5"/>
+    <w:rsid w:val="000F121A"/>
     <w:rsid w:val="001859F0"/>
-    <w:rsid w:val="00387001"/>
+    <w:rsid w:val="004B63F0"/>
     <w:rsid w:val="006821DA"/>
     <w:rsid w:val="00692083"/>
+    <w:rsid w:val="006D2A58"/>
     <w:rsid w:val="0070609E"/>
-    <w:rsid w:val="00713BC5"/>
     <w:rsid w:val="00842716"/>
-    <w:rsid w:val="00A12340"/>
-    <w:rsid w:val="00E33079"/>
+    <w:rsid w:val="00E7249F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="225D6716"/>
+  <w14:docId w14:val="1107B2A3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{4FD76877-C33C-4ED3-9F02-8BDBD93C42AC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -14294,102 +10471,63 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="001859F0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14609,59 +10747,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E7499D2-3D21-44CD-B14D-6F576F376528}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2058</Words>
-  <Characters>11737</Characters>
+  <Words>2179</Words>
+  <Characters>12425</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13768</CharactersWithSpaces>
+  <CharactersWithSpaces>14575</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сула</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>