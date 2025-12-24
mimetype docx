--- v0 (2025-12-08)
+++ v1 (2025-12-24)
@@ -1,1873 +1,1983 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="20917411" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+    <w:p w14:paraId="36E157B9" w14:textId="689454DF" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="071E7E8E" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEF2D25" w14:textId="1D88E7CC" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="49120758" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантных и (или) временно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA3D595" w14:textId="28314F75" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="1D9A94BF" w14:textId="21A16E52" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вакантных должностей педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374599C2" w14:textId="06C206E3" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-    <w:p w14:paraId="136C211E" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04287F26" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>имени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C16DA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02183908" w14:textId="77777777" w:rsidR="00857471" w:rsidRDefault="00857471">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-998" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2978"/>
         <w:gridCol w:w="2124"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="1558"/>
         <w:gridCol w:w="1558"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w14:paraId="2D0007F7" w14:textId="77777777" w:rsidTr="00B90A85">
+      <w:tr w:rsidR="00C16DA6" w14:paraId="11D1C4C1" w14:textId="77777777" w:rsidTr="00C16DA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6032AA34" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="7CB24641" w14:textId="0AA4085C" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF01CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk152162485"/>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B88501" w14:textId="02346E5A" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="5E3E2200" w14:textId="51E158D5" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-              <w:t>ың аты-жөні</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ФИО кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BD3315B" w14:textId="1242DC0C" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="10AB338B" w14:textId="4D19D20C" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> білімі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00196088" w14:textId="3FD109D6" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="12E5114C" w14:textId="729BFB0F" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>қызметі</w:t>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6898E72B" w14:textId="22EAA936" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="78D5541E" w14:textId="64FB7372" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> нәтижесі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE94B71" w14:textId="5D597219" w:rsidR="00CF01CC" w:rsidRPr="00CF01CC" w:rsidRDefault="00CF01CC" w:rsidP="00CF01CC">
+          <w:p w14:paraId="2B08F5FD" w14:textId="1D88C624" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CF01CC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> ескерту</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w14:paraId="4D444503" w14:textId="77777777" w:rsidTr="006C33D6">
+      <w:tr w:rsidR="00C16DA6" w14:paraId="2BDC9128" w14:textId="77777777" w:rsidTr="006C33D6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="753E675E" w14:textId="6A1DB3EF" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="3775CB6C" w14:textId="4F41ED12" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76107CC7" w14:textId="341470F2" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="3D09C7A0" w14:textId="0EAABB3A" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Енсенбаева Бибигуль Алибековна</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C965A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Енсенбаева Бибигуль Алибековна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="718FD367" w14:textId="6C81C40B" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="3B3C135A" w14:textId="764B62AB" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>жоғары</w:t>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35AE1306" w14:textId="7D5B1E8B" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="0ABF2F74" w14:textId="3F0C8BBC" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тарих</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C965A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> история</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="721CA9B7" w14:textId="053FD2B7" w:rsidR="00C965A2" w:rsidRPr="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="638C1AC1" w14:textId="7E11E64B" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004620AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidR="00276516">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>конкурстан өтті</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50A7B7D5" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="10EB3F00" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w14:paraId="1845F528" w14:textId="77777777" w:rsidTr="006C33D6">
+      <w:tr w:rsidR="00C16DA6" w14:paraId="7B1F35DF" w14:textId="77777777" w:rsidTr="006C33D6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F186DBD" w14:textId="6CE90345" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="47B9812D" w14:textId="7EEC9DEF" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004620AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7736C9D8" w14:textId="0F3DC79D" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="329D666D" w14:textId="46DD550B" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Шәймұрат Жаңанұр</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C965A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шәймұрат Жаңанұр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BEA49AD" w14:textId="475A674F" w:rsidR="00C965A2" w:rsidRPr="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="5B6F3D96" w14:textId="3446BE76" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-              <w:t>жоғары</w:t>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36191C09" w14:textId="37014756" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="559A831A" w14:textId="106195D6" w:rsidR="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C5542DB" w14:textId="3027480C" w:rsidR="00C965A2" w:rsidRPr="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="23A44D98" w14:textId="5879D0A9" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004620AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r w:rsidR="00276516">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>конкурстан өтті</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF2D799" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="71418F31" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w14:paraId="32EEB332" w14:textId="77777777" w:rsidTr="00B90A85">
+      <w:tr w:rsidR="00C16DA6" w14:paraId="5FFE019A" w14:textId="77777777" w:rsidTr="00C16DA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EDABAA6" w14:textId="5EC9ABF9" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="77629B94" w14:textId="65C9DB88" w:rsidR="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2978" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38375835" w14:textId="79D75D13" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="1CF76871" w14:textId="5A2B1124" w:rsidR="00C16DA6" w:rsidRPr="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C965A2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қайролла Сәбит Боранұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E3FC44B" w14:textId="47BBC89E" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="5A6E6B46" w14:textId="6364F608" w:rsidR="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-              <w:t>жоғары</w:t>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F5A3F53" w14:textId="554B68D4" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="59164D6C" w14:textId="4C7A59A9" w:rsidR="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>информатика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="343C10F8" w14:textId="3C92BEEB" w:rsidR="00C965A2" w:rsidRPr="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="47A4FEC7" w14:textId="08D951CA" w:rsidR="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004B244F">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>конкурстан өтпеді</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">не </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004620AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F63CE4F" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRPr="00CF01CC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+          <w:p w14:paraId="1FCEEA44" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
             <w:pPr>
-              <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w14:paraId="2D541F4F" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
-[...61 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="2688E46D" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B1FA635" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C948EF7" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13461" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13461"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w14:paraId="3E03439E" w14:textId="77777777" w:rsidTr="00B51CE4">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF4D7B0" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Секретарь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w14:paraId="7A854F28" w14:textId="77777777" w:rsidTr="00B51CE4">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E45E595" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C16DA6" w:rsidP="00C16DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурсной комиссии                   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Муратхожина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Е.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w14:paraId="4EA7EEBD" w14:textId="77777777" w:rsidTr="00B51CE4">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673A9D0D" w14:textId="1F184991" w:rsidR="00C16DA6" w:rsidRPr="00C16DA6" w:rsidRDefault="00C965A2" w:rsidP="00C16DA6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>11 января</w:t>
+            </w:r>
+            <w:r w:rsidR="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00C16DA6" w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C16DA6" w:rsidRPr="00C16DA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="151515"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="248442D2" w14:textId="77777777" w:rsidR="00C16DA6" w:rsidRDefault="00C16DA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CFF3005" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD03845" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F37BB82" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55B4C76E" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BFEB69F" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2369D639" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3885D5AA" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402AA09C" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13A23807" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70C37828" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="217E96F2" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EA54CFC" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20ED0BE2" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77A1CEF9" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRDefault="00CF01CC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D464C1B" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Результаты конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CE2809A" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00C965A2" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0022425D">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C965A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по воспитательной работе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="386C50CA" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по КГУ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Средняя общеобразовательная школа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-гимназия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E953E6">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="2E641BBE" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">имени </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ш</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өкин  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>города Павлодара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51891101" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125E2A0F" w14:textId="6FEC56A0" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с отсутствием кандидатов, уча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ствовавших </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(подавших документы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантной должности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C965A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>заместителя руководителя по воспитательной работе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="0022425D">
-[...10 lines deleted...]
-        <w:t>Муратхожина</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="0022425D">
-[...23 lines deleted...]
-    <w:p w14:paraId="08E89BC0" w14:textId="31AE7248" w:rsidR="00C965A2" w:rsidRPr="004B244F" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>призн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несостоявшимся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41803AFF" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F640F4B" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CAB9519" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...450 lines deleted...]
-    <w:p w14:paraId="643F0B49" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+        <w:t xml:space="preserve">Секретарь </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D83CCCE" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="61A0CC6E" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRPr="00AE13EC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Муратхожина Е.В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1454C3E5" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="00AE13EC" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE13EC">
-[...11 lines deleted...]
-    <w:p w14:paraId="70CF7ACA" w14:textId="218E072A" w:rsidR="00C965A2" w:rsidRPr="00AE13EC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+    </w:p>
+    <w:p w14:paraId="12EBDF7E" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE13EC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">хатшысы                                     </w:t>
-[...68 lines deleted...]
-    <w:p w14:paraId="62A687A0" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRPr="00AE13EC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
+        <w:t>11 января 2024 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE99A32" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29ADE2DD" w14:textId="06EEB537" w:rsidR="00C965A2" w:rsidRPr="00AE13EC" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w14:paraId="05CD5D90" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRPr="004B244F" w:rsidRDefault="00E953E6" w:rsidP="00E953E6">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01D8D8F9" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2" w:rsidP="00C965A2">
-[...174 lines deleted...]
-    <w:p w14:paraId="6DFC7350" w14:textId="77777777" w:rsidR="00E953E6" w:rsidRDefault="00E953E6">
+    <w:p w14:paraId="4D43E8CB" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A36EABA" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67FBB6CF" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446DF3E5" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FC90905" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17A92E7A" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6AA363" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53E60BC1" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19B81B07" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DE2CF26" w14:textId="77777777" w:rsidR="00C965A2" w:rsidRDefault="00C965A2">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41A835D4" w14:textId="77777777" w:rsidR="00CF01CC" w:rsidRPr="00C16DA6" w:rsidRDefault="00CF01CC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00CF01CC" w:rsidRPr="00C16DA6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1881,51 +1991,50 @@
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F0EB8"/>
     <w:rsid w:val="0022425D"/>
     <w:rsid w:val="00276516"/>
     <w:rsid w:val="004F0EB8"/>
     <w:rsid w:val="004F5CB1"/>
     <w:rsid w:val="006C33D6"/>
     <w:rsid w:val="00857471"/>
-    <w:rsid w:val="00950CA8"/>
     <w:rsid w:val="00981E92"/>
     <w:rsid w:val="00C16DA6"/>
     <w:rsid w:val="00C965A2"/>
     <w:rsid w:val="00CF01CC"/>
     <w:rsid w:val="00E953E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2677,65 +2786,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>156</Words>
-  <Characters>894</Characters>
+  <Words>154</Words>
+  <Characters>882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1048</CharactersWithSpaces>
+  <CharactersWithSpaces>1034</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Методический</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>