--- v0 (2025-12-13)
+++ v1 (2026-03-05)
@@ -1,564 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C955C6" w:rsidRPr="00C955C6" w:rsidRDefault="00C955C6" w:rsidP="00C955C6">
+    <w:p w14:paraId="7E2B2085" w14:textId="77777777" w:rsidR="00DD0432" w:rsidRDefault="00DD0432" w:rsidP="00DD0432">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24ADA227" w14:textId="4BD05E73" w:rsidR="00314B34" w:rsidRDefault="00314B34" w:rsidP="00314B34">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C955C6">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314B34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C955C6">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Отчет по волонтерской деятельности</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C955C6">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДПК </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C955C6">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жигер» за первое полугодие 2023-2024 учебного года</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="008E361A" w:rsidRPr="00C955C6" w:rsidRDefault="00C955C6" w:rsidP="00C955C6">
+    <w:p w14:paraId="56513651" w14:textId="77777777" w:rsidR="00314B34" w:rsidRPr="00314B34" w:rsidRDefault="00314B34" w:rsidP="00314B34">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...114 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C955C6" w:rsidRPr="00C955C6" w:rsidRDefault="00C955C6" w:rsidP="00C955C6">
-[...14 lines deleted...]
-    <w:p w:rsidR="007A4C89" w:rsidRPr="008E361A" w:rsidRDefault="00314B34" w:rsidP="00316A0B">
+    <w:p w14:paraId="33861EE7" w14:textId="6121D3C9" w:rsidR="007A4C89" w:rsidRDefault="00314B34" w:rsidP="00316A0B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00314B34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Волонтерская деятельность в Казахстане набирает свои обороты с каждым годом и имеет свою специфику развития в каждом регионе.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E361A" w:rsidRPr="008E361A">
-[...49 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Согласно закону о волонтерской деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89" w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан от 30 декабря 2016 года № 42-VІ ЗРК</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89" w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волонтёрская деятельность – добровольная социально направленная, выполняемая по свободному</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008E361A" w:rsidRPr="008E361A">
-[...16 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="007A4C89" w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>волеизъявлению общественно полезная деятельность, осуществляемая на безвозмездной основе в интересах</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89" w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>физических и (или) юридических лиц</w:t>
+      </w:r>
+      <w:r w:rsidR="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="007A4C89" w:rsidRPr="008E361A" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
+    <w:p w14:paraId="4B0F20EA" w14:textId="00F52B17" w:rsidR="007A4C89" w:rsidRPr="007A4C89" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Осының негізінде "Жігер" БЖК оқытушылары волонтерлік іс-шаралар бағдарламасын әзірледі, оның мақсаты:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Исходя из этого педагогами ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» была разработана программа волонтерской деятельности, целью которой является:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A4C89" w:rsidRPr="008E361A" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
+    <w:p w14:paraId="03FB0C15" w14:textId="6F73F2BD" w:rsidR="007A4C89" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:t xml:space="preserve">, дене шынықтыру мен спортты дамыту, сондай-ақ басқа да мақсаттарға бағытталған қоғамдық игіліктермен қамтамасыз ету. </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказание помощи физическим и юридическим лицам, охрана здоровья граждан, защита и охрана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окружающей среды, развитие физической культуры и спорта, а также другие цели, направленные на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A4C89">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечение общественных благ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A4C89" w:rsidRPr="008E361A" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
+    <w:p w14:paraId="41D04F03" w14:textId="531188E8" w:rsidR="007A4C89" w:rsidRDefault="007A4C89" w:rsidP="007A4C89">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>2023 жылдың қыркүйегінен желтоқсанына дейін біз осындай қайырымдылық шараларын өткіздік:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С сентября по декабрь 2023 года нами было проведены такие благотворительные мероприятия:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007A4C89" w:rsidRPr="008E361A" w:rsidRDefault="006779F8" w:rsidP="006779F8">
+    <w:p w14:paraId="2FF1F9F1" w14:textId="45CE1B20" w:rsidR="007A4C89" w:rsidRDefault="006779F8" w:rsidP="006779F8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> көгалдандыру</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Озеленение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приклубных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участков с воспитанниками ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006779F8" w:rsidRPr="006779F8" w:rsidRDefault="006779F8" w:rsidP="006779F8">
+    <w:p w14:paraId="2BE1D540" w14:textId="652E7F1C" w:rsidR="006779F8" w:rsidRPr="006779F8" w:rsidRDefault="006779F8" w:rsidP="006779F8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Челлендж</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -576,914 +430,1345 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Құ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>стар б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>іздің достарымыз»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060073" w:rsidRPr="008E361A" w:rsidRDefault="008E361A" w:rsidP="00060073">
+    <w:p w14:paraId="67C8CD4E" w14:textId="77777777" w:rsidR="00060073" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> республикалық онкүндігі аясындағы ата-анасының қамқорлығынсыз қалған және жетім балаларға арналған "Жігер" БЖК КМҚК тәрбиеленушілеріне арналған іс-шаралар</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ероприятия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в рамках Республиканской декады «Всемирный день ребенка: жизнь, посвященная детям» для воспитанников КГКП ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E60B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E60B41">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» оставшиеся без попечения родителей и детей сирот</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060073" w:rsidRPr="00C955C6" w:rsidRDefault="00060073" w:rsidP="00060073">
+    <w:p w14:paraId="1D79238C" w14:textId="77777777" w:rsidR="00060073" w:rsidRPr="00E60B41" w:rsidRDefault="00060073" w:rsidP="00060073">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>"Әйелдерге қатысты зорлық-зомбылықсыз 16 күн" акциясы аясындағы "Балалық шақты бірге қорғайық" панельдік сессиясы</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Панельная сессия «Балалық шақты бірге қорғайық» в рамках акции «16 дней без насилия в отношении женщин»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006779F8" w:rsidRPr="00C955C6" w:rsidRDefault="006779F8" w:rsidP="006779F8">
+    <w:p w14:paraId="0095BD62" w14:textId="1876E4E3" w:rsidR="006779F8" w:rsidRPr="00E60B41" w:rsidRDefault="006779F8" w:rsidP="006779F8">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Қайырымдылық жаңа жылдық қойылым </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Благотворительное новогоднее представление </w:t>
       </w:r>
       <w:r w:rsidR="00E60B41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Балалы әйелдерді әлеуметтік-психологиялық оңалтудан шыққан балаларға арналған "Жаңа жылдың хикаясы" (дағдарыс орталығы)</w:t>
+        <w:t>«Жаңа жылдың хикаясы» для детей из соцально-психологической реабилитации женщин с детьми (кризисный центр)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E60B41" w:rsidRDefault="00734C83" w:rsidP="00734C83">
+    <w:p w14:paraId="266FD84A" w14:textId="77777777" w:rsidR="00E60B41" w:rsidRDefault="00E60B41" w:rsidP="00E60B41">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D84B86" w14:textId="64C5CEFE" w:rsidR="00E60B41" w:rsidRDefault="00734C83" w:rsidP="00734C83">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00E60B41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 жылғы қыркүйектен қазанға дейін </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">"Жігер" БЖК клубтарының тәрбиеленушілері өз клубтарының аумақтарын көгалдандыруға және гүл отырғызуға белсене қатысты. </w:t>
+        <w:t xml:space="preserve">С сентября по октябрь 2023 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанники клубов ДПК «Жигер» приняли активное участие в озеленинии и высадке цветов на территории своих клубов. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00734C83" w:rsidRDefault="00734C83" w:rsidP="00734C83">
+    <w:p w14:paraId="68740A64" w14:textId="15DD4B5D" w:rsidR="00734C83" w:rsidRDefault="00734C83" w:rsidP="00734C83">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">          2023 жылдың 23-27 қазан аралығында "Жігер" БЖК-да "Құстар біздің достарымыз" атты экологиялық челлендж өтті, оның мақсаты құстарға ұқыпты қарауды қалыптастыру, олар үшін қиын уақытта көмектесуге ұмтылу. Клуб тәрбиеленушілері құстарды қорғау және күту туралы бейнероликтер түсірді.</w:t>
+        <w:t xml:space="preserve">          С 23 по 27 октября 2023 года в ДПК «Жигер» проходил экологический челлендж «Құстар біздің достарымыз, целью которого является формирование бережного отношения к птицам, желание помогать в трудное для них время. Воспитанники клубов снимали интереные видео о защите и заботе о птицах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A1157A" w:rsidRPr="00A1157A" w:rsidRDefault="00A1157A" w:rsidP="00A1157A">
+    <w:p w14:paraId="2E9B8FC2" w14:textId="6FA015C7" w:rsidR="003209A3" w:rsidRDefault="00316A0B" w:rsidP="00CD2773">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...88 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24 ноября, 2023 года </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на базе</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5" w:rsidRPr="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» отдел образования г. Павлодара </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>было проведено мероприятия в</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рамках Республиканской декады «Всемирный день ребенка: </w:t>
+      </w:r>
+      <w:r w:rsidR="0086523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жизнь,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посвященная детям»</w:t>
+      </w:r>
+      <w:r w:rsidR="003209A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F254E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для воспитанников </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk151735001"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A1157A">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A1157A">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="003209A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставшиеся без попечения родителей и детей сирот</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003209A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A1157A">
-[...60 lines deleted...]
-        <w:t xml:space="preserve">" құқықтық ойынын өткізді, онда баланың құқықтары түсіндірілді. </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Для детей провели</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правов</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66B1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD2773">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> игр</w:t>
+      </w:r>
+      <w:r w:rsidR="00B66B1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ойна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD0432">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, где были разъяснены права ребенка.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A1157A" w:rsidRDefault="00A1157A" w:rsidP="00A1157A">
+    <w:p w14:paraId="6F97087A" w14:textId="74F9D9BC" w:rsidR="00DF17A5" w:rsidRDefault="003209A3" w:rsidP="00CD2773">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...79 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В организации и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия приняли</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF32E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">участия шоу </w:t>
+      </w:r>
+      <w:r w:rsidR="0086523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Империал и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жусупов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ильдар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мухтарович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F254E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="0086523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своими</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развлекательн</w:t>
+      </w:r>
+      <w:r w:rsidR="0086523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086523A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>программами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="006F254E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="006F254E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля детей было организован сладкий стол и подарки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от администрации КГКП ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6662">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF17A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ети были восторге. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00A1157A" w:rsidRPr="00A1157A" w:rsidRDefault="00A1157A" w:rsidP="00A1157A">
-[...88 lines deleted...]
-    <w:p w:rsidR="00B20262" w:rsidRPr="00B20262" w:rsidRDefault="00B20262" w:rsidP="00B20262">
+    <w:p w14:paraId="1CD8330E" w14:textId="7F86F21C" w:rsidR="00060073" w:rsidRDefault="00060073" w:rsidP="00CD2773">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6 декабря 2023 года в детско- подростковом клубе "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>" прошла панельная сессия "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Балалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B20262">
-[...24 lines deleted...]
-        <w:t>Балаларға арналған жаңа жыл - ең әдемі, ең жұмбақ және сиқырлы мереке! Балалар оны асыға күтеді. Олар үшін жаңа жылдық сыйлықтар мен тосынсыйлар - ертегі мен сиқырға сенудің, жағымды эмоциялар алудың тағы бір себебі.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қорғайық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>", в рамках акции «16 дней без насилия в отношении женщин» 1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а встрече присутствовали члены попечительского совета и родительская общественность. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В качестве спикеров выступили сотрудники правоохранительных органов инспекторы группы по защите женщин от насилия ДП Павлодарской области подполковник полиции </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Искакова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Б., майор полиции Рахимова А.А., и майор полиции </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Турсаринова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.Е. Сотрудники полиции рассказали об алгоритмах действия в случае, если женщина подверглась насилию, о статистике по Павлодарской области, и мерах по предотвращению насильственных действий в отношении женщин и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей. Сотрудник кризисного центра </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Молдакельдинова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.К. ознакомила с работой центра и рассказала о помощи, которую оказывают пострадавшим женщинам. Гостьи мероприятия Вера и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұрсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поделились своей жизненной историей, в которой пережили бытовое насилие, но прошли трудный этап в жизни и не сломались. Спонсорами мероприятия стали ОО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жебе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», который подготовил продовольственные корзины, салон красоты «Антураж» и студия массажа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>AXSIS» подарили сертификаты героиням вечера. В завершении все участники оставили отзывы, пожелания и разместили на «Дерево желаний»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B20262" w:rsidRDefault="00B20262" w:rsidP="00B20262">
+    <w:p w14:paraId="6DAB13CE" w14:textId="58B88327" w:rsidR="00C34910" w:rsidRDefault="00C34910" w:rsidP="00CD2773">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-        <w:t>Қаланың кәсіпкерлері мереке сиқыршылары болды: «City Centre» СҮ, «Кренделия» ЖШС, «Айгеримм» ЖШС  фирмасы, «Мода Стиль» ерлер киімі дүкені. Полиция басқармасының қызметкерлері балалар трансферін ұйымдастырды. Мереке көңілді және өте қызықты өтті. Балалар көптеген жағымды эмоциялар мен ұмытылмас әсерлер алды.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26 декабря 2023 года на базе ДПК «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жигер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» состоялось благотворительное новогоднее представление для детей из центра социально-психологической реабилитации женщин с детьми (Кризисный центр). Мероприятие посетили сказочные персонажи, с которыми дети весело провели время. Их развлекали Дед Мороз, Снегурочка, любимые герои мультфильмов Синий трактор, Олаф, символы уходящего и нового года. Дед Мороз со Снегурочкой поздравили всех гостей с наступающим Новым 2024 годом, вокруг елочки водили хороводы, пели песни, рассказывали стихотворения, играли и танцевали. Новый год для детей - самый красивый, самый таинственный и волшебный праздник! Ребята с особым нетерпением ждут его. А новогодние подарки и сюрпризы для них еще один повод поверить в сказку и волшебство, получить море положительных эмоций. Волшебниками праздника стали предприниматели города: Депутат Павлодарского городского </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маслихата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VIII созыва </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Желнов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Михаил Анатольевич, ТД «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Centre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», ТОО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кренделия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», магазин мужской одежды «Мода CTIAML</w:t>
+      </w:r>
+      <w:r w:rsidR="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34910">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организовали трансфер детей сотрудники управления полиции. Праздник прошёл весело и интересно. Ребята получили массу положительных эмоций и незабываемые впечатления.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00060073" w:rsidRDefault="00301808" w:rsidP="00B20262">
+    <w:p w14:paraId="06C4F2B9" w14:textId="50A0E984" w:rsidR="00060073" w:rsidRDefault="00301808" w:rsidP="00CD2773">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Егер жақын арадағы жоспарлар туралы айтат</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">2024 жылғы </w:t>
+        <w:t xml:space="preserve">Если говорить о планах на ближайшее время, хотелось бы отметить, что </w:t>
       </w:r>
       <w:r w:rsidR="00060073">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>қаңтар</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> айларында</w:t>
+        <w:t>в январе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, феврале</w:t>
       </w:r>
       <w:r w:rsidR="00060073">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> 2024 года нами заплонированы след</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ющие мероприятия: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C955C6" w:rsidRDefault="00C955C6" w:rsidP="00C955C6">
-[...10 lines deleted...]
-    <w:p w:rsidR="00060073" w:rsidRDefault="00060073" w:rsidP="00C955C6">
+    <w:p w14:paraId="1F7E425B" w14:textId="1F0FE876" w:rsidR="00060073" w:rsidRDefault="00301808" w:rsidP="00060073">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>Павлодар облысындағы қарттар мен мүгедектерге арналған жалпы үлгідегі медициналық-әлеуметтік мекемеде тұратындарға арналған қайырымдылық концерті</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00060073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лаготворительный концерт для  проживающих в медико-соцаиальном учреждении общего типа для престарелых и инвалидов в Павлодарской области</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B20262" w:rsidRDefault="00301808" w:rsidP="00C955C6">
+    <w:p w14:paraId="3525D23B" w14:textId="35FB2F86" w:rsidR="00301808" w:rsidRDefault="00301808" w:rsidP="00060073">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B20262">
-[...15 lines deleted...]
-        <w:t>дегі балалар ауылы" КММ-не бару</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Посещение КГУ «Детская деревня семейного типа города Павлодара»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D326F4" w:rsidRPr="00B20262" w:rsidRDefault="00301808" w:rsidP="00C955C6">
+    <w:p w14:paraId="414D1424" w14:textId="242492E3" w:rsidR="00301808" w:rsidRPr="00060073" w:rsidRDefault="00301808" w:rsidP="005B3B0F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="4"/>
         </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Остальные мероприятия будут проходить согласно плану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2162C4FF" w14:textId="190238D3" w:rsidR="00CD2773" w:rsidRPr="00060073" w:rsidRDefault="00CD2773" w:rsidP="00060073">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="652C1DBC" w14:textId="77777777" w:rsidR="00D326F4" w:rsidRPr="00D326F4" w:rsidRDefault="00D326F4" w:rsidP="00DD0432">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D326F4" w:rsidRPr="00B20262" w:rsidSect="000837A4">
+    <w:sectPr w:rsidR="00D326F4" w:rsidRPr="00D326F4" w:rsidSect="000837A4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1924,331 +2209,125 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD0432"/>
     <w:rsid w:val="00060073"/>
     <w:rsid w:val="000837A4"/>
     <w:rsid w:val="001A6FE4"/>
+    <w:rsid w:val="00212F3A"/>
     <w:rsid w:val="00301808"/>
     <w:rsid w:val="00314B34"/>
     <w:rsid w:val="00316A0B"/>
     <w:rsid w:val="003209A3"/>
+    <w:rsid w:val="005B3B0F"/>
     <w:rsid w:val="00636DD5"/>
     <w:rsid w:val="006779F8"/>
     <w:rsid w:val="006F254E"/>
     <w:rsid w:val="00701746"/>
     <w:rsid w:val="00734C83"/>
     <w:rsid w:val="007A4C89"/>
     <w:rsid w:val="0086523A"/>
-    <w:rsid w:val="008E361A"/>
     <w:rsid w:val="00983EA8"/>
-    <w:rsid w:val="009A5B76"/>
     <w:rsid w:val="009B4CEB"/>
-    <w:rsid w:val="00A1157A"/>
     <w:rsid w:val="00A94390"/>
-    <w:rsid w:val="00B20262"/>
     <w:rsid w:val="00B50F6D"/>
     <w:rsid w:val="00B66B1B"/>
     <w:rsid w:val="00C34910"/>
-    <w:rsid w:val="00C955C6"/>
     <w:rsid w:val="00CD2773"/>
     <w:rsid w:val="00CF32E9"/>
     <w:rsid w:val="00D326F4"/>
     <w:rsid w:val="00DD0432"/>
     <w:rsid w:val="00DE2895"/>
     <w:rsid w:val="00DF17A5"/>
     <w:rsid w:val="00E60B41"/>
     <w:rsid w:val="00FE583D"/>
+    <w:rsid w:val="00FE6662"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="64F9E927"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-      </w:rPr>
-[...206 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -2382,50 +2461,258 @@
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD0432"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD0432"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="2066486532">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2700,66 +2987,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>808</Words>
-  <Characters>4611</Characters>
+  <Words>802</Words>
+  <Characters>4576</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5409</CharactersWithSpaces>
+  <CharactersWithSpaces>5368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yandex.Translate</dc:creator>
-  <dc:description>Translated with Yandex.Translate</dc:description>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Пользователь</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>