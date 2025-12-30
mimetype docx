--- v0 (2025-12-08)
+++ v1 (2025-12-30)
@@ -1,1129 +1,675 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1695"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="214"/>
+        <w:gridCol w:w="1746"/>
+        <w:gridCol w:w="3154"/>
+        <w:gridCol w:w="2858"/>
+        <w:gridCol w:w="1667"/>
+        <w:gridCol w:w="209"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00A0776C">
+      <w:tr w:rsidR="0004479C" w:rsidRPr="0004479C" w:rsidTr="00354683">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="214" w:type="dxa"/>
+          <w:wAfter w:w="220" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1695" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00354683" w:rsidRPr="000E7C41" w:rsidRDefault="00354683" w:rsidP="00FA6A08">
+            <w:tcW w:w="1696" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00354683" w:rsidRPr="00126100" w:rsidRDefault="00354683" w:rsidP="00FA6A08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E7C41">
+            <w:r w:rsidRPr="00126100">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:noProof/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44493AE7" wp14:editId="486583D6">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="034768C8" wp14:editId="658B6CB6">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>-72390</wp:posOffset>
+                    <wp:posOffset>22860</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>81915</wp:posOffset>
+                    <wp:posOffset>83185</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="914400" cy="942975"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                  <wp:extent cx="971550" cy="941070"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="2" name="Рисунок 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Рисунок 1"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print">
+                          <a:blip r:embed="rId6" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="914400" cy="942975"/>
+                            <a:ext cx="971550" cy="941070"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6034" w:type="dxa"/>
+            <w:tcW w:w="6192" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00354683" w:rsidRPr="000E7C41" w:rsidRDefault="00354683" w:rsidP="008F3FCA">
-[...1 lines deleted...]
-              <w:ind w:left="-277"/>
+          <w:p w:rsidR="00354683" w:rsidRPr="00C47FE0" w:rsidRDefault="0004479C" w:rsidP="00354683">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000E7C41">
-[...3 lines deleted...]
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+            <w:r w:rsidRPr="0004479C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001879D6" w:rsidRPr="000E7C41">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">   </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E7C41">
+              <w:t xml:space="preserve">ГУ </w:t>
+            </w:r>
+            <w:r w:rsidR="00354683" w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының білім беру бөлімі» </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F3FCA" w:rsidRPr="000E7C41">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ММ</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008F3FCA" w:rsidRPr="000E7C41" w:rsidRDefault="008F3FCA" w:rsidP="008F3FCA">
+              <w:t>Отдел образования города Павлодара</w:t>
+            </w:r>
+            <w:r w:rsidR="00354683" w:rsidRPr="00C47FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00354683" w:rsidRPr="0004479C" w:rsidRDefault="0004479C" w:rsidP="00FA6A08">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="1F497D" w:themeColor="text2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000E7C41">
+              </w:rPr>
+              <w:t>Филиал АО «Национальный центр повышения квалификации «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:r w:rsidRPr="000E7C41">
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C47FE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>» «Институт профессионального развития по Павлодарской области»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1746" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00354683" w:rsidRPr="00126100" w:rsidRDefault="004245CB" w:rsidP="00FA6A08">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:noProof/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...53 lines deleted...]
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="797F935D" wp14:editId="2E4542D5">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20830F3E" wp14:editId="5EEC859A">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
-                    <wp:posOffset>487045</wp:posOffset>
+                    <wp:posOffset>241935</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
-                    <wp:posOffset>43815</wp:posOffset>
+                    <wp:posOffset>41910</wp:posOffset>
                   </wp:positionV>
-                  <wp:extent cx="933450" cy="923925"/>
-                  <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                  <wp:extent cx="1049020" cy="1009090"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="635"/>
                   <wp:wrapNone/>
                   <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\41-6\Downloads\WhatsApp Image 2023-02-22 at 12.21.49.jpeg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Рисунок 2" descr="C:\Users\41-6\Downloads\WhatsApp Image 2023-02-22 at 12.21.49.jpeg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9" cstate="print">
+                          <a:blip r:embed="rId7" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="933520" cy="923994"/>
+                            <a:ext cx="1049020" cy="1009090"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00A0776C">
+      <w:tr w:rsidR="0004479C" w:rsidRPr="0004479C" w:rsidTr="004245CB">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4840" w:type="dxa"/>
+            <w:tcW w:w="4927" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004245CB" w:rsidRPr="000E7C41" w:rsidRDefault="004245CB" w:rsidP="004245CB">
+          <w:p w:rsidR="004245CB" w:rsidRDefault="004245CB" w:rsidP="004245CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...183 lines deleted...]
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4794" w:type="dxa"/>
+            <w:tcW w:w="4927" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="004245CB" w:rsidRPr="000E7C41" w:rsidRDefault="004245CB" w:rsidP="004245CB">
+          <w:p w:rsidR="004245CB" w:rsidRDefault="004245CB" w:rsidP="004245CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...248 lines deleted...]
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A146C5" w:rsidRPr="000E7C41" w:rsidRDefault="00A146C5" w:rsidP="00C52833">
+    <w:p w:rsidR="00A146C5" w:rsidRPr="00126100" w:rsidRDefault="00A146C5" w:rsidP="00C52833">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B727C" w:rsidRPr="000E7C41" w:rsidRDefault="00C52833" w:rsidP="004B7231">
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00D34F5C">
       <w:pPr>
         <w:pStyle w:val="HTML"/>
-        <w:spacing w:line="540" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000E7C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00EC3D6D" w:rsidRPr="000E7C41">
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F0873" w:rsidRPr="000E7C41" w:rsidRDefault="00C47E0C" w:rsidP="004B7231">
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B5B68" w:rsidRPr="00C47FE0" w:rsidRDefault="002B5B68" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ПРОГРАММА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B5B68" w:rsidRPr="00C47FE0" w:rsidRDefault="002B5B68" w:rsidP="00D34F5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7C41">
+      <w:r w:rsidRPr="00C47FE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>регионального методического воркшопа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B727C" w:rsidRPr="00C47FE0" w:rsidRDefault="00C52833" w:rsidP="00D34F5C">
+      <w:pPr>
+        <w:pStyle w:val="HTML"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0004479C" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дет</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4517" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...3 lines deleted...]
-        <w:t>тың</w:t>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ский сад-территория комфорта и развития детей</w:t>
+      </w:r>
+      <w:r w:rsidR="007B727C" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B2228E" w:rsidRPr="000E7C41" w:rsidRDefault="00B2228E" w:rsidP="004B7231">
-[...24 lines deleted...]
-    <w:p w:rsidR="00354683" w:rsidRPr="000E7C41" w:rsidRDefault="00354683" w:rsidP="00284269">
+    <w:p w:rsidR="00354683" w:rsidRPr="00C47FE0" w:rsidRDefault="00354683" w:rsidP="002B5B68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002F0873" w:rsidRPr="00126100" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13810D88" wp14:editId="58F0CE55">
             <wp:extent cx="4476750" cy="1857375"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\User\Desktop\и.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\Desktop\и.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4474359" cy="1856383"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1153,9242 +699,8562 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00354683" w:rsidRPr="00126100" w:rsidRDefault="00354683" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="00280E2A" w:rsidRDefault="00280E2A" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="002B5B68" w:rsidRDefault="002B5B68" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="002B5B68" w:rsidRDefault="002B5B68" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="002B5B68" w:rsidRDefault="002B5B68" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="002B5B68" w:rsidRDefault="002B5B68" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="002B5B68" w:rsidRDefault="002B5B68" w:rsidP="00E8315C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="006614D6" w:rsidRPr="00C47FE0" w:rsidRDefault="006614D6" w:rsidP="006614D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар, 2024</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00C47FE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00C47FE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Детский сад-территория комфорта и развития детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRPr="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00C47FE0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00126100" w:rsidRPr="00C47FE0" w:rsidRDefault="002B5B68" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14FB3" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126100" w:rsidRPr="00C47FE0" w:rsidRDefault="002B5B68" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 10.00 – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="003770DB" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003770DB" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126100" w:rsidRPr="00C47FE0" w:rsidRDefault="002B5B68" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Место проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОШ №22</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51C0B" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ул. Чокина,33)</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>актовый</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126100" w:rsidRDefault="002B5B68" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Целевая аудитория</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00126100" w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>руководители, методисты дошкольных организаций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C47FE0" w:rsidRPr="00C47FE0" w:rsidRDefault="00C47FE0" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1646"/>
+        <w:gridCol w:w="3869"/>
+        <w:gridCol w:w="4834"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диалоговая площадка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Фильм «Система дошкольного образования города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.02-10.17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вступительное слово</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00BB646C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34F5C" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ыдралин Куаныш Толегенович,</w:t>
+            </w:r>
+            <w:r w:rsidR="00D34F5C" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководитель отдела образования города Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.17-10.27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00155472">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Качественные изменения в дошкольном образовании Казахстана: 2020-2024 г.г»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Киикова</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56EF5" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Гаухар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>магистр раннего детского развития (Миссурийский университет, США), международный эксперт по качеству дошкольного образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ZOOM подключение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.27-10.37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Формирование игровой компетентности педагогов как условие  развития игры дошкольника</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rStyle w:val="a3"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Подобинская</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56EF5" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Людмила Витальевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, старший преподаватель ф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>илиала</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> АО «Национальный центр повышения квалификации «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>» «Институт профессионального развития по Павлодарской области»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, магистр педагогических наук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.37-10.47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00155472">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Реализация воспитательно - образовательного процесса в  условиях современного дошкольного образования»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Мукушева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Гульнар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Омарбековна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководитель центра по обеспечению содержания дошкольного воспитания и обучения Института раннего развития детей МП РК </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ZOOM подключение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.47-10.57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«BABY SKILLS-профессиональный старт для дошкольников»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Есмагамбетова</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56EF5" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Айжан Ереновна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>преподаватель  специальных дисциплин педагогического колледжа  им. Б. Ахметова, магистр педагогических наук</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10.57-11.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00155472">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Развитие ключевых компетенций у детей дошкольного возраста посредством игры»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Журунтаева</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56EF5" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сауле Байкешевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">старший менеджер   Центра  педагогического  мастерства города Астаны, магистр педагогических наук </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ZOOM подключение)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11.07-11.17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00D34F5C">
+            <w:pPr>
+              <w:pStyle w:val="1"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00670F3E" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ормирование </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00670F3E" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>эмпатии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00670F3E" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+              <w:t>у детей дошкольного возраста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00140BCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Омарханова</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56EF5" w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жазира Пишембаевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психолог детского сада    № 1 города Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00155472" w:rsidRPr="0075064B" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1646" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11.17-11.22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3869" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00140BCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0075064B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Подведение итогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4834" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="0075064B" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D34F5C" w:rsidRDefault="00D34F5C" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRDefault="0075064B" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRDefault="0075064B" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRDefault="0075064B" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRDefault="0075064B" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRPr="00126100" w:rsidRDefault="0075064B" w:rsidP="00126100">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0075064B" w:rsidRPr="00155472" w:rsidRDefault="0075064B" w:rsidP="0075064B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00155472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">WORKSHOP «Генерация идей» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00894D36" w:rsidRPr="00155472" w:rsidRDefault="00894D36" w:rsidP="00155472">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E537F" w:rsidRPr="00894D36" w:rsidRDefault="00F531D4" w:rsidP="003E537F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A14FB3" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E537F" w:rsidRPr="00894D36" w:rsidRDefault="00F531D4" w:rsidP="003E537F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01AC7" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00 – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01AC7" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E537F" w:rsidRPr="00894D36" w:rsidRDefault="00F531D4" w:rsidP="003E537F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Место проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="004F29D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Санаторный ясли</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сад </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22  </w:t>
+      </w:r>
+      <w:r w:rsidR="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Айманов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,39)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E537F" w:rsidRPr="00894D36" w:rsidRDefault="00F531D4" w:rsidP="003E537F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Целевая аудитория</w:t>
+      </w:r>
+      <w:r w:rsidR="003E537F" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитатели дошкольных организаций города</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00126100" w:rsidRPr="00894D36" w:rsidRDefault="003E537F" w:rsidP="003E537F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Модератор:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00F531D4" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00F531D4" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>алиева Н</w:t>
+      </w:r>
+      <w:r w:rsidR="00F531D4" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рг</w:t>
+      </w:r>
+      <w:r w:rsidR="00F531D4" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EF2" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="009C4AE7" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="00155472" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F531D4" w:rsidRPr="00894D36">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кайроллаевна, методист отдела образования города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D5166C" w:rsidRPr="000D07FB" w:rsidRDefault="00D5166C" w:rsidP="003F338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="4962"/>
+        <w:gridCol w:w="3827"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009C4AE7" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.00 -14.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009C4AE7" w:rsidRPr="00CE3859" w:rsidRDefault="009C4AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Открытие семинара. Знакомство с программой семинара.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="009C4AE7" w:rsidRPr="00CE3859" w:rsidRDefault="009C4AE7" w:rsidP="009C4AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тихомирова Светлана Ивановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, руководитель КГКП «</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Санаторный ясли-сад № 22 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008E5AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C4AE7" w:rsidRPr="00CE3859" w:rsidRDefault="009C4AE7" w:rsidP="009C4AE7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Теоретическая часть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.05 -14.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Игровая образовательная ситуация как новая форма организации педагогического процесса в дошкольной организации»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нургалиева </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нургуль</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кайроллаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, методист ГУ «Отдел образования города Павлодара»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.15 - 14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Методический инструментарий  «Организация  развивающей предметно-пространственной среды в дошкольной организации для игровой деятельности детей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Вислогузова  Олеся Владимирована</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатель КГКП «Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.30 - 14.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Использование маркеров игрового пространства в процессе игровой деятельности дошкольников»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="004F29D1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Иванова Елена Николаевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатель КГКП «Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00D34F5C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10349" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009C4AE7" w:rsidRPr="00CE3859" w:rsidRDefault="009C4AE7" w:rsidP="009C4AE7">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Практическая часть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.45 - 15.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Планирование сюжетно-ролевых игр на примере игры «САЛОН ФЛОРИСТИКИ». </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Моделирование игровых ситуаций со слушателями (воспитатели дошкольных организаций)  на примере сюжетно-ролевой игры «Салон флористики».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диппель Наталья Антоновна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КГКП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.15 -15.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Практическая деятельность  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A57499">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Обзор выставки  «Организация игрового пространства в дошкольной организации»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сазонова Ольга Георгиевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатель КГКП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.40 – 15.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Экскурсия: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Развивающая предметно-пространственная среда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (предшкольная «Б», средняя «Б», старшая «А» группы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="009C4AE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахымжанова Айгуль Толегеновна, Садуакасова Шынар Жаусулановна, Иванова Елена Николаевна, Щукина Наталья Юрьевна., Шарипова Раушан Шахановна, Омарова Сара Джумкеновна, воспитатели</w:t>
+            </w:r>
+            <w:r w:rsidR="00824310" w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП</w:t>
+            </w:r>
+            <w:r w:rsidR="00824310" w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00824310" w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CE3859" w:rsidRPr="00CE3859" w:rsidTr="00CE3859">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A" w:rsidP="00A552CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.30 – 16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рефлексия. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Подведение итогов работы семинара.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A14A3A" w:rsidRPr="00CE3859" w:rsidRDefault="00A14A3A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диппель Наталья Антоновна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КГКП</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE3859">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Санаторный ясли-сад № 22»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D07FB" w:rsidRPr="009C4AE7" w:rsidRDefault="000D07FB" w:rsidP="003F338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D07FB" w:rsidRDefault="000D07FB" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E7C41" w:rsidRDefault="000E7C41" w:rsidP="00E8315C">
+    <w:p w:rsidR="000D07FB" w:rsidRDefault="000D07FB" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C467F9" w:rsidRPr="000E7C41" w:rsidRDefault="00DA0459" w:rsidP="00E8315C">
-[...35 lines deleted...]
-    <w:p w:rsidR="0068411B" w:rsidRDefault="0068411B" w:rsidP="00E8315C">
+    <w:p w:rsidR="00894D36" w:rsidRDefault="00894D36" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00126100" w:rsidRPr="000E7C41" w:rsidRDefault="00970EF2" w:rsidP="000E7C41">
+    <w:p w:rsidR="000D07FB" w:rsidRDefault="000D07FB" w:rsidP="003F338F">
       <w:pPr>
-        <w:pStyle w:val="HTML"/>
-[...1 lines deleted...]
-        <w:spacing w:line="540" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000E7C41">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00B9355F" w:rsidRDefault="00B9355F" w:rsidP="003F338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F338F" w:rsidRPr="00155472" w:rsidRDefault="00CE4626" w:rsidP="003F338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00155472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WORKSHOP </w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00155472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00E75311" w:rsidRPr="000E7C41">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00155472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="32"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Генерация идей</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00155472">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>»</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126100" w:rsidRPr="00284269" w:rsidRDefault="00126100" w:rsidP="00126100">
+    <w:p w:rsidR="00B9355F" w:rsidRDefault="00B9355F" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00284269">
-[...89 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00126100" w:rsidRPr="00284269" w:rsidRDefault="00126100" w:rsidP="00126100">
+    <w:p w:rsidR="003F338F" w:rsidRPr="00CE3859" w:rsidRDefault="007E7C75" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00284269">
+      <w:r w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...34 lines deleted...]
-        <w:t>.00</w:t>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3859" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26.01.2024</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126100" w:rsidRPr="00284269" w:rsidRDefault="00126100" w:rsidP="00126100">
+    <w:p w:rsidR="003F338F" w:rsidRPr="00CE3859" w:rsidRDefault="007E7C75" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00284269">
+      <w:r w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...165 lines deleted...]
-        <w:t>)</w:t>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 14.00 – 16.00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00126100" w:rsidRPr="00284269" w:rsidRDefault="00126100" w:rsidP="00126100">
+    <w:p w:rsidR="003F338F" w:rsidRPr="00CE3859" w:rsidRDefault="007E7C75" w:rsidP="003F338F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00284269">
+      <w:r w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Место проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00284269">
+      <w:r w:rsidR="00CE3859" w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00970EF2" w:rsidRPr="00284269">
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП «Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00A63341" w:rsidRPr="00284269">
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ошкольная гимназия № 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE3859" w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00970EF2" w:rsidRPr="00284269">
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="1F497D" w:themeColor="text2"/>
-[...5 lines deleted...]
-      </w:r>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ак.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сатпаева</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 241) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F338F" w:rsidRPr="00CE3859" w:rsidRDefault="007E7C75" w:rsidP="003F338F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Целевая аудитория</w:t>
+      </w:r>
+      <w:r w:rsidR="003F338F" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>воспитатели дошкольных организаций города</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE3859" w:rsidRDefault="003F338F" w:rsidP="007E7C75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Модератор:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рахымжанова </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7C75" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ундуз Муратхановна</w:t>
+      </w:r>
+      <w:r w:rsidR="007E7C75" w:rsidRPr="00CE3859">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, методист отдела образования города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D77BB" w:rsidRPr="00155472" w:rsidRDefault="001D77BB" w:rsidP="007E7C75">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1702"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="852"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00EF310A">
-[...2 lines deleted...]
-            <w:tcW w:w="10490" w:type="dxa"/>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="00CE3859">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.00-14.10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00894D36" w:rsidP="00963EC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Открытие семинара.</w:t>
+            </w:r>
+            <w:r w:rsidR="00963EC0" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Знакомство с программой семинара.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кожабаева Лазат Мырзабаевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, руководитель  КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008C0421" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008E5AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008E5AA1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>г.Павлодара</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00963EC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00126100" w:rsidRPr="000E7C41" w:rsidRDefault="00126100" w:rsidP="00A44EC0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00B043CF" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="00B043CF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              <w:t>Диалогтік алаң</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теоретическая часть</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00EF310A">
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.10-14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="008C0421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Развитие игровых компетенций педагогов дошкольных организаций»  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00D34F5C" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахымжанова Кундуз Муратхановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, методист отдела образования города Павлодара, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Суханкулова Умут Муратхановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, учитель казахского языка КГКП «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ясли-сад № 120 города Павлодара – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ц</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ентр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> этнокультурного воспитания»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.30-14.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="008C0421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Развитие роли национальных игр в формировании человеческих ценностей и личностного отношения ребенка»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C0421" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="008C0421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухтаева Жанар Акимжановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, методист </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="008C0421" w:rsidP="008C0421">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="002506E2" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B043CF" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Иманшарив Багила</w:t>
+            </w:r>
+            <w:r w:rsidR="00B043CF" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатель</w:t>
+            </w:r>
+            <w:r w:rsidR="00027049" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.40-14.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00B043CF" w:rsidP="00CD0256">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Народные игры-средство образцового, нравственного воспитания»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="002506E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Солтанова Камила  Рысбековна, Байдилова Маржан Жаксыбаевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, воспитатели </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.50-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="00963EC0">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Создание условий для инициативности дошкольников в ходе национальных игр»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D34F5C" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="002506E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жунисхан Акорда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, музыкальный руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Арыкпанова Анар Махмутовна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, учитель русского языка</w:t>
+            </w:r>
+            <w:r w:rsidR="00027049" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00963EC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2521D" w:rsidRPr="00E72061" w:rsidRDefault="00894D36" w:rsidP="00E2521D">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="28"/>
-[...24 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Практическая часть</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00963EC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10632" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00586725" w:rsidRPr="00E72061" w:rsidRDefault="00586725" w:rsidP="00057B0C">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="28"/>
-[...13 lines deleted...]
-              <w:t>Тақырыбы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«КАРАВАН ВЕЛИКОГО ШЕЛКОВОГО ПУТИ» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>создание условий для инициативности дошкольников в ходе игровых ситуаций на примере сюжетно-ролевой игры</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00EF310A">
-[...6 lines deleted...]
-              <w:spacing w:after="0" w:line="252" w:lineRule="auto"/>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.00-15.50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008C0421">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Тараз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A1EE6" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="002506E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Байдилова Маржан Жаксыбаевна, Шапиева Кулан Бегимжановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатели</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бахтиярова Ажар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, хореограф </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008C0421">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Отрар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008A1EE6" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рахымжанова Ризагуль Жаңбырбаевна, Қайшыбаева Назгуль Жумабековна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, воспитатели</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП «Дошкольная гимназия № 6»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Акпанова  Аида Кариповна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, методист</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35D6A" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008C0421">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Сарайшык»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ертисхан Амангуль, Бейсебаева Гулнар Сериковна, Бүлдірген Жалқашхан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитатели </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008C0421">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Саудакент»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сансызбай Шынар Ерсыновна, Шотова Асемгуль Кабидоллаевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">воспитатели КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нургалиева  Бакыт Мансуровна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, музыкальный руководитель</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35D6A" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="00057B0C">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Құлан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00C15BD0" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Арыкпанова Анар Махмутовна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, воспитатель КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тулешбаева Айман Ержановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, инструктор физической культуры КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хайлямова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нургуль Есмагуловна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, педагог- психолог КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="00057B0C">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центр активности «Қойлық»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00601138" w:rsidRPr="00E72061" w:rsidRDefault="00601138" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ботагоз  Амантаевна Шакенова, Советхан Хуралай,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> воспитатели </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00894D36" w:rsidRPr="00E72061" w:rsidTr="00FB37DE">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2521D" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="007E7C75">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.50-16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2521D" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="00057B0C">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Рефлексия «Архиватор 3,2,1» Подведение итогов семинара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E2521D" w:rsidRPr="00E72061" w:rsidRDefault="00E2521D" w:rsidP="008A1EE6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мухтаева Жанар Акимжановна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, методист </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КГКП «Дошкольная гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>№ 6</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1EE6" w:rsidRPr="00E72061">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">»  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00CD0256" w:rsidRDefault="00CD0256" w:rsidP="00E72061">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CD0256" w:rsidRDefault="00CD0256" w:rsidP="00E72061">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72061" w:rsidRPr="00871283" w:rsidRDefault="00E72061" w:rsidP="00E72061">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диалоговая площадка «От идеи до результата»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72061" w:rsidRPr="00871283" w:rsidRDefault="00E72061" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72061" w:rsidRPr="00871283" w:rsidRDefault="000B4507" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дата проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE2F18" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006863FB" w:rsidRPr="00871283" w:rsidRDefault="000B4507" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Время проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6613E" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00 – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6613E" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006863FB" w:rsidRPr="00871283" w:rsidRDefault="000B4507" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Место проведения</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00334948" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дошкольная гимназия </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 42  (</w:t>
+      </w:r>
+      <w:r w:rsidR="00334948" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ул. </w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00334948" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Чокина</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,33)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006863FB" w:rsidRPr="00871283" w:rsidRDefault="000B4507" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Целевая</w:t>
+      </w:r>
+      <w:r w:rsidR="006863FB" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аудитория: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">методисты дошкольных организаций </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006863FB" w:rsidRPr="00871283" w:rsidRDefault="006863FB" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Модератор:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Крыкбесова Ба</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C74" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0651" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тылы </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6C74" w:rsidRPr="00871283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кайроллаевна, методист отдела образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0059015D" w:rsidRPr="00871283" w:rsidRDefault="0059015D" w:rsidP="006863FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:tblW w:w="10349" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1419"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="4820"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00140BCA">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="28"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00EF310A" w:rsidRPr="000E7C41" w:rsidRDefault="00EF310A" w:rsidP="000C5D04">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.00-14.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...370 lines deleted...]
-          <w:p w:rsidR="00EF310A" w:rsidRPr="000E7C41" w:rsidRDefault="00EF310A" w:rsidP="00D8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Открытие семинара. Знакомство с программой семинара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="008E6609">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...45 lines deleted...]
-              <w:t>, педагогика ғылымдарының магистрі, Павлодар облысы бойынша ПҚ БАИ «Өрлеу» БАҰО АҚ аға оқытушысы</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кожахметова Гульмира Жанатовна,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководитель  КГКП  </w:t>
+            </w:r>
+            <w:r w:rsidR="008E6609">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ошкольная  гимназия </w:t>
+            </w:r>
+            <w:r w:rsidR="008E6609" w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidR="008E6609">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  42 г.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодара»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E7C41" w:rsidRPr="000E7C41" w:rsidTr="00EF310A">
-[...32 lines deleted...]
-          <w:p w:rsidR="00EF310A" w:rsidRPr="000E7C41" w:rsidRDefault="00EF310A" w:rsidP="00D8570B">
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00140BCA">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.05-14.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Игра в современном мире»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3425 lines deleted...]
-          <w:p w:rsidR="006D4BDE" w:rsidRPr="00AB47A1" w:rsidRDefault="006D4BDE" w:rsidP="005B7C62">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="001D77BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> № 6 мектепке дейінгі гимназиясы» КМҚК  басшысы </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Марчукова Ирина Аркадьевна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель - исследователь Академии педагогических наук имени Ы. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Алтынсарина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>, преподаватель дошкольной педагогики и психологии педагогического колледжа имени Ахметова</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB47A1" w:rsidRPr="00AB47A1" w:rsidTr="006A2F16">
-[...619 lines deleted...]
-      <w:tr w:rsidR="00AB47A1" w:rsidRPr="00AB47A1" w:rsidTr="006A2F16">
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
         <w:trPr>
-          <w:trHeight w:val="816"/>
+          <w:trHeight w:val="579"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-[...1373 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="009C63C7">
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="001D77BB">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="009C63C7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>14.15-15.15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Формула партнёрства в игровой активности детей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Крыкбесова Бактылы Кайрулловна,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>методист отдела образования города Павлодара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00140BCA">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.15-15.25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Экскурсия по дошкольной гимназии, знакомство с опытом работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кабинет «Тілашар»  - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Макульбекова Гульжанат Аманжоловна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учитель казахского языка дошкольной  гимназии</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35D6A" w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кабинет «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kids</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кошумбекова Асель Жанатовна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, учитель  английского языка дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кабинет «Инклюзия»  - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Сакс Анастасия Евгеньевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> логопед дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;  Александра  Сергеевна Хохрякова, психолог дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кабинет «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>It</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>технологий»  -</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35D6A" w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ташланова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Татьяна Анатольевна  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, учитель информатики дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="00027049">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Stem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – технологий» - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кожахметова Гульмира Жанатовна,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>руководитель  дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.25-15.40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Питчинг игровых проектов  режиме детской деятельности»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПИТЧ - </w:t>
+            </w:r>
+            <w:r w:rsidR="001D77BB" w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>БРЕИНСТОРН (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>мозговой штурм) - обсуждение идей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ПИТЧ – ПЛАН - составление плана, ораторская разминка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="001D77BB" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ПИТЧ РЕФЕРЕНСНЫХ ПРОДУКТОВ</w:t>
+            </w:r>
+            <w:r w:rsidR="00A35D6A" w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – идеи для улучшения игровой деятельности</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ПИТЧ-ПРЕЗЕНТАЦИЯ - краткий проект о реализованной идее</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>ПИТЧ-ИГРА - произвольный сюжет на основе задуманной идее</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SWOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>-анализ. Роль воспитателя в  игре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...31 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="000B2924">
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оразбаева Шынар Рымболатовна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...93 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="009C63C7">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="009C63C7">
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...424 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="000B2924">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="916"/>
                 <w:tab w:val="left" w:pos="1832"/>
                 <w:tab w:val="left" w:pos="2748"/>
                 <w:tab w:val="left" w:pos="3664"/>
                 <w:tab w:val="left" w:pos="4580"/>
                 <w:tab w:val="left" w:pos="5496"/>
                 <w:tab w:val="left" w:pos="6412"/>
                 <w:tab w:val="left" w:pos="7328"/>
                 <w:tab w:val="left" w:pos="8244"/>
                 <w:tab w:val="left" w:pos="9160"/>
                 <w:tab w:val="left" w:pos="10076"/>
                 <w:tab w:val="left" w:pos="10992"/>
                 <w:tab w:val="left" w:pos="11908"/>
                 <w:tab w:val="left" w:pos="12824"/>
                 <w:tab w:val="left" w:pos="13740"/>
                 <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-              </w:pBdr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="1290"/>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
               </w:tabs>
-              <w:rPr>
-[...41 lines deleted...]
-          <w:p w:rsidR="001D0C76" w:rsidRPr="00AB47A1" w:rsidRDefault="001D0C76" w:rsidP="000B2924">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мускина Каухар Труспековна, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>воспитатель дошкольной  гимназии № 42</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-              </w:pBdr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.40-15.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...542 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="00F2291E">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Игровой сеанс «Практика применения игровых платформ в индивидуальной и групповой психологической работе»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="x-none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="y2iqfc"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Хохрякова Александра Сергеевна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="00F2291E">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, психолог дошкольной  гимназии № 42  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00871283" w:rsidRPr="00871283" w:rsidTr="001D77BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15.50-16.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="001D77BB">
             <w:pPr>
               <w:pStyle w:val="HTML"/>
               <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00AB47A1">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="00AB47A1">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Рефлексия с использованием характеристики цветов Макса </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00871283">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-                <w:sz w:val="23"/>
-[...7 lines deleted...]
-                <w:rStyle w:val="y2iqfc"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Люшера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4820" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A35D6A" w:rsidRPr="00871283" w:rsidRDefault="00A35D6A" w:rsidP="00A35D6A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...517 lines deleted...]
-              <w:t>№ 42 мектепке дейінгі гимназиянының басшысы</w:t>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кожахметова Гульмира Жанатовна,  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871283">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>руководитель дошкольной гимназии № 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F2291E" w:rsidRPr="00AB47A1" w:rsidRDefault="00F2291E" w:rsidP="006863FB">
+    <w:p w:rsidR="00027049" w:rsidRPr="00871283" w:rsidRDefault="00027049" w:rsidP="006863FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006863FB" w:rsidRPr="00AB47A1" w:rsidRDefault="006863FB" w:rsidP="00EA6D00">
+    <w:p w:rsidR="006863FB" w:rsidRPr="00871283" w:rsidRDefault="006863FB" w:rsidP="006863FB">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00740BD4" w:rsidRPr="000B2924" w:rsidRDefault="00740BD4" w:rsidP="00EA6D00">
+    <w:p w:rsidR="00D02DC7" w:rsidRPr="00D02DC7" w:rsidRDefault="00D02DC7" w:rsidP="00D02DC7">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="23"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="006863FB" w:rsidRPr="00E316F4" w:rsidRDefault="00A004BA" w:rsidP="00A14FB3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1F497D" w:themeColor="text2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54D2DF9E" wp14:editId="38D99F5E">
             <wp:extent cx="6120130" cy="6120130"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\User\AppData\Local\Microsoft\Windows\INetCache\Content.Word\(Казахский).png"/>
+            <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\User\AppData\Local\Microsoft\Windows\INetCache\Content.Word\(Казахский).png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\User\AppData\Local\Microsoft\Windows\INetCache\Content.Word\(Казахский).png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120130" cy="6120130"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00740BD4" w:rsidRPr="000B2924" w:rsidSect="006A2F16">
+    <w:sectPr w:rsidR="006863FB" w:rsidRPr="00E316F4" w:rsidSect="007066EB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...23 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C7E0E90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB52B6D8"/>
     <w:lvl w:ilvl="0" w:tplc="72BAE6E0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -10462,543 +9328,391 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...138 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00963263"/>
-    <w:rsid w:val="00012C5D"/>
+    <w:rsid w:val="00027049"/>
+    <w:rsid w:val="0004479C"/>
     <w:rsid w:val="00054493"/>
+    <w:rsid w:val="00057B0C"/>
     <w:rsid w:val="00067EDE"/>
     <w:rsid w:val="00082352"/>
     <w:rsid w:val="00083D4E"/>
-    <w:rsid w:val="000924C7"/>
-    <w:rsid w:val="000B2924"/>
+    <w:rsid w:val="000B4507"/>
     <w:rsid w:val="000B7589"/>
     <w:rsid w:val="000B7A3B"/>
-    <w:rsid w:val="000C5D04"/>
-    <w:rsid w:val="000E7C41"/>
+    <w:rsid w:val="000D07FB"/>
+    <w:rsid w:val="000E6C74"/>
     <w:rsid w:val="000F2EDB"/>
-    <w:rsid w:val="000F7EEA"/>
+    <w:rsid w:val="00103110"/>
     <w:rsid w:val="001038F3"/>
-    <w:rsid w:val="001125E7"/>
-    <w:rsid w:val="001175FB"/>
     <w:rsid w:val="00126100"/>
     <w:rsid w:val="00132187"/>
     <w:rsid w:val="001405A4"/>
     <w:rsid w:val="00140EE9"/>
+    <w:rsid w:val="00155472"/>
     <w:rsid w:val="00156B26"/>
     <w:rsid w:val="00163EA1"/>
     <w:rsid w:val="0018155E"/>
     <w:rsid w:val="0018795F"/>
-    <w:rsid w:val="001879D6"/>
     <w:rsid w:val="001A03DC"/>
-    <w:rsid w:val="001A0A26"/>
     <w:rsid w:val="001A31D8"/>
     <w:rsid w:val="001B2B81"/>
-    <w:rsid w:val="001B3EA5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001D0C76"/>
     <w:rsid w:val="001D0F6D"/>
     <w:rsid w:val="001D4784"/>
+    <w:rsid w:val="001D77BB"/>
     <w:rsid w:val="001E7E52"/>
     <w:rsid w:val="001F31E3"/>
     <w:rsid w:val="00201018"/>
     <w:rsid w:val="00213B29"/>
     <w:rsid w:val="0022112C"/>
     <w:rsid w:val="002462AA"/>
+    <w:rsid w:val="002506E2"/>
     <w:rsid w:val="00256201"/>
     <w:rsid w:val="00260A04"/>
     <w:rsid w:val="0026177D"/>
     <w:rsid w:val="0027012D"/>
+    <w:rsid w:val="00277F79"/>
     <w:rsid w:val="00280E2A"/>
     <w:rsid w:val="002822E4"/>
-    <w:rsid w:val="00284269"/>
     <w:rsid w:val="00286657"/>
     <w:rsid w:val="002929D8"/>
-    <w:rsid w:val="00295B48"/>
     <w:rsid w:val="002A616E"/>
     <w:rsid w:val="002B02DE"/>
     <w:rsid w:val="002B0651"/>
-    <w:rsid w:val="002B4F02"/>
+    <w:rsid w:val="002B43A7"/>
+    <w:rsid w:val="002B5B68"/>
     <w:rsid w:val="002C3A55"/>
     <w:rsid w:val="002D0A9A"/>
     <w:rsid w:val="002D49F6"/>
     <w:rsid w:val="002F0873"/>
-    <w:rsid w:val="002F5741"/>
     <w:rsid w:val="003008B6"/>
     <w:rsid w:val="00302655"/>
     <w:rsid w:val="00325822"/>
+    <w:rsid w:val="00334948"/>
     <w:rsid w:val="00336675"/>
     <w:rsid w:val="00337D33"/>
     <w:rsid w:val="00354683"/>
-    <w:rsid w:val="00355CF1"/>
     <w:rsid w:val="00357A55"/>
     <w:rsid w:val="00362030"/>
     <w:rsid w:val="00365228"/>
     <w:rsid w:val="0037238F"/>
     <w:rsid w:val="00373716"/>
     <w:rsid w:val="00373FA3"/>
-    <w:rsid w:val="0038315B"/>
-    <w:rsid w:val="00392C0B"/>
+    <w:rsid w:val="003770DB"/>
     <w:rsid w:val="003A1C8E"/>
     <w:rsid w:val="003D0424"/>
-    <w:rsid w:val="003D11C5"/>
     <w:rsid w:val="003D7464"/>
     <w:rsid w:val="003E537F"/>
     <w:rsid w:val="003E6F88"/>
     <w:rsid w:val="003F338F"/>
     <w:rsid w:val="003F5EEC"/>
     <w:rsid w:val="003F7107"/>
     <w:rsid w:val="004245CB"/>
     <w:rsid w:val="00435350"/>
     <w:rsid w:val="00437B1C"/>
-    <w:rsid w:val="00454EA2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004708E9"/>
     <w:rsid w:val="00475104"/>
-    <w:rsid w:val="00483A29"/>
     <w:rsid w:val="00491111"/>
     <w:rsid w:val="004A09A4"/>
     <w:rsid w:val="004A52EC"/>
-    <w:rsid w:val="004B7231"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004F2A9A"/>
+    <w:rsid w:val="004A7375"/>
+    <w:rsid w:val="004D2227"/>
+    <w:rsid w:val="004D485D"/>
+    <w:rsid w:val="004E2265"/>
+    <w:rsid w:val="004F29D1"/>
+    <w:rsid w:val="004F5668"/>
     <w:rsid w:val="00516456"/>
     <w:rsid w:val="00522CE9"/>
     <w:rsid w:val="00526A72"/>
     <w:rsid w:val="00532783"/>
     <w:rsid w:val="00541189"/>
     <w:rsid w:val="00541DF3"/>
     <w:rsid w:val="00543D17"/>
     <w:rsid w:val="00546927"/>
     <w:rsid w:val="00547B28"/>
     <w:rsid w:val="005700EA"/>
     <w:rsid w:val="00574AD8"/>
+    <w:rsid w:val="00586725"/>
+    <w:rsid w:val="0059015D"/>
     <w:rsid w:val="005A601A"/>
     <w:rsid w:val="005B0DB6"/>
     <w:rsid w:val="005B51F8"/>
-    <w:rsid w:val="005B7C62"/>
     <w:rsid w:val="005D2299"/>
     <w:rsid w:val="005D2FFD"/>
     <w:rsid w:val="005E0F0E"/>
     <w:rsid w:val="005E114F"/>
-    <w:rsid w:val="005E3CA7"/>
     <w:rsid w:val="005E4297"/>
+    <w:rsid w:val="00601042"/>
+    <w:rsid w:val="00601138"/>
     <w:rsid w:val="00611462"/>
     <w:rsid w:val="0063454E"/>
     <w:rsid w:val="00634585"/>
     <w:rsid w:val="00644E96"/>
     <w:rsid w:val="00647677"/>
     <w:rsid w:val="00647917"/>
-    <w:rsid w:val="00680DDA"/>
-    <w:rsid w:val="0068411B"/>
+    <w:rsid w:val="006614D6"/>
+    <w:rsid w:val="00666D69"/>
+    <w:rsid w:val="00670F3E"/>
     <w:rsid w:val="006863FB"/>
+    <w:rsid w:val="006927A1"/>
     <w:rsid w:val="00697C43"/>
-    <w:rsid w:val="006A2F16"/>
     <w:rsid w:val="006B13E4"/>
     <w:rsid w:val="006B22AC"/>
-    <w:rsid w:val="006C3640"/>
-    <w:rsid w:val="006D4BDE"/>
     <w:rsid w:val="006D7628"/>
     <w:rsid w:val="006D768C"/>
     <w:rsid w:val="006E5FA1"/>
-    <w:rsid w:val="006F123C"/>
     <w:rsid w:val="006F5A3E"/>
     <w:rsid w:val="00703169"/>
     <w:rsid w:val="0070602E"/>
     <w:rsid w:val="007066EB"/>
-    <w:rsid w:val="00740BD4"/>
+    <w:rsid w:val="00721EEA"/>
     <w:rsid w:val="0074359A"/>
-    <w:rsid w:val="00775310"/>
+    <w:rsid w:val="0075064B"/>
+    <w:rsid w:val="0076359B"/>
     <w:rsid w:val="007A0265"/>
+    <w:rsid w:val="007A6DCA"/>
     <w:rsid w:val="007B120E"/>
-    <w:rsid w:val="007B568D"/>
     <w:rsid w:val="007B5C4B"/>
     <w:rsid w:val="007B642E"/>
     <w:rsid w:val="007B727C"/>
+    <w:rsid w:val="007E7C75"/>
     <w:rsid w:val="007F0D5E"/>
     <w:rsid w:val="007F4F9B"/>
     <w:rsid w:val="00803C1E"/>
     <w:rsid w:val="008043E8"/>
-    <w:rsid w:val="00834148"/>
+    <w:rsid w:val="00824310"/>
     <w:rsid w:val="00843D09"/>
     <w:rsid w:val="0086290D"/>
     <w:rsid w:val="00862A00"/>
+    <w:rsid w:val="00871283"/>
+    <w:rsid w:val="008726DA"/>
     <w:rsid w:val="008801AA"/>
+    <w:rsid w:val="00894D36"/>
+    <w:rsid w:val="008A1EE6"/>
+    <w:rsid w:val="008A4D26"/>
     <w:rsid w:val="008A4EE2"/>
+    <w:rsid w:val="008C0421"/>
     <w:rsid w:val="008C7D98"/>
     <w:rsid w:val="008D1E1A"/>
-    <w:rsid w:val="008D4433"/>
-    <w:rsid w:val="008D6166"/>
+    <w:rsid w:val="008E5AA1"/>
+    <w:rsid w:val="008E6609"/>
     <w:rsid w:val="008F309D"/>
-    <w:rsid w:val="008F3FCA"/>
-    <w:rsid w:val="009007FE"/>
     <w:rsid w:val="009032B8"/>
-    <w:rsid w:val="00916E6A"/>
     <w:rsid w:val="00917845"/>
     <w:rsid w:val="00922E0A"/>
     <w:rsid w:val="00942928"/>
-    <w:rsid w:val="0094389C"/>
     <w:rsid w:val="00953212"/>
     <w:rsid w:val="00963263"/>
+    <w:rsid w:val="00963EC0"/>
     <w:rsid w:val="00970659"/>
     <w:rsid w:val="00970EF2"/>
     <w:rsid w:val="009820AB"/>
     <w:rsid w:val="009823DE"/>
     <w:rsid w:val="00996CE8"/>
     <w:rsid w:val="009A5375"/>
+    <w:rsid w:val="009C4AE7"/>
     <w:rsid w:val="009D6C76"/>
     <w:rsid w:val="009D7939"/>
-    <w:rsid w:val="009E4215"/>
     <w:rsid w:val="009F00F0"/>
     <w:rsid w:val="009F2D9A"/>
-    <w:rsid w:val="00A04ADB"/>
-    <w:rsid w:val="00A0776C"/>
+    <w:rsid w:val="00A004BA"/>
     <w:rsid w:val="00A146C5"/>
+    <w:rsid w:val="00A14A3A"/>
     <w:rsid w:val="00A14FB3"/>
     <w:rsid w:val="00A256F1"/>
     <w:rsid w:val="00A34635"/>
+    <w:rsid w:val="00A35D6A"/>
     <w:rsid w:val="00A40E79"/>
+    <w:rsid w:val="00A51C0B"/>
     <w:rsid w:val="00A56A8E"/>
-    <w:rsid w:val="00A62C15"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A64E29"/>
+    <w:rsid w:val="00A56EF5"/>
+    <w:rsid w:val="00A57499"/>
     <w:rsid w:val="00A66DFF"/>
     <w:rsid w:val="00A762AD"/>
-    <w:rsid w:val="00A90F2A"/>
     <w:rsid w:val="00A9244F"/>
-    <w:rsid w:val="00AA6235"/>
+    <w:rsid w:val="00AA32CC"/>
     <w:rsid w:val="00AB25C7"/>
-    <w:rsid w:val="00AB47A1"/>
     <w:rsid w:val="00AC0879"/>
     <w:rsid w:val="00AE2F18"/>
-    <w:rsid w:val="00AF53BC"/>
     <w:rsid w:val="00B018A9"/>
     <w:rsid w:val="00B03263"/>
+    <w:rsid w:val="00B043CF"/>
     <w:rsid w:val="00B2228E"/>
     <w:rsid w:val="00B33EB5"/>
     <w:rsid w:val="00B50701"/>
     <w:rsid w:val="00B522CE"/>
-    <w:rsid w:val="00B616E0"/>
     <w:rsid w:val="00B81A76"/>
     <w:rsid w:val="00B85240"/>
     <w:rsid w:val="00B87379"/>
+    <w:rsid w:val="00B9355F"/>
     <w:rsid w:val="00B95632"/>
     <w:rsid w:val="00BA2CAF"/>
     <w:rsid w:val="00BA43CC"/>
+    <w:rsid w:val="00BB646C"/>
     <w:rsid w:val="00BC0F5E"/>
+    <w:rsid w:val="00BC7638"/>
     <w:rsid w:val="00BD7016"/>
     <w:rsid w:val="00BE145F"/>
     <w:rsid w:val="00BE2D30"/>
-    <w:rsid w:val="00BE5007"/>
     <w:rsid w:val="00BE7E3D"/>
     <w:rsid w:val="00BF18DC"/>
-    <w:rsid w:val="00BF6877"/>
     <w:rsid w:val="00C11E19"/>
+    <w:rsid w:val="00C15BD0"/>
     <w:rsid w:val="00C40E8B"/>
-    <w:rsid w:val="00C467F9"/>
     <w:rsid w:val="00C47E0C"/>
+    <w:rsid w:val="00C47FE0"/>
     <w:rsid w:val="00C52833"/>
     <w:rsid w:val="00C54436"/>
     <w:rsid w:val="00C70B4D"/>
-    <w:rsid w:val="00C82762"/>
+    <w:rsid w:val="00C90F95"/>
     <w:rsid w:val="00CB235A"/>
+    <w:rsid w:val="00CC0026"/>
     <w:rsid w:val="00CC2349"/>
+    <w:rsid w:val="00CD0256"/>
     <w:rsid w:val="00CD19E9"/>
+    <w:rsid w:val="00CD4517"/>
+    <w:rsid w:val="00CE3859"/>
+    <w:rsid w:val="00CE4626"/>
     <w:rsid w:val="00CE795A"/>
-    <w:rsid w:val="00CF0CCD"/>
     <w:rsid w:val="00D02A7F"/>
+    <w:rsid w:val="00D02DC7"/>
     <w:rsid w:val="00D0755D"/>
-    <w:rsid w:val="00D11C38"/>
-    <w:rsid w:val="00D24A9B"/>
+    <w:rsid w:val="00D34F5C"/>
     <w:rsid w:val="00D5166C"/>
+    <w:rsid w:val="00D540EE"/>
     <w:rsid w:val="00D63673"/>
-    <w:rsid w:val="00D80BAC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D8570B"/>
+    <w:rsid w:val="00D72429"/>
     <w:rsid w:val="00D878C8"/>
     <w:rsid w:val="00DA0459"/>
     <w:rsid w:val="00DA083C"/>
     <w:rsid w:val="00DB13E0"/>
     <w:rsid w:val="00DB35E1"/>
     <w:rsid w:val="00DC6483"/>
     <w:rsid w:val="00DD1C47"/>
     <w:rsid w:val="00DE1AE2"/>
-    <w:rsid w:val="00DE2068"/>
+    <w:rsid w:val="00DE2010"/>
     <w:rsid w:val="00DE5087"/>
     <w:rsid w:val="00DF2E71"/>
     <w:rsid w:val="00DF5A44"/>
     <w:rsid w:val="00DF63CF"/>
+    <w:rsid w:val="00E2521D"/>
+    <w:rsid w:val="00E316F4"/>
     <w:rsid w:val="00E4709B"/>
     <w:rsid w:val="00E50D32"/>
     <w:rsid w:val="00E532C7"/>
     <w:rsid w:val="00E571D6"/>
     <w:rsid w:val="00E712E5"/>
-    <w:rsid w:val="00E75311"/>
+    <w:rsid w:val="00E72061"/>
     <w:rsid w:val="00E8116C"/>
     <w:rsid w:val="00E8315C"/>
     <w:rsid w:val="00E9612B"/>
-    <w:rsid w:val="00EA6D00"/>
     <w:rsid w:val="00EB58B5"/>
     <w:rsid w:val="00EC214A"/>
-    <w:rsid w:val="00EC3D6D"/>
     <w:rsid w:val="00EC644C"/>
-    <w:rsid w:val="00EF310A"/>
     <w:rsid w:val="00EF63B0"/>
     <w:rsid w:val="00F01AC7"/>
+    <w:rsid w:val="00F03F7A"/>
     <w:rsid w:val="00F158AA"/>
-    <w:rsid w:val="00F2291E"/>
-    <w:rsid w:val="00F27401"/>
     <w:rsid w:val="00F427B0"/>
     <w:rsid w:val="00F45B86"/>
+    <w:rsid w:val="00F531D4"/>
     <w:rsid w:val="00F542E7"/>
     <w:rsid w:val="00F54887"/>
     <w:rsid w:val="00F571E3"/>
     <w:rsid w:val="00F6613E"/>
     <w:rsid w:val="00F66CE7"/>
-    <w:rsid w:val="00F812B8"/>
-    <w:rsid w:val="00F87524"/>
     <w:rsid w:val="00FA6378"/>
     <w:rsid w:val="00FB1F95"/>
+    <w:rsid w:val="00FB37DE"/>
     <w:rsid w:val="00FB5EBA"/>
     <w:rsid w:val="00FE5C86"/>
     <w:rsid w:val="00FF4A97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5D6123C7"/>
-  <w15:docId w15:val="{A7F53AB1-6757-4E4B-88BE-7402CBDC5D86}"/>
+  <w15:docId w15:val="{862C73B0-D8E6-44A5-B16B-A7E0008215F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11551,51 +10265,50 @@
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00435350"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="007B727C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00140EE9"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00CE795A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
@@ -11612,140 +10325,70 @@
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="Алия,мелкий,Обя,Айгерим,мой рабочий,норма,ТекстОтчета"/>
     <w:link w:val="aa"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00132187"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Без интервала Знак"/>
     <w:aliases w:val="Алия Знак,мелкий Знак,Обя Знак,Айгерим Знак,мой рабочий Знак,норма Знак,ТекстОтчета Знак"/>
     <w:link w:val="a9"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
     <w:rsid w:val="00132187"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...42 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="10886818">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="75638969">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="76440701">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="154228932">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="205408213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11779,260 +10422,168 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="294146108">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="304284910">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="316420212">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="340358070">
+    <w:div w:id="339353747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="357967559">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="368335463">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="489714045">
+    <w:div w:id="440808526">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="495612223">
+    <w:div w:id="658195920">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="522088456">
+    <w:div w:id="751704842">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="849835442">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="863443179">
-[...38 lines deleted...]
-    </w:div>
     <w:div w:id="993417544">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1089543675">
-[...25 lines deleted...]
-    <w:div w:id="1230380783">
+    <w:div w:id="1210996849">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1251541661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12053,77 +10604,103 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1348865992">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1401058853">
-[...12 lines deleted...]
-    <w:div w:id="1411081595">
+    <w:div w:id="1351252901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1435709105">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1447697399">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1553468030">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1661696484">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1702127910">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12131,98 +10708,111 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1779254118">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1857650265">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1930888467">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1936093638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2059081697">
-[...12 lines deleted...]
-    <w:div w:id="2126925566">
+    <w:div w:id="1946226193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12442,82 +11032,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07282A25-539D-4F64-8F2E-CC19280D1E54}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08177A16-4CEF-4E21-9A12-3A58FA724DE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1449</Words>
-  <Characters>8261</Characters>
+  <Words>1432</Words>
+  <Characters>8168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9691</CharactersWithSpaces>
+  <CharactersWithSpaces>9581</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>