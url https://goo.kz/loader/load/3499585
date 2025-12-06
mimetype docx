--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -12,593 +12,550 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w:rsidR="008B0E33" w:rsidRPr="00B6329A" w:rsidRDefault="008B0E33" w:rsidP="00F46589">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="004B244F" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
-[...20 lines deleted...]
-        <w:t xml:space="preserve">Результаты конкурса </w:t>
+    <w:p w:rsidR="004B244F" w:rsidRPr="004E0ACA" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының </w:t>
       </w:r>
-    </w:p>
-[...96 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidR="004E0ACA" w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>№24</w:t>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-        <w:t>города Павлодара</w:t>
+      <w:r w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004B244F">
-[...8 lines deleted...]
-        <w:t>»</w:t>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRPr="004E0ACA" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы орта білім беру мектебі» КММ бойынша</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C363E3" w:rsidRPr="004B244F" w:rsidRDefault="00C363E3" w:rsidP="00C363E3">
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w:rsidR="00A16DBB" w:rsidRPr="004E0ACA" w:rsidRDefault="00A11340" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтердің </w:t>
+      </w:r>
+      <w:r w:rsidR="00711A0A" w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос лауазымдарына </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00711A0A" w:rsidRPr="004B244F" w:rsidRDefault="00711A0A" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тағайындау конкурсының </w:t>
+      </w:r>
+      <w:r w:rsidR="00794310" w:rsidRPr="004E0ACA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004B244F" w:rsidRPr="004B244F" w:rsidRDefault="004B244F" w:rsidP="00711A0A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9781" w:type="dxa"/>
+        <w:tblW w:w="9689" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="486"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="497"/>
+        <w:gridCol w:w="2338"/>
+        <w:gridCol w:w="2602"/>
+        <w:gridCol w:w="2072"/>
+        <w:gridCol w:w="2180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidTr="004B244F">
+      <w:tr w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidTr="003C16B1">
         <w:trPr>
-          <w:trHeight w:val="437"/>
+          <w:trHeight w:val="433"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
+          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="2338" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
+          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">ФИО               </w:t>
+              <w:t>ТАЖ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
+          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Должность</w:t>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="00AA268F">
+          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="00967565">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Результаты</w:t>
+              <w:t xml:space="preserve">Нәтиже </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="004E7B97">
+          <w:p w:rsidR="00A16DBB" w:rsidRPr="004B244F" w:rsidRDefault="00A16DBB" w:rsidP="008B0E33">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Примечание</w:t>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidTr="004B244F">
+      <w:tr w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidTr="003C16B1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="00821157" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00821157">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="004B244F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="2338" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="007B70DC" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Заманбек Нұрсұлтан Жомартұлы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="00624608" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B70DC">
-[...6 lines deleted...]
-              <w:t>учитель казахского языка и литературы</w:t>
+            <w:r w:rsidRPr="00624608">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ тілі мен әдебиеті мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="003C16B1" w:rsidRDefault="002545D0" w:rsidP="00624608">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">На временно вакантную должность (до </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001972D4">
+              <w:t>уақытша лауазыға (</w:t>
+            </w:r>
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="001972D4">
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> года)</w:t>
+              <w:t xml:space="preserve"> жылға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidTr="004B244F">
+      <w:tr w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidTr="003C16B1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="00821157" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00821157">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="004B244F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="2338" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="007B70DC" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Кыстаубаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -613,738 +570,1101 @@
               <w:t>Мергуль</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Жоламанкызы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="00624608" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B70DC">
-[...6 lines deleted...]
-              <w:t>учитель математики</w:t>
+            <w:r w:rsidRPr="00624608">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>математика мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>На временно вакантную должность (до 0</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001972D4">
+              <w:t>уақытша лауазыға (0</w:t>
+            </w:r>
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="001972D4">
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidR="001972D4">
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> года)</w:t>
+              <w:t xml:space="preserve"> жылға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidTr="004B244F">
+      <w:tr w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidTr="003C16B1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="00821157" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00821157">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="004B244F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="2338" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="007B70DC" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Кусмиденова Бактыгуль Максутовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="00624608" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B70DC">
-[...6 lines deleted...]
-              <w:t>учитель истории</w:t>
+            <w:r w:rsidRPr="00624608">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тарих мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="002545D0" w:rsidP="00624608">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">На временно вакантную должность (до </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001972D4">
+              <w:t>уақытша лауазыға (</w:t>
+            </w:r>
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.08.202</w:t>
             </w:r>
-            <w:r w:rsidR="001972D4">
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> года)</w:t>
+              <w:t xml:space="preserve"> жылға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidTr="004B244F">
+      <w:tr w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidTr="003C16B1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcW w:w="497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="00821157" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2208" w:type="dxa"/>
+            <w:tcW w:w="2338" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="007B70DC" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B70DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Узбекова Аружан Руслановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2602" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="007B70DC" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="00624608" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B70DC">
-[...6 lines deleted...]
-              <w:t>учитель биологии</w:t>
+            <w:r w:rsidRPr="00624608">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>биология мұғалімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="2072" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="00624608" w:rsidP="00624608">
             <w:pPr>
-              <w:spacing w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="27"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B244F">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>конкурстан өтті</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="2180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B70DC" w:rsidRPr="004B244F" w:rsidRDefault="007B70DC" w:rsidP="007B70DC">
+          <w:p w:rsidR="00624608" w:rsidRPr="004B244F" w:rsidRDefault="002545D0" w:rsidP="00624608">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">На временно вакантную должность (до </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001972D4">
+              <w:t>уақытша лауазыға (</w:t>
+            </w:r>
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="001972D4">
+            <w:r w:rsidR="008E0F0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.2026 года)</w:t>
+              <w:t>.2026 жылға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0094391B" w:rsidRPr="00BA65FF" w:rsidRDefault="0094391B" w:rsidP="00C363E3">
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="004B244F" w:rsidRPr="00BA65FF" w:rsidRDefault="004B244F" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004B244F" w:rsidRPr="00BA65FF" w:rsidRDefault="004B244F" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="004B244F" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Секретарь </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0094391B" w:rsidRPr="004B244F" w:rsidRDefault="0094391B" w:rsidP="0094391B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">конкурсной комиссии </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                                            </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0F0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н.Е.Сейлханова</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="00BA65FF" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0094391B" w:rsidRPr="00A64423" w:rsidRDefault="0094391B" w:rsidP="0094391B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B244F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0F0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="004B244F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       </w:t>
+        <w:t xml:space="preserve"> жылғы </w:t>
       </w:r>
-      <w:r w:rsidR="007B70DC">
+      <w:r w:rsidR="008E0F0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Сейлханова Н.Н.</w:t>
+        <w:t>22</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00A64423">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64423" w:rsidRPr="00A64423">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="003C16B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>22 января</w:t>
+        <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="00DE78FB" w:rsidRPr="00AE2142">
+      <w:r w:rsidR="008E0F0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
+        <w:t>ңтар</w:t>
       </w:r>
-      <w:r>
-[...48 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B6329A" w:rsidSect="004E0ACA">
+    <w:p w:rsidR="004B244F" w:rsidRPr="00BA65FF" w:rsidRDefault="004B244F" w:rsidP="004B244F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C363E3" w:rsidRPr="00BA65FF" w:rsidRDefault="00C363E3" w:rsidP="004B244F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BA65FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00BA65FF" w:rsidP="004B244F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E5248" w:rsidRPr="00A64423" w:rsidRDefault="006E5248" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E5248" w:rsidRPr="00A64423" w:rsidRDefault="006E5248" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E5248" w:rsidRPr="00A64423" w:rsidRDefault="006E5248" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006E5248" w:rsidRPr="00A64423" w:rsidRDefault="006E5248" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidRDefault="004E0ACA" w:rsidP="00C363E3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004E0ACA" w:rsidRPr="00A64423" w:rsidSect="004E0ACA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1451,128 +1771,130 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="0001348A"/>
     <w:rsid w:val="000762D8"/>
     <w:rsid w:val="00113FCF"/>
     <w:rsid w:val="00154C33"/>
     <w:rsid w:val="001835AF"/>
     <w:rsid w:val="00192580"/>
-    <w:rsid w:val="001972D4"/>
+    <w:rsid w:val="001C488F"/>
+    <w:rsid w:val="002545D0"/>
     <w:rsid w:val="00260DF1"/>
     <w:rsid w:val="003313FA"/>
+    <w:rsid w:val="003C16B1"/>
     <w:rsid w:val="00404AFB"/>
-    <w:rsid w:val="004A2777"/>
     <w:rsid w:val="004B244F"/>
     <w:rsid w:val="004E0ACA"/>
     <w:rsid w:val="00570347"/>
+    <w:rsid w:val="00624608"/>
+    <w:rsid w:val="00665096"/>
     <w:rsid w:val="006E5248"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0073797E"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
-    <w:rsid w:val="007B70DC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00826686"/>
     <w:rsid w:val="00833E3D"/>
-    <w:rsid w:val="0089580F"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
+    <w:rsid w:val="008E0F0B"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00967565"/>
     <w:rsid w:val="009A24BD"/>
     <w:rsid w:val="009C3636"/>
     <w:rsid w:val="009D6FA9"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
     <w:rsid w:val="00A42D80"/>
+    <w:rsid w:val="00A64423"/>
     <w:rsid w:val="00AA268F"/>
     <w:rsid w:val="00AB131D"/>
     <w:rsid w:val="00AD303C"/>
     <w:rsid w:val="00AE2142"/>
     <w:rsid w:val="00B3099C"/>
     <w:rsid w:val="00B6329A"/>
     <w:rsid w:val="00BA65FF"/>
     <w:rsid w:val="00BD596D"/>
+    <w:rsid w:val="00BD63CE"/>
     <w:rsid w:val="00BE46E1"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C80410"/>
     <w:rsid w:val="00C956D6"/>
     <w:rsid w:val="00D24236"/>
     <w:rsid w:val="00DE78FB"/>
     <w:rsid w:val="00E06E91"/>
     <w:rsid w:val="00EC5F5D"/>
     <w:rsid w:val="00ED543A"/>
     <w:rsid w:val="00F029EE"/>
     <w:rsid w:val="00F059FB"/>
     <w:rsid w:val="00F46589"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="04F586EC"/>
+  <w14:docId w14:val="560B93EF"/>
   <w15:docId w15:val="{99F22E9D-5EC7-4D05-A26A-DE7919FFF030}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2293,70 +2615,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>116</Words>
-  <Characters>666</Characters>
+  <Words>115</Words>
+  <Characters>661</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>781</CharactersWithSpaces>
+  <CharactersWithSpaces>775</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>