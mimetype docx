--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1,7814 +1,13070 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="0FB31DF6" w14:textId="060F8AC8" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="00604E1D">
+    <w:p w14:paraId="44AD9A55" w14:textId="41ED136E" w:rsidR="00321427" w:rsidRPr="00E16127" w:rsidRDefault="00E43073" w:rsidP="00321427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk153971183"/>
+      <w:r w:rsidRPr="00E43073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00604E1D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00604E1D">
+      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> города Павлодара» </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының №46 </w:t>
       </w:r>
-      <w:r w:rsidR="00C46D14" w:rsidRPr="00604E1D">
+      <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">объявляет </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C46D14" w:rsidRPr="00604E1D">
+      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">конкурс </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00604E1D" w:rsidRPr="00604E1D">
+      <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> на</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта білім беру мектебі»</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00604E1D" w:rsidRPr="00604E1D">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> занятие вакантной должности воспитателя группы продленного дня, с образованием учителя начальных классов </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КММ аралас тілде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43073">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұзартылған күн тобының тәрбиешісі бос лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лауазымына </w:t>
+      </w:r>
+      <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс жариялайды </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a4"/>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6689"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="3F82EF0D" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00290E65" w14:paraId="207B7B70" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="65911AAA" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="5306845F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB8E3B9" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="3C111404" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7204DC43" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="7639BFAE" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00EA7661" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа № 46 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар облысы Павлодар қаласы білім бөлімінің, Павлодар облысы білім басқармасының </w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7B58" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7B58" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00321427" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF7B58" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КММ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="36C9B28F" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="06B59F5E" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D19912E" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="3C3B29AA" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BA3E84" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орналасқан жерінің, пошталық мекенжайының</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78E341D0" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
-[...27 lines deleted...]
-          <w:p w14:paraId="4160B9EE" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="37FD2D0A" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>140000, Республика Казахстан, Павлодарская область,                                город Павлодар,поселок Железнодорожников, улица Центральная 68/2</w:t>
+              <w:t>14000</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD011D" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасы, Павлодар облысы,                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F2A50" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодар қаласы,</w:t>
+            </w:r>
+            <w:r w:rsidR="005C11CA" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Теміржолшылар кенті,</w:t>
+            </w:r>
+            <w:r w:rsidR="004C1F73" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көше </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA7661" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Центральная</w:t>
+            </w:r>
+            <w:r w:rsidR="005C11CA" w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 68/2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="33D9F19A" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="7EE33700" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="72D3DC48" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="00AF9E9C" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44B6A92C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6C6488C2" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>телефон</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>телефон нөмірлерінің</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E84CFEE" w14:textId="77777777" w:rsidR="006B2217" w:rsidRPr="00604E1D" w:rsidRDefault="006B2217" w:rsidP="006B2217">
+          <w:p w14:paraId="67DF5C42" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00BB6532" w:rsidP="00321427">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>87059638284, 87083022033</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3829BA39" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="006B2217">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="298164A5" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="43604DEC" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4B167311" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
+          <w:p w14:paraId="6DC1F1D5" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="00CB6B4F" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44677BE1" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="004C1F73" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электрондық пошта мекенжайлары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37493003" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="007D4DE5" w:rsidP="007D4DE5">
-[...26 lines deleted...]
-          <w:p w14:paraId="0DC3BEF5" w14:textId="77777777" w:rsidR="007D4DE5" w:rsidRPr="00604E1D" w:rsidRDefault="006B2217" w:rsidP="007D4DE5">
+          <w:p w14:paraId="5108382F" w14:textId="77777777" w:rsidR="00CB6B4F" w:rsidRPr="00E16127" w:rsidRDefault="005C11CA" w:rsidP="00321427">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:spacing w:val="-1"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>sosh46.pvl@yandex.kz</w:t>
+              <w:t>sosh46.pvl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>@yandex.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="58481FA8" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00290E65" w14:paraId="3D472880" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="63FEC4C9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="609A3152" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="166307C9" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD051B9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="702E5A32" w14:textId="77AC864F" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00BB6532">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-              <w:t>а</w:t>
+              <w:t xml:space="preserve">«Бастауыш сынып мұғалімі» білімі бар;   ұзартылған күн тобының тәрбиешісінің бос лауазымына конкурс жариялайды </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="7BE32B3E" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="23D1372B" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="61F35BDA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="6DE9858C" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B53DE7" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5017A2A5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="020801E9" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:spacing w:after="75"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5E2FD90E" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім алушы мен тәрбиеленуші тұлғасының жалпы мәдениетін қалыптастыруға және оның әлеуметтенуіне ықпал етеді, білім алушының жеке қабілеттерін анықтайды және дамытуға ықпал етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="083DFA26" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:spacing w:after="75"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Білім алушылардың жеке қабілеттерін ескере отырып, оқытудың жаңа тәсілдерін, тиімді түрлерін, әдістері мен құралдарын қолданады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB2479E" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="6CA6CB98" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қысқа мерзімді жоспарларды, бөлімдер мен тоқсанның суммативті бағалауға арналған тапсырмаларды жасайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7251A0" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="55DD7A6E" w14:textId="2C2637F9" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронды журналдарды толтырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32B264DB" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпыға міндетті білім беру стандарттарында көзделген оқушылар мен деңгейден төмен емес тәрбиеленушілердің пәндік нәтижелерін, отбасылық-қызметтік, тұлғалық жетістіктерін қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00D3F79C" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>планы,.</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқу бағдарламаларын әзірлеуге және орындауға қатысады, ерекше білім беру қажеттіліктері бар білім алушыларға арналған бағдарламаларды қоса </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алғанда,оқу</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-          </w:p>
-          <w:p w14:paraId="2CAEC3AD" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоспары мен оқу процесінің кестесіне сәйкес олардың толық көлемде іске асырылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ECECB2D" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="47958509" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік бірлестіктердің, мұғалімдер бірлестіктерінің, әдістемелік, педагогикалық кеңестердің, желілік қоғамдастықтардың отырыстарына қатысады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E555D55" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="4E1D8528" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім алушылардың, тәрбиеленушілердің жеке қабілеттерін, қызығушылықтары мен бейімділігін зерттейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BEA5EF7" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="5D8A3608" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Оқытылатын пәннің ерекшелігін ескере отырып, дамуында ауытқуларды барынша түзетуге бағытталған білім алушыларды, тәрбиеленушілерді оқыту және тәрбиелеу жөніндегі жұмысты жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194A28D0" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="1A47BD55" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ата-аналарға арналған педагогикалық кеңестерге қатысады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D0C696F" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="4D3712FC" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ата-аналарға кеңес береді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7035B82A" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="54E034B9" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсіби құзыреттілікті, оның ішінде ақпараттық-коммуникациялық құзыреттілікті арттырады.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E7123A" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="38537B9E" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелерін орындайды.,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B3155C" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="75BA3124" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім беру процесі кезеңінде білім алушылардың өмірі мен денсаулығын сақтауды қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F473F8B" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="02FC1CA1" w14:textId="77777777" w:rsidR="00604E1D" w:rsidRPr="00604E1D" w:rsidRDefault="00604E1D" w:rsidP="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ата-аналармен немесе оларды алмастыратын тұлғалармен ынтымақтастықты жүзеге асырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5D7828" w14:textId="77777777" w:rsidR="00D414CB" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00E16127">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="7"/>
               </w:numPr>
-              <w:ind w:left="203" w:firstLine="0"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="166" w:hanging="283"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...90 lines deleted...]
-              <w:ind w:left="203"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жабдықты пайдалану кезінде қауіпсіздік техникасы және еңбекті қорғау талаптарын орындайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5589D585" w14:textId="2755EE68" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="1B08EC21" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00290E65" w14:paraId="46A0EA09" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="54FED126" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="2C3E3D05" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB7BED5" w14:textId="77777777" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="004F2A50" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EAA80BC" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="241B4E8B" w14:textId="708292FD" w:rsidR="004F2A50" w:rsidRPr="00E16127" w:rsidRDefault="00D414CB" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Лауазымдық жалақысы еңбек өтіліне, біліміне, біліктілік санатына байланысты 175620 теңге және одан жоғары.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="5BFDFA73" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="263F364F" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="621342C6" w14:textId="77777777" w:rsidR="00715E75" w:rsidRPr="00E16127" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00604E1D">
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>Кандидатқа қойылатын біліктілік талаптары, бекітілген</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F58A1D" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00715E75" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF354CD" w14:textId="4A5A2647" w:rsidR="00C46D14" w:rsidRPr="00C75463" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-            <w:pPr>
+          <w:p w14:paraId="6C4CDE6D" w14:textId="4D276895" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="708"/>
               <w:textAlignment w:val="baseline"/>
-              <w:outlineLvl w:val="2"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rPr>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Должностной оклад в зависимости от выслуги лет, образования, квалификационной категории</w:t>
+              <w:t>Конкурсқа қатысушы бар болған жағдайда біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік жарияланымдар, біліктілік санаттар туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="4764B677" w14:textId="77777777" w:rsidTr="009F22A7">
-[...103 lines deleted...]
-      <w:tr w:rsidR="00604E1D" w:rsidRPr="00604E1D" w14:paraId="76771436" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="00E16127" w:rsidRPr="00E16127" w14:paraId="0F1B87A0" w14:textId="77777777" w:rsidTr="00B3089F">
         <w:trPr>
           <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DB8C3ED" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="397DFB8C" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34414CFD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="312807AC" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00470938" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00604E1D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t>Құжаттарды қабылдау мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48336358" w14:textId="487382DB" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="003C05F5" w:rsidP="009E4485">
+          <w:p w14:paraId="67BB14D8" w14:textId="1900FDFC" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00290E65" w:rsidP="00321427">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00290E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>01.02-</w:t>
+            </w:r>
+            <w:r w:rsidR="009D6996">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00290E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B3089F" w:rsidRPr="00E16127" w14:paraId="0B211235" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2EC0D8" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00321427">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A8EF64" w14:textId="77777777" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00470938" w:rsidP="00321427">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Қажетті құжаттар тізімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7159181A" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:firstLine="360"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>1) соттың заңды күшіне енген үкіміне сәйкес педагогтің кәсіптік қызметін жүзеге асыру құқығынан айырылған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01FE92F0" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E57C48D" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>      3) медициналық қарсы көрсетілімдері бар, психиатриялық және (немесе) наркологиялық есепте тіркелген;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="281C1404" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>      4) техникалық және кәсіптік, орта білімнен кейінгі, жоғары немесе жоғары оқу орнынан кейінгі білімі туралы құжаттары жоқ адамдар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5838B02C" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="ab"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E16127">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>      5) Қазақстан Республикасының Еңбек кодексінде көзделген өзге де шектеулер негізінде жіберілмейді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303F6561" w14:textId="1F07C9B3" w:rsidR="00B1578A" w:rsidRPr="00E16127" w:rsidRDefault="00B1578A" w:rsidP="00406219">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...26 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00604E1D" w14:paraId="6FAD0205" w14:textId="77777777" w:rsidTr="009F22A7">
+    </w:tbl>
+    <w:p w14:paraId="1D55B2DD" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00E16127" w:rsidRDefault="00B3089F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5302FA36" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="00E16127" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C3AA81" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BCE2183" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B71F959" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC94903" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CBDEED4" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E497C53" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04539676" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D421F4F" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E17010B" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="420944A0" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C3676B4" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48CC003C" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73BA3EED" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F569206" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F9EED57" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F08184" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286BC109" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51848F21" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="282F915D" w14:textId="77777777" w:rsidR="00E16127" w:rsidRDefault="00E16127">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="075E3A82" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6922DB" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F1079CF" w14:textId="77777777" w:rsidR="00406219" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9EF4DC" w14:textId="77777777" w:rsidR="00406219" w:rsidRPr="004D07D1" w:rsidRDefault="00406219">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="2E3EEEC5" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="514F5560" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-            <w:pPr>
+          <w:p w14:paraId="7BBB7A55" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8B2428" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...14 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="62511BF8" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қағидаларға 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CAAD421" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдарға тағайындау, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2098EA6E" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лауазымдардан босату </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25663BC7" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бірінші басшылар мен педагогтардың </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E101583" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A1622B9" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="008C4576">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F5AD40F" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A860AC9" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23587180" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2541" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130702FC" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0A3BF7" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AB31F9" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7191E" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кандидаттың Т.А.Ә. (болған жағдайда), ЖСН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A8DC9F" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29249E53" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDA9277" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00D414CB" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, жұмыс орны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6831E7E6" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9A4861" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002B689D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D7ABAD" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E1B7AF" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C507205" w14:textId="77777777" w:rsidR="00F7191E" w:rsidRPr="00790B31" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7532F232" w14:textId="77777777" w:rsidR="007E20FE" w:rsidRPr="00790B31" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мені бос/уақытша бос орынға орналасу конкурсына жіберуіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8253D6" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00D414CB" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымның атауы (қажеттісінің астын сызу)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D71355" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00D414CB" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0D6E82" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="445547C5" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007E20FE" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16AF228A" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00D414CB" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57CCD708" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00D414CB" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі уақытта жұмыс істеймін</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68623202" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A256A58" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286D6FDC" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3237" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0969261D" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21E7DC30" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F6D303" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="4B5E7086" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5609EF0F" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6689" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F6FC08" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="5624EB8A" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Атауы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="616CE5D9" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>оқу-әдістемелік мекемелер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BA9212" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кезең оқытудың</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75828704" w14:textId="77777777" w:rsidR="000E4CFB" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мамандығы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B82936C" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>бойынша дипломға</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790B31" w:rsidRPr="00790B31" w14:paraId="321F0866" w14:textId="77777777" w:rsidTr="00B3089F">
+        <w:trPr>
+          <w:trHeight w:val="749"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="010F99CD" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:textAlignment w:val="baseline"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8C0E23" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E072530" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232A8AE4" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...951 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5B336BC8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00604E1D" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="6B91F40A" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="594C0C4E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:color w:val="002060"/>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="002060"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>растаулар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55810319" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00D414CB" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5160AC19" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04B72901" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00D414CB" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогикалық жұмыс өтілі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ACD0C0" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00D414CB" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Менде келесі жұмыс нәтижелері бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD110DE" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00D414CB" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3880FA8E" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00D414CB" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4718E543" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00D414CB" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="212026B7" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6979F91E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0756EE69" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D04E4F3" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCFF799" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+      <w:r w:rsidR="00790B31" w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="585A80B2" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00D414CB" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23081DE2" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00D414CB" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D414CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096F2C30" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FEF30D" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00B3089F" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37BEE362" w14:textId="77777777" w:rsidR="00B3089F" w:rsidRPr="00790B31" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31260024" w14:textId="77777777" w:rsidR="00C424F6" w:rsidRPr="00790B31" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19E0413E" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRPr="00790B31" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B33AB09" w14:textId="77777777" w:rsidR="00452A41" w:rsidRPr="00790B31" w:rsidRDefault="00321427" w:rsidP="00452A41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20___ жылғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E40DF4" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E650B6" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18354500" w14:textId="77777777" w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="004A01E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA4C47A" w14:textId="77777777" w:rsidR="004A01E9" w:rsidRPr="004A01E9" w:rsidRDefault="004A01E9" w:rsidP="004A01E9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5327"/>
-        <w:gridCol w:w="4036"/>
+        <w:gridCol w:w="6154"/>
+        <w:gridCol w:w="3911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3696A84B" w14:textId="77777777" w:rsidTr="00C46D14">
-[...988 lines deleted...]
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="00AF0289" w14:paraId="3AE5936B" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="417261FC" w14:textId="77777777" w:rsidTr="002552D7">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E16CDBB" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="22124DFF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BDF284C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+          <w:p w14:paraId="3346E2AA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="5B19A946" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдарға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>босатуларға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдардан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшылар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="04EF582A" w14:textId="77777777" w:rsidTr="002552D7">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C25CC4C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="027FCF14" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="00AF0289" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="311B71F4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="14553243" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="6D15F169" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3594">
-[...150 lines deleted...]
-        <w:jc w:val="right"/>
+      <w:bookmarkStart w:id="2" w:name="z364"/>
+      <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-        <w:t>Форма</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогтің бос немесе уақытша бос лауазымына кандидатты бағалау парағы</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="002A2141">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="222222"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00AF0289">
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002A2141">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
-    </w:p>
-[...118 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5000" w:type="pct"/>
-[...5 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10532" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="519"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3596"/>
+        <w:gridCol w:w="751"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="993"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C46D14" w:rsidRPr="009E14F0" w14:paraId="2BF4C282" w14:textId="77777777" w:rsidTr="009F22A7">
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="0B927370" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="519" w:type="dxa"/>
+            <w:tcW w:w="751" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="404B884C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="7DDB4526" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CB89B7C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...19 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="5FF8B452" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4131AFA6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...19 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+          <w:p w14:paraId="632A8ED2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Растаушы құжат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A2C57B6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...82 lines deleted...]
-              <w:t>1.</w:t>
+          <w:p w14:paraId="72B5F0BE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Балл саны </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48E19CCA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден 20-ға дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1248BD4A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидаттың балдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="09084895" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="373FE2F0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="0C6341F8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28F1DE5E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="56E675FF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Деңгей білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61EC7312" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...136 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w14:paraId="6249AC99" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C316866" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="3F6F582D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіптік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D969416" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04BBCC63" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339CB4E0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD3D715" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сырттай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62EF1512" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="13EBFF0B" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E7EF17D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+          <w:p w14:paraId="1DD524F8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0703197D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...97 lines deleted...]
-              <w:t>3.</w:t>
+          <w:p w14:paraId="14F7F159" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ғалым/академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192D1634" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="06F2A01A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71B98E7F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="24F4C4D6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-дәрігер = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D3012D8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылым докторы = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="184FBECA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат ғылымдар = 10 баллдарды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46570873" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="298F6F9D" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="769C9485" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...56 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w14:paraId="5FA4059D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="689B20AE" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+          <w:p w14:paraId="32782FDA" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кандидаттар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2241A93A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Удостоверение, иной документ</w:t>
+          <w:p w14:paraId="47D0938A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C05CCC4" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...176 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="27B8EAB4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>плюс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C10BF7F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="0B476215" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08F27963" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+          <w:p w14:paraId="7EB992E7" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59278CAD" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+          <w:p w14:paraId="3045A2F4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Біліктілік санат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5D4CAE26" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...96 lines deleted...]
-              <w:t>6.</w:t>
+          <w:p w14:paraId="7A892801" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D85CEA2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+          <w:p w14:paraId="7AD0A57F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 санат = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3169F226" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 санат = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487B5CC4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FA2B78D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606868B9" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20866C82" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FFD6EE6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="189445D3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="6F3A11BE" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6154C310" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w14:paraId="4C8A7C78" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BCC2F15" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...76 lines deleted...]
-              <w:t>7.</w:t>
+          <w:p w14:paraId="77D5F450" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20424055" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="660A9067" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28AAC51D" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+          <w:p w14:paraId="3E52BCA0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071B0D9C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E5D817" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="139FA999" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="1E6B3375" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A58A0E8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...76 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w14:paraId="21C7AAF3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C675235" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="03F5E8C0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орналасатын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12C985D0" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...56 lines deleted...]
-              <w:t>- государственная награда</w:t>
+          <w:p w14:paraId="0BEEB145" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="128FFBB5" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...236 lines deleted...]
-              <w:t>9.</w:t>
+          <w:p w14:paraId="5F135B49" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/ кәсіптік практиканың нәтижелері "өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04A1FAB5" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="551B968B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="13C759F1" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D7CDB19" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w14:paraId="11A1C4A2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49EE1E54" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>-авторские работы и публикации</w:t>
+          <w:p w14:paraId="06012604" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқудан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F0E6AF6" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...127 lines deleted...]
-              <w:t>10.</w:t>
+          <w:p w14:paraId="751C0C8A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орнына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сұрау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="27C09A86" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w14:paraId="501A06F6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1189FCE3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75B74B0E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="403EA87A" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22F4D19C" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+          <w:p w14:paraId="61D21DC8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="251A19BA" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...136 lines deleted...]
-              <w:t>11.</w:t>
+          <w:p w14:paraId="54CD7A71" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Көрсеткіштер кәсіби мамандарды жетістіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="472365D2" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="69DF1365" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DF7FB6F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімдердің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D75A0D3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>- мемлекеттік марапат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3405FDA9" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...423 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w14:paraId="44A78DC7" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
-[...398 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry"</w:t>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегерлері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF6DDF0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BAD2771" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегерлері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CCED937" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="066FF18B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байқауының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F921DD1" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 10 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұпай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="738E96DE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="00290E65" w14:paraId="274F5DA8" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04D11330" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...157 lines deleted...]
-              <w:t>12.</w:t>
+          <w:p w14:paraId="3ED22477" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2675" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0212237F" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...47 lines deleted...]
-              <w:t>, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="1ECDC266" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CE86175" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...16 lines deleted...]
-              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+          <w:p w14:paraId="56A77C60" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-авторлық жұмыстар және жарияланымдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="222222"/>
-              <w:right w:val="single" w:sz="6" w:space="0" w:color="222222"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
-              <w:top w:w="75" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49EF8053" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...60 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="725B46FD" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32BF4921" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F653C25" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БҒСБК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19C14A62" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="446585ED" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D1D7F9E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2AC8B785" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7FB5BF4A" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="009F22A7">
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="713539B6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F3F780" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="276AB10F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="431751D5" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>МҰ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басшылығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70AB39DC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D792D2" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс, шетел/қазақ) = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="302883B1" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 тілде оқыту (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D50EB74" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="55E4B944" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CFA533" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A014FAD" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курстық жұмыс дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5A5186" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F66BED" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылыққа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="669752D0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5650EF2C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F43D41" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29DED163" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="641396A8" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E87A71C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсердің</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1522D596" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74688AFE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TEFL</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A9389E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BEDF977" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13880B92" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6530A280" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15D6E6C3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705F8DA5" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC9E5BC" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087F1B44" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F45BB80" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0136CF08" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EB11BDB" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B867201" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD086B6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DCCDD52" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0753472B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20DDEED3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D1FE2F3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B527D5C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36A020A4" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Курстар арналған платформасында Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="381114D6" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025926BE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31300810" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB21AC5" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>НЗМ ПШО курстары, "Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB9B096" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B84D1A" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> курстар </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1472936C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізімге енгізілген біліктілікті арттыру ұйымдары жүзеге асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A8E59D3" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бөлек)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1218A0FD" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="4003AE6B" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="751" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A437C0" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FB969E" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>түлегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грантының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауылға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>!", "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Орақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>халықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыспен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орталығының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жіберген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECE0B62" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="00D414CB" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>келісім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D414CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01977C3B" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>плюс 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B859DCE" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A2141" w:rsidRPr="002A2141" w14:paraId="00156E75" w14:textId="77777777" w:rsidTr="004A01E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68472841" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A2141">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE044FF" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12C39606" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745F1E2C" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79F37B1E" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRPr="009E14F0" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="513B2458" w14:textId="77777777" w:rsidR="002A2141" w:rsidRPr="002A2141" w:rsidRDefault="002A2141" w:rsidP="002A2141">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CC71FB8" w14:textId="77777777" w:rsidR="00C46D14" w:rsidRDefault="00C46D14" w:rsidP="00C46D14">
+    <w:p w14:paraId="64EE1364" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E188606" w14:textId="77777777" w:rsidR="00D72C33" w:rsidRDefault="00D72C33"/>
-    <w:sectPr w:rsidR="00D72C33" w:rsidSect="00837067">
+    <w:p w14:paraId="1C6ADF7D" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B0C7110" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="375A448F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D05024F" w14:textId="77777777" w:rsidR="002A2141" w:rsidRDefault="002A2141" w:rsidP="007C3AFB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002A2141" w:rsidSect="00442570">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1133" w:bottom="709" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="NewtonC">
+    <w:altName w:val="Courier New"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="64F72F5C"/>
+    <w:nsid w:val="050137C7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="55B0D26A"/>
+    <w:tmpl w:val="32E00556"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -7874,126 +13130,1452 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09BA57AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50BE025E"/>
+    <w:lvl w:ilvl="0" w:tplc="3C04B924">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0BB01178"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87CC0636"/>
+    <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DE65FDF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F1137A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D0B694EA"/>
+    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66924BBD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="323A2FC2"/>
+    <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C46D14"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00E85E34"/>
+    <w:rsidRoot w:val="00F410E4"/>
+    <w:rsid w:val="000050AF"/>
+    <w:rsid w:val="0001180A"/>
+    <w:rsid w:val="0001635C"/>
+    <w:rsid w:val="00024BDF"/>
+    <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00044308"/>
+    <w:rsid w:val="000473DC"/>
+    <w:rsid w:val="00047A29"/>
+    <w:rsid w:val="0005281D"/>
+    <w:rsid w:val="00054560"/>
+    <w:rsid w:val="00055391"/>
+    <w:rsid w:val="00055EA0"/>
+    <w:rsid w:val="00057149"/>
+    <w:rsid w:val="00065B9B"/>
+    <w:rsid w:val="0007234E"/>
+    <w:rsid w:val="0007336C"/>
+    <w:rsid w:val="000842BF"/>
+    <w:rsid w:val="00085550"/>
+    <w:rsid w:val="00085F43"/>
+    <w:rsid w:val="00090BEE"/>
+    <w:rsid w:val="00097C91"/>
+    <w:rsid w:val="000A2010"/>
+    <w:rsid w:val="000A7D5F"/>
+    <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000C18A7"/>
+    <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000D42B8"/>
+    <w:rsid w:val="000D75B6"/>
+    <w:rsid w:val="000D7E12"/>
+    <w:rsid w:val="000E42D5"/>
+    <w:rsid w:val="000E4CFB"/>
+    <w:rsid w:val="000E588C"/>
+    <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00107931"/>
+    <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00117287"/>
+    <w:rsid w:val="001216CA"/>
+    <w:rsid w:val="00122C56"/>
+    <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001360EE"/>
+    <w:rsid w:val="00142D11"/>
+    <w:rsid w:val="001436E9"/>
+    <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001615CA"/>
+    <w:rsid w:val="001650C0"/>
+    <w:rsid w:val="00170E9A"/>
+    <w:rsid w:val="00176CE7"/>
+    <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="00183FF8"/>
+    <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00193898"/>
+    <w:rsid w:val="00194690"/>
+    <w:rsid w:val="00194744"/>
+    <w:rsid w:val="001A24F6"/>
+    <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A63CF"/>
+    <w:rsid w:val="001B2280"/>
+    <w:rsid w:val="001B6127"/>
+    <w:rsid w:val="001B695E"/>
+    <w:rsid w:val="001B7F01"/>
+    <w:rsid w:val="001C6E63"/>
+    <w:rsid w:val="001D32DA"/>
+    <w:rsid w:val="001D47B9"/>
+    <w:rsid w:val="001E17F9"/>
+    <w:rsid w:val="001F22F5"/>
+    <w:rsid w:val="001F2460"/>
+    <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="00200BD1"/>
+    <w:rsid w:val="00201B90"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204794"/>
+    <w:rsid w:val="002075F7"/>
+    <w:rsid w:val="00210F6E"/>
+    <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00217711"/>
+    <w:rsid w:val="002200D5"/>
+    <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="00231724"/>
+    <w:rsid w:val="00231ED7"/>
+    <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="00243836"/>
+    <w:rsid w:val="00244165"/>
+    <w:rsid w:val="0024625B"/>
+    <w:rsid w:val="00247927"/>
+    <w:rsid w:val="00250563"/>
+    <w:rsid w:val="00250C53"/>
+    <w:rsid w:val="00253201"/>
+    <w:rsid w:val="00254628"/>
+    <w:rsid w:val="00261786"/>
+    <w:rsid w:val="00263268"/>
+    <w:rsid w:val="002647B4"/>
+    <w:rsid w:val="00272A89"/>
+    <w:rsid w:val="00273774"/>
+    <w:rsid w:val="00275389"/>
+    <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00280FE3"/>
+    <w:rsid w:val="0028281D"/>
+    <w:rsid w:val="0028430C"/>
+    <w:rsid w:val="002848B9"/>
+    <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="00290E65"/>
+    <w:rsid w:val="00294615"/>
+    <w:rsid w:val="002A2141"/>
+    <w:rsid w:val="002A4A6C"/>
+    <w:rsid w:val="002A50CA"/>
+    <w:rsid w:val="002A6FF7"/>
+    <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B5FB8"/>
+    <w:rsid w:val="002B65FC"/>
+    <w:rsid w:val="002B689D"/>
+    <w:rsid w:val="002B68B2"/>
+    <w:rsid w:val="002C2698"/>
+    <w:rsid w:val="002C3DE4"/>
+    <w:rsid w:val="002C5543"/>
+    <w:rsid w:val="002D081D"/>
+    <w:rsid w:val="002D5996"/>
+    <w:rsid w:val="002D7E2F"/>
+    <w:rsid w:val="002E65E4"/>
+    <w:rsid w:val="002E7C30"/>
+    <w:rsid w:val="002F37F7"/>
+    <w:rsid w:val="002F3E78"/>
+    <w:rsid w:val="002F4145"/>
+    <w:rsid w:val="002F677E"/>
+    <w:rsid w:val="002F7BE9"/>
+    <w:rsid w:val="003009AA"/>
+    <w:rsid w:val="00301843"/>
+    <w:rsid w:val="00304B28"/>
+    <w:rsid w:val="00305D41"/>
+    <w:rsid w:val="00306541"/>
+    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003221E8"/>
+    <w:rsid w:val="00323CC6"/>
+    <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00335DCB"/>
+    <w:rsid w:val="00344934"/>
+    <w:rsid w:val="00344A1A"/>
+    <w:rsid w:val="0035742D"/>
+    <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="0037198C"/>
+    <w:rsid w:val="00373625"/>
+    <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00375274"/>
+    <w:rsid w:val="00375557"/>
+    <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="00381255"/>
+    <w:rsid w:val="00390F02"/>
+    <w:rsid w:val="003920E0"/>
+    <w:rsid w:val="00393EEA"/>
+    <w:rsid w:val="00396BDB"/>
+    <w:rsid w:val="003A2172"/>
+    <w:rsid w:val="003A5835"/>
+    <w:rsid w:val="003A6132"/>
+    <w:rsid w:val="003B10DA"/>
+    <w:rsid w:val="003B1A8C"/>
+    <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B6A0B"/>
+    <w:rsid w:val="003B722D"/>
+    <w:rsid w:val="003B7991"/>
+    <w:rsid w:val="003C073C"/>
+    <w:rsid w:val="003C16F9"/>
+    <w:rsid w:val="003C21A6"/>
+    <w:rsid w:val="003C286F"/>
+    <w:rsid w:val="003C6B17"/>
+    <w:rsid w:val="003C6CE8"/>
+    <w:rsid w:val="003C740D"/>
+    <w:rsid w:val="003C7547"/>
+    <w:rsid w:val="003D3661"/>
+    <w:rsid w:val="003D4D1F"/>
+    <w:rsid w:val="003D6E6F"/>
+    <w:rsid w:val="003E0D68"/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:rsid w:val="003E27E1"/>
+    <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003F0467"/>
+    <w:rsid w:val="003F0710"/>
+    <w:rsid w:val="003F6A1A"/>
+    <w:rsid w:val="003F793F"/>
+    <w:rsid w:val="00402778"/>
+    <w:rsid w:val="00406219"/>
+    <w:rsid w:val="00406E1A"/>
+    <w:rsid w:val="0040774B"/>
+    <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412E97"/>
+    <w:rsid w:val="00412EE6"/>
+    <w:rsid w:val="00414D8A"/>
+    <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00420B8F"/>
+    <w:rsid w:val="00424A81"/>
+    <w:rsid w:val="004260C3"/>
+    <w:rsid w:val="00430029"/>
+    <w:rsid w:val="0043056F"/>
+    <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00437A2D"/>
+    <w:rsid w:val="00440BF7"/>
+    <w:rsid w:val="00442569"/>
+    <w:rsid w:val="00442570"/>
+    <w:rsid w:val="00444289"/>
+    <w:rsid w:val="00444E34"/>
+    <w:rsid w:val="00445B92"/>
+    <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rsid w:val="0046481C"/>
+    <w:rsid w:val="00470938"/>
+    <w:rsid w:val="00470A6E"/>
+    <w:rsid w:val="00471144"/>
+    <w:rsid w:val="00472EBA"/>
+    <w:rsid w:val="0047363C"/>
+    <w:rsid w:val="00474517"/>
+    <w:rsid w:val="0048067D"/>
+    <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00491B89"/>
+    <w:rsid w:val="00494FDD"/>
+    <w:rsid w:val="004A01E9"/>
+    <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B289B"/>
+    <w:rsid w:val="004B772A"/>
+    <w:rsid w:val="004C087F"/>
+    <w:rsid w:val="004C0AB4"/>
+    <w:rsid w:val="004C1F73"/>
+    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D120D"/>
+    <w:rsid w:val="004D7E10"/>
+    <w:rsid w:val="004E0CB3"/>
+    <w:rsid w:val="004E116A"/>
+    <w:rsid w:val="004E1DA3"/>
+    <w:rsid w:val="004F115C"/>
+    <w:rsid w:val="004F2A50"/>
+    <w:rsid w:val="004F3AA7"/>
+    <w:rsid w:val="004F5BBF"/>
+    <w:rsid w:val="005116C4"/>
+    <w:rsid w:val="005135A5"/>
+    <w:rsid w:val="00517B75"/>
+    <w:rsid w:val="00520636"/>
+    <w:rsid w:val="0052206B"/>
+    <w:rsid w:val="00523AD9"/>
+    <w:rsid w:val="0052544D"/>
+    <w:rsid w:val="00527372"/>
+    <w:rsid w:val="00527961"/>
+    <w:rsid w:val="00530F67"/>
+    <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="005357A3"/>
+    <w:rsid w:val="00552FDD"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:rsid w:val="005621FC"/>
+    <w:rsid w:val="00566BA8"/>
+    <w:rsid w:val="00570619"/>
+    <w:rsid w:val="0057164C"/>
+    <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="00577E4B"/>
+    <w:rsid w:val="00582E6E"/>
+    <w:rsid w:val="00584212"/>
+    <w:rsid w:val="0058750D"/>
+    <w:rsid w:val="00591889"/>
+    <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="0059502E"/>
+    <w:rsid w:val="005A1889"/>
+    <w:rsid w:val="005A46ED"/>
+    <w:rsid w:val="005B317E"/>
+    <w:rsid w:val="005C050E"/>
+    <w:rsid w:val="005C11CA"/>
+    <w:rsid w:val="005C264A"/>
+    <w:rsid w:val="005C2C35"/>
+    <w:rsid w:val="005C3950"/>
+    <w:rsid w:val="005C51B0"/>
+    <w:rsid w:val="005C6D30"/>
+    <w:rsid w:val="005C798F"/>
+    <w:rsid w:val="005D01BB"/>
+    <w:rsid w:val="005D3884"/>
+    <w:rsid w:val="005D7C3A"/>
+    <w:rsid w:val="005E1449"/>
+    <w:rsid w:val="005E3F53"/>
+    <w:rsid w:val="005E42E7"/>
+    <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F1150"/>
+    <w:rsid w:val="005F1273"/>
+    <w:rsid w:val="005F2715"/>
+    <w:rsid w:val="005F3B49"/>
+    <w:rsid w:val="005F64A7"/>
+    <w:rsid w:val="005F6C95"/>
+    <w:rsid w:val="00602344"/>
+    <w:rsid w:val="00602932"/>
+    <w:rsid w:val="00604AF0"/>
+    <w:rsid w:val="00610B31"/>
+    <w:rsid w:val="006176A1"/>
+    <w:rsid w:val="0062378C"/>
+    <w:rsid w:val="006260BF"/>
+    <w:rsid w:val="00630365"/>
+    <w:rsid w:val="006326A3"/>
+    <w:rsid w:val="00633DE2"/>
+    <w:rsid w:val="00640A06"/>
+    <w:rsid w:val="00646868"/>
+    <w:rsid w:val="0065083C"/>
+    <w:rsid w:val="006556C1"/>
+    <w:rsid w:val="006561FF"/>
+    <w:rsid w:val="00661FAB"/>
+    <w:rsid w:val="00664EEC"/>
+    <w:rsid w:val="00665F60"/>
+    <w:rsid w:val="006718DC"/>
+    <w:rsid w:val="00675A19"/>
+    <w:rsid w:val="006768E8"/>
+    <w:rsid w:val="00676D6D"/>
+    <w:rsid w:val="00682985"/>
+    <w:rsid w:val="006905EA"/>
+    <w:rsid w:val="0069544F"/>
+    <w:rsid w:val="00695869"/>
+    <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="006A0389"/>
+    <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A3925"/>
+    <w:rsid w:val="006A7742"/>
+    <w:rsid w:val="006C1E26"/>
+    <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006D352A"/>
+    <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2D5A"/>
+    <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6C6C"/>
+    <w:rsid w:val="006F378C"/>
+    <w:rsid w:val="006F37CD"/>
+    <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="00713E68"/>
+    <w:rsid w:val="00715E75"/>
+    <w:rsid w:val="00731F02"/>
+    <w:rsid w:val="00732666"/>
+    <w:rsid w:val="00736DAD"/>
+    <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="00741FDC"/>
+    <w:rsid w:val="007432E2"/>
+    <w:rsid w:val="007444BC"/>
+    <w:rsid w:val="00744D59"/>
+    <w:rsid w:val="007467B4"/>
+    <w:rsid w:val="007522F8"/>
+    <w:rsid w:val="00752D7E"/>
+    <w:rsid w:val="007540C6"/>
+    <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007612FA"/>
+    <w:rsid w:val="00771CBE"/>
+    <w:rsid w:val="0077286E"/>
+    <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007827E9"/>
+    <w:rsid w:val="007844FC"/>
+    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007A2085"/>
+    <w:rsid w:val="007A339B"/>
+    <w:rsid w:val="007A3FA2"/>
+    <w:rsid w:val="007A5711"/>
+    <w:rsid w:val="007B3459"/>
+    <w:rsid w:val="007C3AFB"/>
+    <w:rsid w:val="007D5A26"/>
+    <w:rsid w:val="007E07E6"/>
+    <w:rsid w:val="007E20FE"/>
+    <w:rsid w:val="007E3D0C"/>
+    <w:rsid w:val="007F3DBC"/>
+    <w:rsid w:val="00800002"/>
+    <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="0081008A"/>
+    <w:rsid w:val="00821210"/>
+    <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00837CF1"/>
+    <w:rsid w:val="00840259"/>
+    <w:rsid w:val="00844A40"/>
+    <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00861BC7"/>
+    <w:rsid w:val="0086261D"/>
+    <w:rsid w:val="00863F2F"/>
+    <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00876656"/>
+    <w:rsid w:val="0088118E"/>
+    <w:rsid w:val="00881994"/>
+    <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884A28"/>
+    <w:rsid w:val="00886E3A"/>
+    <w:rsid w:val="0089147B"/>
+    <w:rsid w:val="00891D42"/>
+    <w:rsid w:val="008968DC"/>
+    <w:rsid w:val="008A16AC"/>
+    <w:rsid w:val="008A2C7C"/>
+    <w:rsid w:val="008A33E1"/>
+    <w:rsid w:val="008A35DF"/>
+    <w:rsid w:val="008A3E8F"/>
+    <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B3237"/>
+    <w:rsid w:val="008B6380"/>
+    <w:rsid w:val="008B6CF2"/>
+    <w:rsid w:val="008C0E1A"/>
+    <w:rsid w:val="008C14C4"/>
+    <w:rsid w:val="008C155B"/>
+    <w:rsid w:val="008C2523"/>
+    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D5DD4"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:rsid w:val="008E2502"/>
+    <w:rsid w:val="008E2539"/>
+    <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008F0FD6"/>
+    <w:rsid w:val="008F1837"/>
+    <w:rsid w:val="008F25A6"/>
+    <w:rsid w:val="008F2B8E"/>
+    <w:rsid w:val="008F5280"/>
+    <w:rsid w:val="00902819"/>
+    <w:rsid w:val="0090293E"/>
+    <w:rsid w:val="00912432"/>
+    <w:rsid w:val="009217D4"/>
+    <w:rsid w:val="00922249"/>
+    <w:rsid w:val="00923618"/>
+    <w:rsid w:val="00924EAA"/>
+    <w:rsid w:val="00927984"/>
+    <w:rsid w:val="00932150"/>
+    <w:rsid w:val="00933282"/>
+    <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00954670"/>
+    <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00961F9A"/>
+    <w:rsid w:val="009665C6"/>
+    <w:rsid w:val="00967BC8"/>
+    <w:rsid w:val="00977DC7"/>
+    <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="0098399D"/>
+    <w:rsid w:val="00983D2D"/>
+    <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00996AA2"/>
+    <w:rsid w:val="009974AD"/>
+    <w:rsid w:val="009A254D"/>
+    <w:rsid w:val="009A7000"/>
+    <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B4730"/>
+    <w:rsid w:val="009B58A3"/>
+    <w:rsid w:val="009C2DEB"/>
+    <w:rsid w:val="009C5EFE"/>
+    <w:rsid w:val="009D0772"/>
+    <w:rsid w:val="009D184B"/>
+    <w:rsid w:val="009D6996"/>
+    <w:rsid w:val="009D7C3F"/>
+    <w:rsid w:val="009E1D6B"/>
+    <w:rsid w:val="009E3B07"/>
+    <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F11CC"/>
+    <w:rsid w:val="009F3237"/>
+    <w:rsid w:val="009F3B01"/>
+    <w:rsid w:val="009F528F"/>
+    <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A03802"/>
+    <w:rsid w:val="00A053FC"/>
+    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A1198D"/>
+    <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A24390"/>
+    <w:rsid w:val="00A3160D"/>
+    <w:rsid w:val="00A32D0C"/>
+    <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A34082"/>
+    <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40E8A"/>
+    <w:rsid w:val="00A4619D"/>
+    <w:rsid w:val="00A46ACF"/>
+    <w:rsid w:val="00A4714E"/>
+    <w:rsid w:val="00A477C4"/>
+    <w:rsid w:val="00A50463"/>
+    <w:rsid w:val="00A51052"/>
+    <w:rsid w:val="00A555E8"/>
+    <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A628B8"/>
+    <w:rsid w:val="00A70E7A"/>
+    <w:rsid w:val="00A71A5A"/>
+    <w:rsid w:val="00A71D18"/>
+    <w:rsid w:val="00A76515"/>
+    <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A8311E"/>
+    <w:rsid w:val="00A90563"/>
+    <w:rsid w:val="00A949A2"/>
+    <w:rsid w:val="00AA107F"/>
+    <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC2031"/>
+    <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rsid w:val="00AD011D"/>
+    <w:rsid w:val="00AD2280"/>
+    <w:rsid w:val="00AD4252"/>
+    <w:rsid w:val="00AD52EF"/>
+    <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AE4097"/>
+    <w:rsid w:val="00AE4288"/>
+    <w:rsid w:val="00AE7F11"/>
+    <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B01C75"/>
+    <w:rsid w:val="00B02706"/>
+    <w:rsid w:val="00B14AED"/>
+    <w:rsid w:val="00B1578A"/>
+    <w:rsid w:val="00B163FC"/>
+    <w:rsid w:val="00B22BF1"/>
+    <w:rsid w:val="00B23414"/>
+    <w:rsid w:val="00B2533F"/>
+    <w:rsid w:val="00B2612E"/>
+    <w:rsid w:val="00B261A2"/>
+    <w:rsid w:val="00B304F9"/>
+    <w:rsid w:val="00B3089F"/>
+    <w:rsid w:val="00B32943"/>
+    <w:rsid w:val="00B343E1"/>
+    <w:rsid w:val="00B365AE"/>
+    <w:rsid w:val="00B4007E"/>
+    <w:rsid w:val="00B41896"/>
+    <w:rsid w:val="00B46010"/>
+    <w:rsid w:val="00B47336"/>
+    <w:rsid w:val="00B552A1"/>
+    <w:rsid w:val="00B57A82"/>
+    <w:rsid w:val="00B6112C"/>
+    <w:rsid w:val="00B73D07"/>
+    <w:rsid w:val="00B820C6"/>
+    <w:rsid w:val="00B86124"/>
+    <w:rsid w:val="00B940DA"/>
+    <w:rsid w:val="00B9715B"/>
+    <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB6532"/>
+    <w:rsid w:val="00BC0FA0"/>
+    <w:rsid w:val="00BD00E0"/>
+    <w:rsid w:val="00BD1E4A"/>
+    <w:rsid w:val="00BD2BA7"/>
+    <w:rsid w:val="00BD3A11"/>
+    <w:rsid w:val="00BD4143"/>
+    <w:rsid w:val="00BE0EE5"/>
+    <w:rsid w:val="00BE40D3"/>
+    <w:rsid w:val="00BE4202"/>
+    <w:rsid w:val="00BE6061"/>
+    <w:rsid w:val="00BE6D49"/>
+    <w:rsid w:val="00BF329F"/>
+    <w:rsid w:val="00BF4C3B"/>
+    <w:rsid w:val="00BF77B4"/>
+    <w:rsid w:val="00C02A78"/>
+    <w:rsid w:val="00C04805"/>
+    <w:rsid w:val="00C204AD"/>
+    <w:rsid w:val="00C256D4"/>
+    <w:rsid w:val="00C26849"/>
+    <w:rsid w:val="00C27AB3"/>
+    <w:rsid w:val="00C3590E"/>
+    <w:rsid w:val="00C35D2C"/>
+    <w:rsid w:val="00C424F6"/>
+    <w:rsid w:val="00C44EA1"/>
+    <w:rsid w:val="00C47811"/>
+    <w:rsid w:val="00C478E1"/>
+    <w:rsid w:val="00C56FDD"/>
+    <w:rsid w:val="00C64183"/>
+    <w:rsid w:val="00C64617"/>
+    <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C71C71"/>
+    <w:rsid w:val="00C73CB1"/>
+    <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C90F57"/>
+    <w:rsid w:val="00C956AD"/>
+    <w:rsid w:val="00CA1596"/>
+    <w:rsid w:val="00CB452E"/>
+    <w:rsid w:val="00CB6B4F"/>
+    <w:rsid w:val="00CB7B0D"/>
+    <w:rsid w:val="00CC2541"/>
+    <w:rsid w:val="00CD2B90"/>
+    <w:rsid w:val="00CF598D"/>
+    <w:rsid w:val="00CF6669"/>
+    <w:rsid w:val="00CF6937"/>
+    <w:rsid w:val="00CF6BC6"/>
+    <w:rsid w:val="00D06E89"/>
+    <w:rsid w:val="00D14EC4"/>
+    <w:rsid w:val="00D16A59"/>
+    <w:rsid w:val="00D21928"/>
+    <w:rsid w:val="00D22F23"/>
+    <w:rsid w:val="00D3023D"/>
+    <w:rsid w:val="00D31BFC"/>
+    <w:rsid w:val="00D32E8B"/>
+    <w:rsid w:val="00D34FF7"/>
+    <w:rsid w:val="00D3648B"/>
+    <w:rsid w:val="00D410EB"/>
+    <w:rsid w:val="00D414CB"/>
+    <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D478D0"/>
+    <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54740"/>
+    <w:rsid w:val="00D60CA1"/>
+    <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D8716B"/>
+    <w:rsid w:val="00D91558"/>
+    <w:rsid w:val="00D974D0"/>
+    <w:rsid w:val="00DA1DDF"/>
+    <w:rsid w:val="00DA2C9B"/>
+    <w:rsid w:val="00DA2D05"/>
+    <w:rsid w:val="00DA4F44"/>
+    <w:rsid w:val="00DB4D4B"/>
+    <w:rsid w:val="00DB5C62"/>
+    <w:rsid w:val="00DB69D5"/>
+    <w:rsid w:val="00DB73BF"/>
+    <w:rsid w:val="00DC10A3"/>
+    <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC545C"/>
+    <w:rsid w:val="00DC78A3"/>
+    <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD7F5E"/>
+    <w:rsid w:val="00DE4B0E"/>
+    <w:rsid w:val="00DF2BA9"/>
+    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF7C53"/>
+    <w:rsid w:val="00E00904"/>
+    <w:rsid w:val="00E02EAC"/>
+    <w:rsid w:val="00E06644"/>
+    <w:rsid w:val="00E112B0"/>
+    <w:rsid w:val="00E128AD"/>
+    <w:rsid w:val="00E16050"/>
+    <w:rsid w:val="00E16127"/>
+    <w:rsid w:val="00E20179"/>
+    <w:rsid w:val="00E221C6"/>
+    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E333F9"/>
+    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E43073"/>
+    <w:rsid w:val="00E43AF2"/>
+    <w:rsid w:val="00E50152"/>
+    <w:rsid w:val="00E50C66"/>
+    <w:rsid w:val="00E51F29"/>
+    <w:rsid w:val="00E537BC"/>
+    <w:rsid w:val="00E54AD2"/>
+    <w:rsid w:val="00E55C49"/>
+    <w:rsid w:val="00E5742B"/>
+    <w:rsid w:val="00E57671"/>
+    <w:rsid w:val="00E64EE3"/>
+    <w:rsid w:val="00E650B6"/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rsid w:val="00E71B62"/>
+    <w:rsid w:val="00E73552"/>
+    <w:rsid w:val="00E74948"/>
+    <w:rsid w:val="00E74C95"/>
+    <w:rsid w:val="00E77FFD"/>
+    <w:rsid w:val="00E83360"/>
+    <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EA7661"/>
+    <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB3A68"/>
+    <w:rsid w:val="00EB3D30"/>
+    <w:rsid w:val="00EB44A6"/>
+    <w:rsid w:val="00EB6C2D"/>
+    <w:rsid w:val="00EB7C4D"/>
+    <w:rsid w:val="00EC4243"/>
+    <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00ED17B4"/>
+    <w:rsid w:val="00ED3B15"/>
+    <w:rsid w:val="00ED521E"/>
+    <w:rsid w:val="00EE68A3"/>
+    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF2BA0"/>
+    <w:rsid w:val="00EF5AEE"/>
+    <w:rsid w:val="00F02467"/>
+    <w:rsid w:val="00F02FA4"/>
+    <w:rsid w:val="00F034B9"/>
+    <w:rsid w:val="00F03DC3"/>
+    <w:rsid w:val="00F16017"/>
+    <w:rsid w:val="00F17FB1"/>
+    <w:rsid w:val="00F23564"/>
+    <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F275A4"/>
+    <w:rsid w:val="00F313C7"/>
+    <w:rsid w:val="00F36FB3"/>
+    <w:rsid w:val="00F410E4"/>
+    <w:rsid w:val="00F41301"/>
+    <w:rsid w:val="00F42855"/>
+    <w:rsid w:val="00F47591"/>
+    <w:rsid w:val="00F4763A"/>
+    <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F63B83"/>
+    <w:rsid w:val="00F64577"/>
+    <w:rsid w:val="00F655DE"/>
+    <w:rsid w:val="00F7191E"/>
+    <w:rsid w:val="00F72CF7"/>
+    <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82B68"/>
+    <w:rsid w:val="00F8329A"/>
+    <w:rsid w:val="00FA3BCC"/>
+    <w:rsid w:val="00FA78E4"/>
+    <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC5F6A"/>
+    <w:rsid w:val="00FC6E8F"/>
+    <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FE0D9F"/>
+    <w:rsid w:val="00FE1190"/>
+    <w:rsid w:val="00FF12C4"/>
+    <w:rsid w:val="00FF231B"/>
+    <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF4B7F"/>
+    <w:rsid w:val="00FF50F4"/>
+    <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7D683147"/>
-  <w15:docId w15:val="{545F73DB-C633-48C2-9FE5-F6DB1C45A5B4}"/>
+  <w14:docId w14:val="6A69382F"/>
+  <w15:docId w15:val="{3295768E-73CF-4F64-BA1E-94880E45D7BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8338,137 +14920,322 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F26A6"/>
+    <w:rsid w:val="00F410E4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C46D14"/>
+    <w:rsid w:val="00456CEA"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00C46D14"/>
+    <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Неразрешенное упоминание2"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F82B68"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AD4252"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D414CB"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="2047562338">
+    <w:div w:id="335617763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="812257168">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="926764377">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1190070608">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1199471041">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1960646416">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8710,70 +15477,88 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE1E44A-8063-4ECD-B522-D5AA7D0F3D28}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1873</Words>
-  <Characters>10679</Characters>
+  <Words>1879</Words>
+  <Characters>10713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
+  <Lines>89</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12527</CharactersWithSpaces>
+  <CharactersWithSpaces>12567</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>user</dc:creator>
+  <dc:title/>
+  <dc:creator>Yandex.Translate</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>